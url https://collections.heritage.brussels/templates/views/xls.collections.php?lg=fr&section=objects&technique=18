--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -331,159 +331,159 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>tilleul</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>laque, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>98839</v>
+        <v>102873</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paravent</t>
+          <t>Dressoir</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>paravent</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, laque</t>
+          <t>technique de sculpture, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>102870</v>
+        <v>98839</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Commode à vantaux</t>
+          <t>Paravent</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>commode</t>
+          <t>paravent</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>laque, technique de sculpture</t>
+          <t>technique d'assemblage, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>102872</v>
+        <v>102870</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Dressoir</t>
+          <t>Commode à vantaux</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>commode</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, laque</t>
+          <t>laque, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>102873</v>
+        <v>102872</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Dressoir</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>buffet</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>