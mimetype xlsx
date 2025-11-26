--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -179,660 +179,660 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>63706</v>
+        <v>71117</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tentures à motif vert/beige</t>
+          <t>Marionnette de Toone : Woltje </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...11 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tenture</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>coton, laiton</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>peint, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>63707</v>
+        <v>63701</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur avec finition brodée</t>
+          <t>Store enrouleur</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
-      <c r="D3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>rideau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, bois, laiton</t>
+          <t>lin, bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>63708</v>
+        <v>63702</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Nappe</t>
+          <t>Store enrouleur</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>nappe</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>lin, bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63709</v>
+        <v>63705</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Tenture velours vert</t>
+          <t>Tentures verts sombres à motif jaune</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tenture</t>
         </is>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>coton, laiton</t>
+        </is>
+      </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>63756</v>
+        <v>63706</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur</t>
+          <t>Tentures à motif vert/beige</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>tenture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>lin, bois, laiton</t>
+          <t>coton, laiton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63757</v>
+        <v>63707</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur</t>
+          <t>Store enrouleur avec finition brodée</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>rideau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>lin, bois, laiton</t>
+          <t>lin, coton, bois, laiton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>63758</v>
+        <v>63708</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Rideaux à motifs floraux </t>
+          <t>Nappe</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>nappe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton, laiton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>63761</v>
+        <v>63709</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Rideaux Seasons by May</t>
+          <t>Tenture velours vert</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Architextile,</t>
+          <t>Percaline,</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t> - 2019</t>
+          <t> - 2004</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>tenture</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>63762</v>
+        <v>63756</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Rideaux coton et velours</t>
+          <t>Store enrouleur</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Percaline,  / Architextile,</t>
+          <t>Percaline,</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>rideau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, bois, laiton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>63765</v>
+        <v>63757</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Tentures en lin (jaunes)</t>
+          <t>Store enrouleur</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tenture</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>lin, bois, laiton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63768</v>
+        <v>63758</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Voilage brodé orné de motifs floraux </t>
+          <t>Rideaux à motifs floraux </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>rideau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, laiton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63932</v>
+        <v>63761</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil club enfant</t>
+          <t>Rideaux Seasons by May</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Architextile,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t> - 2019</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
-[...6 lines deleted...]
-      </c>
+          <t>rideau</t>
+        </is>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>71117</v>
+        <v>63762</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Marionnette de Toone : Woltje </t>
+          <t>Rideaux coton et velours</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...3 lines deleted...]
-      <c r="E14" s="2"/>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Percaline,  / Architextile,</t>
+        </is>
+      </c>
+      <c r="E14" s="2" t="inlineStr">
+        <is>
+          <t> - 2004</t>
+        </is>
+      </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>peint, couture</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>63701</v>
+        <v>63765</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur</t>
+          <t>Tentures en lin (jaunes)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Percaline,</t>
+        </is>
+      </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>tenture</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>lin, bois</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63702</v>
+        <v>63768</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur</t>
+          <t>Voilage brodé orné de motifs floraux </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Percaline,</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t> - 2004</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>rideau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>lin, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>63705</v>
+        <v>63932</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tentures verts sombres à motif jaune</t>
+          <t>Fauteuil club enfant</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Percaline,</t>
+          <t>Architextile,</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t> - 2004</t>
+          <t> - 2019</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>tenture</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton, laiton</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>11857</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Manneken Pis habillé en Woltje</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Du Quesnoy, Jérôme I</t>
@@ -1091,3773 +1091,3773 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1848 - 1849</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11705</v>
+        <v>11795</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11706</v>
+        <v>11796</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11708</v>
+        <v>11797</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Hérode</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11675</v>
+        <v>11758</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11676</v>
+        <v>11798</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>carton, feutre, métal, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11677</v>
+        <v>11799</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11715</v>
+        <v>11800</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11716</v>
+        <v>11801</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Pietje la Mort</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11683</v>
+        <v>11802</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Marie</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11722</v>
+        <v>11729</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Jan Breydel</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11723</v>
+        <v>11730</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Athos</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11724</v>
+        <v>11731</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Porthos</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11725</v>
+        <v>11732</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Aramis</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11726</v>
+        <v>11733</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>d'Artagnan</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11727</v>
+        <v>11734</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Jeune bourgeoise</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11728</v>
+        <v>11735</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>43069</v>
+        <v>11736</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D42" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>43070</v>
+        <v>11737</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D43" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>43072</v>
+        <v>11784</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D44" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G44" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>43073</v>
+        <v>11745</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D45" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>43074</v>
+        <v>11785</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D46" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G46" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, papier mâché, bois</t>
+        </is>
+      </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>43075</v>
+        <v>11746</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D47" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>43076</v>
+        <v>11786</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D48" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>43077</v>
+        <v>11747</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>43078</v>
+        <v>11787</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D50" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>43079</v>
+        <v>11748</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D51" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11840</v>
+        <v>11788</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11803</v>
+        <v>11790</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11841</v>
+        <v>11752</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11804</v>
+        <v>11793</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11842</v>
+        <v>11754</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11805</v>
+        <v>11755</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11843</v>
+        <v>11722</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Jan Breydel</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11806</v>
+        <v>11723</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11807</v>
+        <v>11724</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11808</v>
+        <v>11725</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11809</v>
+        <v>11726</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11810</v>
+        <v>11727</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Jeune bourgeoise</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11811</v>
+        <v>11728</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11812</v>
+        <v>11705</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11813</v>
+        <v>11706</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11814</v>
+        <v>11708</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Hérode</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11815</v>
+        <v>11675</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton-pierre, métal, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11816</v>
+        <v>11676</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, feutre, métal, bois</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11817</v>
+        <v>11677</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11818</v>
+        <v>11715</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11819</v>
+        <v>11716</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Pietje la Mort</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11820</v>
+        <v>11683</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Marie</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11821</v>
+        <v>11815</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11822</v>
+        <v>11816</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11823</v>
+        <v>11817</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois, peinture, carton-pierre</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11824</v>
+        <v>11818</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11825</v>
+        <v>11819</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11826</v>
+        <v>11820</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11827</v>
+        <v>11821</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11828</v>
+        <v>11822</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11829</v>
+        <v>11823</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11797</v>
+        <v>11824</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11758</v>
+        <v>11825</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11798</v>
+        <v>11826</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11799</v>
+        <v>11827</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11800</v>
+        <v>11828</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11801</v>
+        <v>11829</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>11802</v>
+        <v>11840</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11729</v>
+        <v>11803</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11730</v>
+        <v>11841</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Athos</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>11731</v>
+        <v>11804</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Porthos</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>11732</v>
+        <v>11842</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Aramis</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11733</v>
+        <v>11805</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>d'Artagnan</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11734</v>
+        <v>11843</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11735</v>
+        <v>11806</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11736</v>
+        <v>11807</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11737</v>
+        <v>11808</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11784</v>
+        <v>11809</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Chevalier</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>11745</v>
+        <v>11810</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>11785</v>
+        <v>11811</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>11746</v>
+        <v>11812</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>11786</v>
+        <v>11813</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>11747</v>
+        <v>11814</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>11787</v>
+        <v>43072</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G105" s="2"/>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>11748</v>
+        <v>43073</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>11788</v>
+        <v>43074</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G107" s="2"/>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>11790</v>
+        <v>43075</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>11752</v>
+        <v>43076</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>11793</v>
+        <v>43077</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>11754</v>
+        <v>43078</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>11755</v>
+        <v>43079</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>11795</v>
+        <v>43069</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>11796</v>
+        <v>43070</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>93375</v>
+        <v>93376</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée conception</t>
+          <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>93376</v>
+        <v>107612</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus Sauveur</t>
+          <t>Ceinture de retenue</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>matériel médical</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>technique du cuir, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>107612</v>
+        <v>76972</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Ceinture de retenue</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>matériel médical</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, couture</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>76972</v>
+        <v>76973</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>76973</v>
+        <v>93374</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>93374</v>
+        <v>93375</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>Vierge de l’Immaculée conception</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
         <v>11783</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Aurore de Caylus</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1859 - 1927</t>
@@ -4939,1465 +4939,1465 @@
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>66245</v>
+        <v>11763</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>66246</v>
+        <v>11764</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D125" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>43047</v>
+        <v>11765</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D126" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G126" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G126" s="2" t="inlineStr">
+        <is>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>43048</v>
+        <v>11766</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D127" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G127" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G127" s="2" t="inlineStr">
+        <is>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>43049</v>
+        <v>11767</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D128" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G128" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>43050</v>
+        <v>11768</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G129" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>43051</v>
+        <v>11769</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D130" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G130" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G130" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11763</v>
+        <v>11770</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11764</v>
+        <v>11771</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11765</v>
+        <v>11772</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11766</v>
+        <v>11773</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11767</v>
+        <v>11774</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>11768</v>
+        <v>11775</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>11769</v>
+        <v>11777</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>11770</v>
+        <v>11778</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Le Régent</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>11771</v>
+        <v>11779</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>11772</v>
+        <v>11740</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>11773</v>
+        <v>11780</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>11774</v>
+        <v>11741</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>11775</v>
+        <v>11781</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>11777</v>
+        <v>11742</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Dame (figurante)</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>11778</v>
+        <v>11743</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Le Régent</t>
+          <t>Homme à la cape</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>11779</v>
+        <v>11789</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>11740</v>
+        <v>11791</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Madame Leivenbach</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>11780</v>
+        <v>11792</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>11741</v>
+        <v>43047</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G149" s="2"/>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>11781</v>
+        <v>43048</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G150" s="2"/>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>11742</v>
+        <v>43049</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Dame (figurante)</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G151" s="2"/>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>11743</v>
+        <v>43050</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Homme à la cape</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G152" s="2"/>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>11789</v>
+        <v>43051</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>11791</v>
+        <v>66245</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>11792</v>
+        <v>66246</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>11883</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>perle</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>43065</v>
+        <v>73125</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>Marionnette de Toone : Duc de Buckingham</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1925</t>
+          <t>1890 - 1931</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal</t>
+          <t>cheveux, verre, carton, bois, peinture, fer, cuir</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
+          <t>collé, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>66247</v>
+        <v>86765</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Képi de la police de Saint-Gilles</t>
+          <t>cadre-reliquaire</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, matière plastique, métal</t>
+          <t>bois, verre, papier, encre, os</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, couture</t>
+          <t>technique d'assemblage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>73125</v>
+        <v>43065</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Marionnette de Toone : Duc de Buckingham</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1931</t>
+          <t>1890 - 1925</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>cheveux, verre, carton, bois, peinture, fer, cuir</t>
+          <t>soie, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>collé, couture, peint</t>
+          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>86765</v>
+        <v>66247</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>cadre-reliquaire</t>
+          <t>Képi de la police de Saint-Gilles</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D160" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, papier, encre, os</t>
+          <t>fil de métal, matière plastique, métal</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, broderie</t>
+          <t>passementerie, broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
         <v>93377</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
           <t>Agneau vexillifère</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
@@ -6471,585 +6471,585 @@
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>11413</v>
+        <v>95650</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>11414</v>
+        <v>95651</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - 1921</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>11415</v>
+        <v>11413</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>11416</v>
+        <v>11414</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>11423</v>
+        <v>11415</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>11424</v>
+        <v>11416</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>11425</v>
+        <v>11423</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>banc </t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>11433</v>
+        <v>11424</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>banc </t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, doré</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>95650</v>
+        <v>11425</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...2 lines deleted...]
-      <c r="D172" s="2"/>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D172" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>95651</v>
+        <v>11433</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1921</t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>couture, tissage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>43082</v>
+        <v>11750</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Woltje met zyn chik (Woltje à la chique) / Woltje de Toone IV</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D174" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D174" s="2" t="inlineStr">
+        <is>
+          <t>Toone IV, (Jeanke Hembauf)  / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1935</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>11750</v>
+        <v>43082</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Woltje met zyn chik (Woltje à la chique) / Woltje de Toone IV</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1935</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>43061</v>
+        <v>43059</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>43062</v>
+        <v>43060</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
         <v>43080</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
@@ -7083,117 +7083,117 @@
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>43059</v>
+        <v>43061</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>43060</v>
+        <v>43062</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
         <v>66139</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
           <t>Drapeau des supporters du club de football de l'Union saint-gilloise</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
@@ -7451,10321 +7451,10333 @@
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>11310</v>
+        <v>79858</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 chaises traîneau</t>
+          <t>Fauteuil</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>11311</v>
+        <v>79859</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Chaise</t>
+          <t>Fauteuil du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>bois, crin</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>11312</v>
+        <v>79860</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Canapé "cosy-corner"</t>
+          <t>Paire de fauteuils</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>canapé, divan</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>11307</v>
+        <v>79862</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Bergère Schwob</t>
+          <t>Chaise</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>11308</v>
+        <v>79863</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Bergère Schwob</t>
+          <t>Paire de chaises</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, velours</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>11309</v>
+        <v>79865</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil "Bien-aimé"</t>
+          <t>Paire de repose-pieds</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>repose-pied</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>79858</v>
+        <v>11307</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil</t>
+          <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>79859</v>
+        <v>11308</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil du bureau de David Van Buuren</t>
+          <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>79860</v>
+        <v>11309</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Paire de fauteuils</t>
+          <t>Fauteuil "Bien-aimé"</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, métal</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>79862</v>
+        <v>11310</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Chaise</t>
+          <t>Ensemble de 5 chaises traîneau</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>79863</v>
+        <v>11311</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Paire de chaises</t>
+          <t>Chaise</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, crin</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>79865</v>
+        <v>11312</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Paire de repose-pieds</t>
+          <t>Canapé "cosy-corner"</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>repose-pied</t>
+          <t>canapé, divan</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
         <v>11776</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
           <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,  / Wolfers, Marcel</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1929 - 1938</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois, peinture, papier mâché, papier mâché</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>69963</v>
+        <v>70083</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>69888</v>
+        <v>70084</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, encre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>70038</v>
+        <v>70085</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>69929</v>
+        <v>70086</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>69964</v>
+        <v>70087</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>69889</v>
+        <v>70127</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>70039</v>
+        <v>70059</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>69930</v>
+        <v>70060</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>69965</v>
+        <v>70129</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>69890</v>
+        <v>70061</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>70040</v>
+        <v>70062</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>69931</v>
+        <v>70063</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>69966</v>
+        <v>70064</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, laine, métal</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>69891</v>
+        <v>70065</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>70041</v>
+        <v>70066</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>69932</v>
+        <v>70067</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>69967</v>
+        <v>70068</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>69892</v>
+        <v>70069</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>70042</v>
+        <v>70070</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>69933</v>
+        <v>70071</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>69968</v>
+        <v>70072</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>69893</v>
+        <v>70073</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>70043</v>
+        <v>70074</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>69934</v>
+        <v>70075</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>69969</v>
+        <v>70076</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>69894</v>
+        <v>70077</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>70044</v>
+        <v>70078</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>69935</v>
+        <v>70079</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>69970</v>
+        <v>70080</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>69895</v>
+        <v>70081</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>70045</v>
+        <v>70082</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>69936</v>
+        <v>69914</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>laine, métal</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>69971</v>
+        <v>69915</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>69896</v>
+        <v>69875</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>70046</v>
+        <v>69916</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>69937</v>
+        <v>69876</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>69972</v>
+        <v>69917</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>69897</v>
+        <v>69877</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>70047</v>
+        <v>69918</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>69938</v>
+        <v>69878</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>69973</v>
+        <v>69919</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>69898</v>
+        <v>69879</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>70048</v>
+        <v>69920</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>69939</v>
+        <v>69880</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>69974</v>
+        <v>69921</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>69899</v>
+        <v>69881</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>70049</v>
+        <v>69922</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>69940</v>
+        <v>69882</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>69900</v>
+        <v>69923</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, carton, bois</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>70050</v>
+        <v>69883</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>69941</v>
+        <v>69924</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>69901</v>
+        <v>69884</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, brocart</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>70051</v>
+        <v>69925</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>69942</v>
+        <v>69885</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>69902</v>
+        <v>69926</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>70052</v>
+        <v>69886</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>69943</v>
+        <v>69927</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>69903</v>
+        <v>69887</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>70053</v>
+        <v>69928</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>69944</v>
+        <v>69888</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>69904</v>
+        <v>69929</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>70054</v>
+        <v>69889</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>69945</v>
+        <v>69930</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>69905</v>
+        <v>69890</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>70055</v>
+        <v>69931</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>69946</v>
+        <v>69891</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>70019</v>
+        <v>69932</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>69906</v>
+        <v>69892</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>70056</v>
+        <v>69933</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>69947</v>
+        <v>69893</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>70020</v>
+        <v>69934</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>69907</v>
+        <v>69894</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>70057</v>
+        <v>69935</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>69948</v>
+        <v>69895</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>70021</v>
+        <v>69936</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>69912</v>
+        <v>69896</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>70058</v>
+        <v>69937</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>69949</v>
+        <v>69897</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>70022</v>
+        <v>69938</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>69913</v>
+        <v>69898</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>70023</v>
+        <v>69939</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>69914</v>
+        <v>69899</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>70024</v>
+        <v>69940</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>69915</v>
+        <v>69900</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>69950</v>
+        <v>69941</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>69875</v>
+        <v>69901</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, brocart</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>70025</v>
+        <v>69942</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>69916</v>
+        <v>69902</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>69951</v>
+        <v>69943</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>69876</v>
+        <v>69903</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>70026</v>
+        <v>69944</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>69917</v>
+        <v>69904</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>69952</v>
+        <v>69945</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>69877</v>
+        <v>69905</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>70027</v>
+        <v>69946</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>69918</v>
+        <v>69906</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>69953</v>
+        <v>69947</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>69878</v>
+        <v>69907</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>70028</v>
+        <v>69948</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>69919</v>
+        <v>69912</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>69954</v>
+        <v>69949</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>69879</v>
+        <v>69913</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>70029</v>
+        <v>11744</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Enguérand de Vesprée</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1943</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>69920</v>
+        <v>11673</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>69955</v>
+        <v>70027</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>69880</v>
+        <v>69953</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>70030</v>
+        <v>70028</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>69921</v>
+        <v>69954</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>69956</v>
+        <v>70029</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>69881</v>
+        <v>69955</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>70031</v>
+        <v>70030</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>69922</v>
+        <v>69956</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, brocart, matière synthétique</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>69957</v>
+        <v>70031</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>69882</v>
+        <v>69957</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>70032</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>69923</v>
+        <v>69958</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D318" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>coton, carton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>69958</v>
+        <v>70033</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D319" s="2"/>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>69883</v>
+        <v>69959</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D320" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, plume, matière synthétique</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>70033</v>
+        <v>70034</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>69924</v>
+        <v>69960</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>brocart, soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>69959</v>
+        <v>70035</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, plume, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>69884</v>
+        <v>69961</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>70034</v>
+        <v>70036</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>69925</v>
+        <v>69962</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>armure</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique des métaux, technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>69960</v>
+        <v>70037</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>69885</v>
+        <v>69963</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, cuir, métal</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>70035</v>
+        <v>70038</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>69926</v>
+        <v>69964</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>69961</v>
+        <v>70039</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>69886</v>
+        <v>69965</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>70036</v>
+        <v>70040</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>69927</v>
+        <v>69966</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>69962</v>
+        <v>70041</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>armure</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, couture</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>69887</v>
+        <v>69967</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>70037</v>
+        <v>70042</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>69928</v>
+        <v>69968</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>11673</v>
+        <v>70043</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>De Rijck,  Robert</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>69866</v>
+        <v>69969</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>70083</v>
+        <v>70044</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>69867</v>
+        <v>69970</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>70084</v>
+        <v>70045</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>coton, encre</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, dessin</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>69868</v>
+        <v>69971</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>70085</v>
+        <v>70046</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>69869</v>
+        <v>69972</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>70086</v>
+        <v>70047</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>69870</v>
+        <v>69973</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>70087</v>
+        <v>70048</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>69871</v>
+        <v>69974</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>69872</v>
+        <v>70049</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>69873</v>
+        <v>70050</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>69874</v>
+        <v>70051</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>70127</v>
+        <v>70052</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>70059</v>
+        <v>70053</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>70060</v>
+        <v>70054</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>70129</v>
+        <v>70055</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>70061</v>
+        <v>70019</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>70062</v>
+        <v>70056</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>70063</v>
+        <v>70020</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton, soie, bois</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>70064</v>
+        <v>70057</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>peinture, laine, métal</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>69846</v>
+        <v>70021</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G362" s="2"/>
+      <c r="G362" s="2" t="inlineStr">
+        <is>
+          <t>coton, matière synthétique</t>
+        </is>
+      </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>70065</v>
+        <v>70058</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>69847</v>
+        <v>70022</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G364" s="2"/>
+      <c r="G364" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>70066</v>
+        <v>70023</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>69848</v>
+        <v>70024</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>70067</v>
+        <v>69950</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>69849</v>
+        <v>70025</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>70068</v>
+        <v>69951</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>69850</v>
+        <v>70026</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>70069</v>
+        <v>69952</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>69851</v>
+        <v>69846</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G372" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G372" s="2"/>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>70070</v>
+        <v>69847</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G373" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G373" s="2"/>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>69852</v>
+        <v>69848</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir, métal</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>70071</v>
+        <v>69849</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>69853</v>
+        <v>69850</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>70072</v>
+        <v>69851</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>69854</v>
+        <v>69852</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, cuir, métal</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>70073</v>
+        <v>69853</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>69855</v>
+        <v>69854</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>70074</v>
+        <v>69855</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
         <v>69856</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>70075</v>
+        <v>69857</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>69857</v>
+        <v>69858</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>70076</v>
+        <v>69859</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>69858</v>
+        <v>69860</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>70077</v>
+        <v>69861</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>69859</v>
+        <v>69862</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>70078</v>
+        <v>69863</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>69860</v>
+        <v>69866</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>70079</v>
+        <v>69867</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>69861</v>
+        <v>69868</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>70080</v>
+        <v>69869</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>69862</v>
+        <v>69870</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>70081</v>
+        <v>69871</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>69863</v>
+        <v>69872</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>70082</v>
+        <v>69873</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>11744</v>
+        <v>69874</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Enguérand de Vesprée</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1943</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>45111</v>
+        <v>43056</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Costume pour l'Orestie de Milhaud par Akarova</t>
+          <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D399" s="2"/>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>feutrine, toile, soie, laine, peinture</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>couture, technique de peinture</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>43056</v>
+        <v>45111</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
+          <t>Costume pour l'Orestie de Milhaud par Akarova</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D400" s="2"/>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D400" s="2" t="inlineStr">
+        <is>
+          <t>(Marguerite Acarin), Akarova</t>
+        </is>
+      </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>feutrine, toile, soie, laine, peinture</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>couture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>11697</v>
+        <v>11782</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>11703</v>
+        <v>11684</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>11707</v>
+        <v>11685</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>11710</v>
+        <v>11686</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>11711</v>
+        <v>11687</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>11712</v>
+        <v>11689</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>11713</v>
+        <v>11694</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>11714</v>
+        <v>11696</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>11679</v>
+        <v>11697</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>11719</v>
+        <v>11703</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>11682</v>
+        <v>11707</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>11720</v>
+        <v>11710</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>11684</v>
+        <v>11711</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>11685</v>
+        <v>11712</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
           <t>Moine</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>11686</v>
+        <v>11713</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>11687</v>
+        <v>11714</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>11689</v>
+        <v>11679</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
           <t>Apôtre</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>11694</v>
+        <v>11719</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>11696</v>
+        <v>11682</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>11782</v>
+        <v>11720</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
         <v>45114</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
           <t>Costume de l'ancêtre pour le Sacre du Printemps de Stravinski par Akarova</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>(Marguerite Acarin), Akarova</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F421" s="2"/>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>laine, feutrine, peinture, toile, soie</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>couture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>11698</v>
+        <v>11762</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>cuir, carton, fer, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>11702</v>
+        <v>11749</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Woltje de Toone VI</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>11709</v>
+        <v>11753</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Cabaretier</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>11680</v>
+        <v>11794</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Roi mage</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>11681</v>
+        <v>11688</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>11688</v>
+        <v>11690</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>11690</v>
+        <v>11691</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
           <t>Apôtre</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, bois</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>11691</v>
+        <v>11692</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>11692</v>
+        <v>11693</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
           <t>Larron</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>11693</v>
+        <v>11698</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cuir, carton, fer, métal, bois</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>11762</v>
+        <v>11702</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>11749</v>
+        <v>11709</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VI</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>11753</v>
+        <v>11680</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Cabaretier</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>11794</v>
+        <v>11681</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Roi mage</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
         <v>43052</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Ligue du Sacré-Coeur d'Anderlecht</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>11700</v>
+        <v>87081</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Vierge Marie</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D437" s="2"/>
       <c r="E437" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>11701</v>
+        <v>11756</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>11704</v>
+        <v>11757</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>Corps de moine et tête de femme</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>11678</v>
+        <v>11695</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H440" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>11718</v>
+        <v>11700</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Vierge Marie</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>11721</v>
+        <v>11701</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>11695</v>
+        <v>11704</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
-          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>43063</v>
+        <v>11678</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D444" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D444" s="2" t="inlineStr">
+        <is>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G444" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G444" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, bois</t>
+        </is>
+      </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>43064</v>
+        <v>11718</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D445" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D445" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G445" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G445" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>66249</v>
+        <v>11721</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
-          <t>inconnu,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>polyester, papier, bois, osier, métal</t>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>87081</v>
+        <v>41677</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D447" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D447" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
         <v>11870</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
           <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
@@ -17835,165 +17847,149 @@
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
           <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>41677</v>
+        <v>43063</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D451" s="2"/>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G451" s="2"/>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>11757</v>
+        <v>43064</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Corps de moine et tête de femme</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D452" s="2"/>
       <c r="E452" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G452" s="2"/>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>11756</v>
+        <v>66249</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu,</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>polyester, papier, bois, osier, métal</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
         <v>11881</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
           <t>Képi du garde champêtre des Bûûmdroegers</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Association des Bûûmdroegers du Meyboom de Bruxelles,  / Gillis &amp; Soeur,</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
           <t>1951 - 2000</t>
@@ -18555,829 +18551,829 @@
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
           <t>char</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>70009</v>
+        <v>70120</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>70010</v>
+        <v>70121</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>bijou, objets ethnographiques</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>70011</v>
+        <v>70122</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>70012</v>
+        <v>70123</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, moulé</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>70013</v>
+        <v>70124</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E474" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>clé, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>70014</v>
+        <v>70125</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>70120</v>
+        <v>70128</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>70121</v>
+        <v>70131</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>70122</v>
+        <v>70132</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D478" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D478" s="2"/>
       <c r="E478" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>70123</v>
+        <v>70133</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>70124</v>
+        <v>11751</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Woltje de Toone I (reconstitution)</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E480" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>70125</v>
+        <v>11887</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E481" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G481" s="2"/>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>70128</v>
+        <v>11888</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
+          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E482" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G482" s="2"/>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>70131</v>
+        <v>11879</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Coeckelenbergh, Marthe</t>
         </is>
       </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
-[...6 lines deleted...]
-      </c>
+          <t>costume et parure</t>
+        </is>
+      </c>
+      <c r="G483" s="2"/>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>70132</v>
+        <v>70009</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D484" s="2"/>
+      <c r="D484" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E484" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>70133</v>
+        <v>70010</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bijou, objets ethnographiques</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>11879</v>
+        <v>70011</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
-          <t>Coeckelenbergh, Marthe</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
-[...2 lines deleted...]
-      <c r="G486" s="2"/>
+          <t>objet de dévotion, costume et parure</t>
+        </is>
+      </c>
+      <c r="G486" s="2" t="inlineStr">
+        <is>
+          <t>métal, verre</t>
+        </is>
+      </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>11887</v>
+        <v>70012</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G487" s="2"/>
+          <t>costume et parure</t>
+        </is>
+      </c>
+      <c r="G487" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, couture, tissage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>11888</v>
+        <v>70013</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G488" s="2"/>
+          <t>clé, costume et parure</t>
+        </is>
+      </c>
+      <c r="G488" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H488" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>11751</v>
+        <v>70014</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone I (reconstitution)</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>instrument de mesure, costume et parure</t>
         </is>
       </c>
       <c r="G489" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H489" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
         <v>70126</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
           <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>