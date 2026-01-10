--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -1091,3557 +1091,3557 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1848 - 1849</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11795</v>
+        <v>11788</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11796</v>
+        <v>11790</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11797</v>
+        <v>11752</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11758</v>
+        <v>11793</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11798</v>
+        <v>11754</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11799</v>
+        <v>11755</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11800</v>
+        <v>11795</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11801</v>
+        <v>11796</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11802</v>
+        <v>11797</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11729</v>
+        <v>11758</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11730</v>
+        <v>11798</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Athos</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11731</v>
+        <v>11799</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Porthos</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11732</v>
+        <v>11800</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Aramis</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11733</v>
+        <v>11801</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>d'Artagnan</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11734</v>
+        <v>11802</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11735</v>
+        <v>11729</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11736</v>
+        <v>11730</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Athos</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11737</v>
+        <v>11731</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Porthos</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11784</v>
+        <v>11732</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Aramis</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11745</v>
+        <v>11733</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>d'Artagnan</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11785</v>
+        <v>11734</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11746</v>
+        <v>11735</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11786</v>
+        <v>11736</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11747</v>
+        <v>11737</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11787</v>
+        <v>11784</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11748</v>
+        <v>11745</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11788</v>
+        <v>11785</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11790</v>
+        <v>11746</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11752</v>
+        <v>11786</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11793</v>
+        <v>11747</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11754</v>
+        <v>11787</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11755</v>
+        <v>11748</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11722</v>
+        <v>11723</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Jan Breydel</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11723</v>
+        <v>11724</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11724</v>
+        <v>11725</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11725</v>
+        <v>11726</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11726</v>
+        <v>11727</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Jeune bourgeoise</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11727</v>
+        <v>11728</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Jeune bourgeoise</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11728</v>
+        <v>11840</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11705</v>
+        <v>11803</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11706</v>
+        <v>11841</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11708</v>
+        <v>11804</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Hérode</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11675</v>
+        <v>11842</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, métal, bois</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11676</v>
+        <v>11805</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>carton, feutre, métal, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11677</v>
+        <v>11843</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11715</v>
+        <v>11806</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11716</v>
+        <v>11807</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Pietje la Mort</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11683</v>
+        <v>11808</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Marie</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11815</v>
+        <v>11809</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11816</v>
+        <v>11810</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11817</v>
+        <v>11811</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11818</v>
+        <v>11812</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11819</v>
+        <v>11813</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11820</v>
+        <v>11814</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11821</v>
+        <v>11705</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11822</v>
+        <v>11815</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11823</v>
+        <v>11706</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois, peinture, carton-pierre</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11824</v>
+        <v>11816</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11825</v>
+        <v>11817</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11826</v>
+        <v>11708</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>Hérode</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11827</v>
+        <v>11818</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11828</v>
+        <v>11819</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11829</v>
+        <v>11820</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>11840</v>
+        <v>11675</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>carton-pierre, métal, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11803</v>
+        <v>11821</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11841</v>
+        <v>11676</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>carton, feutre, métal, bois</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>11804</v>
+        <v>11822</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>11842</v>
+        <v>11677</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11805</v>
+        <v>11823</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11843</v>
+        <v>11824</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11806</v>
+        <v>11715</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11807</v>
+        <v>11825</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11808</v>
+        <v>11716</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Pietje la Mort</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11809</v>
+        <v>11826</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>11810</v>
+        <v>11827</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>11811</v>
+        <v>11828</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>11812</v>
+        <v>11683</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Marie</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>11813</v>
+        <v>11829</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>11814</v>
+        <v>11722</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Jan Breydel</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>43072</v>
+        <v>43069</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
-      <c r="G105" s="2"/>
+      <c r="G105" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>couture, broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>43073</v>
+        <v>43070</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>43074</v>
+        <v>43072</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>43075</v>
+        <v>43073</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>43076</v>
+        <v>43074</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
-      <c r="G109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>43077</v>
+        <v>43075</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43078</v>
+        <v>43076</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>43079</v>
+        <v>43077</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>43069</v>
+        <v>43078</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, technique de peinture</t>
+          <t>couture, damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>43070</v>
+        <v>43079</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>93376</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
@@ -4939,1045 +4939,1045 @@
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11763</v>
+        <v>11789</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11764</v>
+        <v>11791</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11765</v>
+        <v>11792</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11766</v>
+        <v>11763</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11767</v>
+        <v>11764</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11768</v>
+        <v>11765</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11769</v>
+        <v>11766</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11770</v>
+        <v>11767</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11771</v>
+        <v>11768</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11772</v>
+        <v>11769</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11773</v>
+        <v>11770</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11774</v>
+        <v>11771</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>11775</v>
+        <v>11772</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>11777</v>
+        <v>11773</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>11778</v>
+        <v>11774</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Le Régent</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>11779</v>
+        <v>11775</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>11740</v>
+        <v>11777</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Madame Leivenbach</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>11780</v>
+        <v>11778</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Le Régent</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>11741</v>
+        <v>11779</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>11781</v>
+        <v>11740</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>11742</v>
+        <v>11780</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Dame (figurante)</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>11743</v>
+        <v>11741</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Homme à la cape</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>11789</v>
+        <v>11781</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>11791</v>
+        <v>11742</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Dame (figurante)</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>11792</v>
+        <v>11743</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Homme à la cape</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
         <v>43047</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
@@ -7011,189 +7011,189 @@
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>43080</v>
+        <v>43061</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>43081</v>
+        <v>43062</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>43061</v>
+        <v>43080</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>43062</v>
+        <v>43081</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
         <v>66139</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
           <t>Drapeau des supporters du club de football de l'Union saint-gilloise</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
@@ -7971,1125 +7971,1125 @@
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1929 - 1938</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois, peinture, papier mâché, papier mâché</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>70083</v>
+        <v>70084</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, encre</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>70084</v>
+        <v>70085</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>coton, encre</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, dessin</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>70085</v>
+        <v>70086</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>70086</v>
+        <v>70087</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>70087</v>
+        <v>70127</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>70127</v>
+        <v>70059</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>70059</v>
+        <v>70060</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>70060</v>
+        <v>70129</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>70129</v>
+        <v>70061</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>70061</v>
+        <v>70062</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>70062</v>
+        <v>70063</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>70063</v>
+        <v>70064</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture, laine, métal</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>70064</v>
+        <v>70065</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>peinture, laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>70065</v>
+        <v>70066</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>70066</v>
+        <v>70067</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>70067</v>
+        <v>70068</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>70068</v>
+        <v>70069</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>70069</v>
+        <v>70070</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>70070</v>
+        <v>70071</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>70071</v>
+        <v>70072</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>70072</v>
+        <v>70073</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>70073</v>
+        <v>70074</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>70074</v>
+        <v>70075</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>70075</v>
+        <v>70076</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>70076</v>
+        <v>70077</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>70077</v>
+        <v>70078</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>70078</v>
+        <v>11744</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Enguérand de Vesprée</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1943</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
         <v>70079</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
@@ -9211,5557 +9211,5557 @@
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>69914</v>
+        <v>70083</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>69915</v>
+        <v>69899</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>69875</v>
+        <v>69940</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>69916</v>
+        <v>69900</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>69876</v>
+        <v>69941</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>69917</v>
+        <v>69901</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, brocart</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>69877</v>
+        <v>69942</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>69918</v>
+        <v>69902</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>69878</v>
+        <v>69943</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>69919</v>
+        <v>69903</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>69879</v>
+        <v>69944</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>69920</v>
+        <v>69904</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>69880</v>
+        <v>69945</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>69921</v>
+        <v>69905</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>69881</v>
+        <v>69946</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>69922</v>
+        <v>69906</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>69882</v>
+        <v>69947</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>69923</v>
+        <v>69907</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>coton, carton, bois</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>69883</v>
+        <v>69948</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>69924</v>
+        <v>69912</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>69884</v>
+        <v>69949</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>69925</v>
+        <v>69913</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>69885</v>
+        <v>69914</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, métal</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>69926</v>
+        <v>69915</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>69886</v>
+        <v>69875</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>69927</v>
+        <v>69916</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>69887</v>
+        <v>69876</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>69928</v>
+        <v>69917</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>69888</v>
+        <v>69877</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>69929</v>
+        <v>69918</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>69889</v>
+        <v>69878</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>69930</v>
+        <v>69919</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>69890</v>
+        <v>69879</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>69931</v>
+        <v>69920</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>69891</v>
+        <v>69880</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>69932</v>
+        <v>69921</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>69892</v>
+        <v>69881</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>69933</v>
+        <v>69922</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>69893</v>
+        <v>69882</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>69934</v>
+        <v>69923</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, carton, bois</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>69894</v>
+        <v>69883</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>69935</v>
+        <v>69924</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>69895</v>
+        <v>69884</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>69936</v>
+        <v>69925</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>69896</v>
+        <v>69885</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>69937</v>
+        <v>69926</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>69897</v>
+        <v>69886</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>69938</v>
+        <v>69927</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>69898</v>
+        <v>69887</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>69939</v>
+        <v>69928</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>69899</v>
+        <v>69888</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>costume</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>69940</v>
+        <v>69929</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>69900</v>
+        <v>69889</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>costume</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>69941</v>
+        <v>69930</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>69901</v>
+        <v>69890</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>costume</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, brocart</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>69942</v>
+        <v>69931</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>69902</v>
+        <v>69891</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>69943</v>
+        <v>69932</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>69903</v>
+        <v>69892</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>69944</v>
+        <v>69933</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>69904</v>
+        <v>69893</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>69945</v>
+        <v>69934</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>69905</v>
+        <v>69894</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>69946</v>
+        <v>69935</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>69906</v>
+        <v>69895</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>69947</v>
+        <v>69936</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>69907</v>
+        <v>69896</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>69948</v>
+        <v>69937</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>69912</v>
+        <v>69897</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>69949</v>
+        <v>69938</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>69913</v>
+        <v>69898</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>11744</v>
+        <v>69939</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Enguérand de Vesprée</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1943</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>11673</v>
+        <v>70053</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>De Rijck,  Robert</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>70027</v>
+        <v>70054</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>69953</v>
+        <v>70055</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>70028</v>
+        <v>70019</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>69954</v>
+        <v>70056</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>70029</v>
+        <v>70020</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie, bois</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>69955</v>
+        <v>70057</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>70030</v>
+        <v>70021</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>69956</v>
+        <v>70058</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>70031</v>
+        <v>70022</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>69957</v>
+        <v>70023</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>70032</v>
+        <v>70024</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>69958</v>
+        <v>69950</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D318" s="2"/>
+      <c r="D318" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>70033</v>
+        <v>70025</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>69959</v>
+        <v>69951</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D320" s="2"/>
+      <c r="D320" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, plume, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>70034</v>
+        <v>70026</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>69960</v>
+        <v>69952</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>70035</v>
+        <v>70027</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>69961</v>
+        <v>69953</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>70036</v>
+        <v>70028</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>69962</v>
+        <v>69954</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>armure</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, couture</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>70037</v>
+        <v>70029</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>69963</v>
+        <v>69955</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>70038</v>
+        <v>70030</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>69964</v>
+        <v>69956</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>coton, brocart, matière synthétique</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>70039</v>
+        <v>70031</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>69965</v>
+        <v>69957</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>70040</v>
+        <v>70032</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>69966</v>
+        <v>69958</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>70041</v>
+        <v>70033</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>69967</v>
+        <v>69959</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D336" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, plume, matière synthétique</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>70042</v>
+        <v>70034</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>69968</v>
+        <v>69960</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>brocart, soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>70043</v>
+        <v>70035</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>69969</v>
+        <v>69961</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>70044</v>
+        <v>70036</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>69970</v>
+        <v>69962</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>armure</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique des métaux, technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>70045</v>
+        <v>70037</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>69971</v>
+        <v>69963</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, cuir, métal</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>70046</v>
+        <v>70038</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>69972</v>
+        <v>69964</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>70047</v>
+        <v>70039</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>69973</v>
+        <v>69965</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
           <t>coton, plume</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>70048</v>
+        <v>70040</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>69974</v>
+        <v>69966</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>70049</v>
+        <v>70041</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>70050</v>
+        <v>69967</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>70051</v>
+        <v>70042</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>70052</v>
+        <v>69968</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>70053</v>
+        <v>70043</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>70054</v>
+        <v>69969</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>70055</v>
+        <v>70044</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>70019</v>
+        <v>69970</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>70056</v>
+        <v>70045</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>70020</v>
+        <v>69971</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>70057</v>
+        <v>70046</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>70021</v>
+        <v>69972</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>70058</v>
+        <v>70047</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>70022</v>
+        <v>69973</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>70023</v>
+        <v>70048</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>70024</v>
+        <v>69974</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>69950</v>
+        <v>70049</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>70025</v>
+        <v>70050</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>69951</v>
+        <v>70051</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>70026</v>
+        <v>70052</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>69952</v>
+        <v>11673</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
         <v>69846</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
@@ -15911,1001 +15911,1001 @@
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>11684</v>
+        <v>11685</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>11685</v>
+        <v>11686</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>11686</v>
+        <v>11687</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>11687</v>
+        <v>11689</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>11689</v>
+        <v>11694</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>11694</v>
+        <v>11696</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>11696</v>
+        <v>11697</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>11697</v>
+        <v>11703</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>11703</v>
+        <v>11707</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>11707</v>
+        <v>11710</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>11710</v>
+        <v>11711</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>11711</v>
+        <v>11712</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>Moine</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>11712</v>
+        <v>11713</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>11713</v>
+        <v>11714</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>11714</v>
+        <v>11679</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>11679</v>
+        <v>11719</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>11719</v>
+        <v>11682</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>11682</v>
+        <v>11720</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>11720</v>
+        <v>11684</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
         <v>45114</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
           <t>Costume de l'ancêtre pour le Sacre du Printemps de Stravinski par Akarova</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>(Marguerite Acarin), Akarova</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F421" s="2"/>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>laine, feutrine, peinture, toile, soie</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>couture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>11762</v>
+        <v>11749</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Woltje de Toone VI</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>11749</v>
+        <v>11753</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VI</t>
+          <t>Cabaretier</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>11753</v>
+        <v>11794</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Cabaretier</t>
+          <t>Roi mage</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>11794</v>
+        <v>11762</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Roi mage</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
         <v>11688</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
           <t>Le Diable</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
           <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
@@ -17303,161 +17303,161 @@
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>87081</v>
+        <v>11756</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D437" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D437" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E437" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>11756</v>
+        <v>11757</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>Corps de moine et tête de femme</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>11757</v>
+        <v>87081</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Corps de moine et tête de femme</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D439" s="2"/>
       <c r="E439" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
         <v>11695</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
           <t>Saint Michel</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
           <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
@@ -17499,393 +17499,393 @@
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>11701</v>
+        <v>11870</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D442" s="2"/>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>moulé, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>11704</v>
+        <v>11701</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>11678</v>
+        <v>11871</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D444" s="2"/>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>11718</v>
+        <v>11872</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Cheval-godet pour enfant</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D445" s="2"/>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>11721</v>
+        <v>11704</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
         <v>41677</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
           <t>Adam</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
           <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>11870</v>
+        <v>11678</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D448" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D448" s="2" t="inlineStr">
+        <is>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>moulé, couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>11871</v>
+        <v>11718</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D449" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D449" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>11872</v>
+        <v>11721</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet pour enfant</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D450" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D450" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
         <v>43063</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
@@ -18259,220 +18259,220 @@
         </is>
       </c>
       <c r="E461" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>11830</v>
+        <v>11831</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Mieke</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier</t>
+          <t>métal, bois, osier, papier</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>11831</v>
+        <v>11832</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Mieke</t>
+          <t>Bompa</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier, papier</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>11832</v>
+        <v>11833</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Bompa</t>
+          <t>Boma</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier, papier</t>
+          <t>métal, bois, osier, carton, papier</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>11833</v>
+        <v>11836</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Boma</t>
+          <t>Pitje</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier, carton, papier</t>
+          <t>cuir, métal, bois, osier</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>11836</v>
+        <v>11830</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Pitje</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois, osier</t>
+          <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
         <v>11858</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
           <t>Pitje</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="inlineStr">
         <is>
@@ -18551,829 +18551,829 @@
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
           <t>char</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>70120</v>
+        <v>11751</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Woltje de Toone I (reconstitution)</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>70121</v>
+        <v>70120</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>70122</v>
+        <v>70121</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>70123</v>
+        <v>70122</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>70124</v>
+        <v>70123</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E474" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>70125</v>
+        <v>70124</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
           <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>70128</v>
+        <v>70125</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, métal, osier</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>70131</v>
+        <v>70128</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>70132</v>
+        <v>70131</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
           <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D478" s="2"/>
+      <c r="D478" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E478" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>70133</v>
+        <v>70132</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D479" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D479" s="2"/>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>11751</v>
+        <v>70133</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone I (reconstitution)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
-          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E480" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>11887</v>
+        <v>70013</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E481" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G481" s="2"/>
+          <t>clé, costume et parure</t>
+        </is>
+      </c>
+      <c r="G481" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>11888</v>
+        <v>70014</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
-          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E482" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G482" s="2"/>
+          <t>instrument de mesure, costume et parure</t>
+        </is>
+      </c>
+      <c r="G482" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>11879</v>
+        <v>70009</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
-          <t>Coeckelenbergh, Marthe</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
-      <c r="G483" s="2"/>
+      <c r="G483" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>70009</v>
+        <v>70010</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D484" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E484" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>bijou, objets ethnographiques</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>70010</v>
+        <v>70011</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>bijou, objets ethnographiques</t>
+          <t>objet de dévotion, costume et parure</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
           <t>métal, verre</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>70011</v>
+        <v>70012</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion, costume et parure</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G486" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, couture, tissage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>70012</v>
+        <v>11879</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
+          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Coeckelenbergh, Marthe</t>
         </is>
       </c>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
-      <c r="G487" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G487" s="2"/>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, moulé</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>70013</v>
+        <v>11887</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
+          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>clé, costume et parure</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G488" s="2"/>
       <c r="H488" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>70014</v>
+        <v>11888</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
+          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure, costume et parure</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G489" s="2"/>
       <c r="H489" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
         <v>70126</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
           <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>