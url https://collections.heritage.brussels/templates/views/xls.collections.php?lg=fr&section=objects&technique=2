--- v2 (2026-01-10)
+++ v3 (2026-02-25)
@@ -1091,3747 +1091,3747 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1848 - 1849</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11788</v>
+        <v>11752</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11790</v>
+        <v>11840</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11752</v>
+        <v>11803</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11793</v>
+        <v>11841</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11754</v>
+        <v>11793</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11755</v>
+        <v>11804</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11795</v>
+        <v>11754</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11796</v>
+        <v>11842</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11797</v>
+        <v>11805</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11758</v>
+        <v>11755</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11798</v>
+        <v>11843</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11799</v>
+        <v>11795</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11800</v>
+        <v>11806</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11801</v>
+        <v>11796</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11802</v>
+        <v>11807</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11729</v>
+        <v>11797</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11730</v>
+        <v>11808</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Athos</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11731</v>
+        <v>11758</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Porthos</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11732</v>
+        <v>11798</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Aramis</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11733</v>
+        <v>11809</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>d'Artagnan</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11734</v>
+        <v>11799</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11735</v>
+        <v>11810</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11736</v>
+        <v>11800</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11737</v>
+        <v>11811</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11784</v>
+        <v>11801</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11745</v>
+        <v>11812</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11785</v>
+        <v>11802</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11746</v>
+        <v>11813</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11786</v>
+        <v>11814</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11747</v>
+        <v>11815</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11787</v>
+        <v>11729</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11748</v>
+        <v>11816</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11723</v>
+        <v>11730</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Athos</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11724</v>
+        <v>11817</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11725</v>
+        <v>11731</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Porthos</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11726</v>
+        <v>11818</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11727</v>
+        <v>11732</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Jeune bourgeoise</t>
+          <t>Aramis</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11728</v>
+        <v>11819</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11840</v>
+        <v>11733</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>d'Artagnan</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11803</v>
+        <v>11820</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11841</v>
+        <v>11734</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11804</v>
+        <v>11821</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11842</v>
+        <v>11735</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11805</v>
+        <v>11822</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11843</v>
+        <v>11736</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11806</v>
+        <v>11823</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11807</v>
+        <v>11737</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11808</v>
+        <v>11824</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11809</v>
+        <v>11825</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11810</v>
+        <v>11826</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11811</v>
+        <v>11827</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11812</v>
+        <v>11828</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11813</v>
+        <v>11829</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11814</v>
+        <v>11784</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11705</v>
+        <v>11745</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11815</v>
+        <v>11785</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11706</v>
+        <v>11746</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11816</v>
+        <v>11786</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11817</v>
+        <v>11747</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11708</v>
+        <v>11787</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Hérode</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11818</v>
+        <v>11748</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11819</v>
+        <v>11788</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11820</v>
+        <v>11790</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>11675</v>
+        <v>11705</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, métal, bois</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11821</v>
+        <v>43069</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11676</v>
+        <v>11706</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>carton, feutre, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>11822</v>
+        <v>43070</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>11677</v>
+        <v>11708</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Hérode</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11823</v>
+        <v>43072</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11824</v>
+        <v>43073</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11715</v>
+        <v>43074</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G96" s="2"/>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11825</v>
+        <v>43075</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11716</v>
+        <v>11675</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Pietje la Mort</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, métal, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11826</v>
+        <v>43076</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>11827</v>
+        <v>11676</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, feutre, métal, bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>11828</v>
+        <v>43077</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>11683</v>
+        <v>11677</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Marie</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>11829</v>
+        <v>43078</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>couture, damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>11722</v>
+        <v>11715</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Jan Breydel</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>43069</v>
+        <v>43079</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, technique de peinture</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>43070</v>
+        <v>11716</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Pietje la Mort</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D106" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>43072</v>
+        <v>11683</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Marie</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D107" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G107" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>carton-pierre, carton, métal, bois</t>
+        </is>
+      </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>43073</v>
+        <v>11722</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
+          <t>Jan Breydel</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D108" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>43074</v>
+        <v>11723</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D109" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G109" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>cheveux, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>43075</v>
+        <v>11724</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D110" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43076</v>
+        <v>11725</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D111" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>43077</v>
+        <v>11726</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D112" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>43078</v>
+        <v>11727</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Jeune bourgeoise</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D113" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>43079</v>
+        <v>11728</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D114" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>93376</v>
+        <v>107612</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus Sauveur</t>
+          <t>Ceinture de retenue</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>matériel médical</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>technique du cuir, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>107612</v>
+        <v>76972</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Ceinture de retenue</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>matériel médical</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, couture</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>76972</v>
+        <v>76973</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>76973</v>
+        <v>93374</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>93374</v>
+        <v>93375</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>Vierge de l’Immaculée conception</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>93375</v>
+        <v>93376</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée conception</t>
+          <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
@@ -4939,1205 +4939,1205 @@
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11789</v>
+        <v>11792</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11791</v>
+        <v>11763</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11792</v>
+        <v>11764</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11763</v>
+        <v>11765</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11764</v>
+        <v>11766</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11765</v>
+        <v>11767</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11766</v>
+        <v>11768</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11767</v>
+        <v>11769</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11768</v>
+        <v>11770</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11769</v>
+        <v>11771</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11770</v>
+        <v>11772</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11771</v>
+        <v>11773</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>11772</v>
+        <v>11774</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>11773</v>
+        <v>11775</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>11774</v>
+        <v>43047</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G138" s="2"/>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>11775</v>
+        <v>11777</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>11777</v>
+        <v>43048</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G140" s="2"/>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
         <v>11778</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Le Régent</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>11779</v>
+        <v>43049</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G142" s="2"/>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>11740</v>
+        <v>11779</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Madame Leivenbach</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>11780</v>
+        <v>43050</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G144" s="2"/>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>11741</v>
+        <v>11740</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>11781</v>
+        <v>11780</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>11742</v>
+        <v>43051</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Dame (figurante)</t>
+          <t>Tenture de nef</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile de la religion catholique</t>
+        </is>
+      </c>
+      <c r="G147" s="2"/>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>11743</v>
+        <v>11741</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Homme à la cape</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>43047</v>
+        <v>11781</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D149" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G149" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G149" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>43048</v>
+        <v>11742</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Dame (figurante)</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D150" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G150" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G150" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>43049</v>
+        <v>11743</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Homme à la cape</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D151" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G151" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G151" s="2" t="inlineStr">
+        <is>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>43050</v>
+        <v>11789</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D152" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G152" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G152" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, bois</t>
+        </is>
+      </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>43051</v>
+        <v>11791</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Tenture de nef</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D153" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>textile de la religion catholique</t>
-[...2 lines deleted...]
-      <c r="G153" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>carton, cuir, fer, métal, bois</t>
+        </is>
+      </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
         <v>66245</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1875 - 1910</t>
@@ -6543,365 +6543,365 @@
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1895 - 1921</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>11413</v>
+        <v>11414</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>11414</v>
+        <v>11415</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>11415</v>
+        <v>11416</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>11416</v>
+        <v>11423</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
+          <t>banc </t>
+        </is>
+      </c>
+      <c r="C169" s="2" t="inlineStr">
+        <is>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
+      <c r="E169" s="2" t="inlineStr">
+        <is>
+          <t>1895 - 1903</t>
+        </is>
+      </c>
+      <c r="F169" s="2" t="inlineStr">
+        <is>
           <t>banc</t>
         </is>
       </c>
-      <c r="C169" s="2" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>11423</v>
+        <v>11424</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
           <t>banc </t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>11424</v>
+        <v>11425</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>11425</v>
+        <v>11433</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>couture, tissage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>11433</v>
+        <v>11413</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, doré</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
         <v>11750</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Woltje met zyn chik (Woltje à la chique) / Woltje de Toone IV</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Toone IV, (Jeanke Hembauf)  / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1898 - 1935</t>
@@ -7011,189 +7011,189 @@
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>43061</v>
+        <v>43062</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>43062</v>
+        <v>43080</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>43080</v>
+        <v>43081</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>43081</v>
+        <v>43061</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
         <v>66139</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
           <t>Drapeau des supporters du club de football de l'Union saint-gilloise</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
@@ -7263,121 +7263,121 @@
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>11317</v>
+        <v>11458</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>Méridienne</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>lit de jour</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>parchemin, cuir, ivoire, palissandre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>couture, technique de repoussage, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>11458</v>
+        <v>11317</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Méridienne</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D186" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D186" s="2" t="inlineStr">
+        <is>
+          <t>Mère, Clément</t>
+        </is>
+      </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>lit de jour</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, passementerie</t>
+          <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
         <v>43058</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
@@ -7460,491 +7460,491 @@
           <t>bannière</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
         <v>79858</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
           <t>Fauteuil</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>bois, cuir</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
         <v>79859</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
           <t>Fauteuil du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>bois, cuir</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
         <v>79860</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
           <t>Paire de fauteuils</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
         <v>79862</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
           <t>Chaise</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
         <v>79863</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
           <t>Paire de chaises</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
         <v>79865</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
           <t>Paire de repose-pieds</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>repose-pied</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
         <v>11307</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
         <v>11308</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
         <v>11309</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
           <t>Fauteuil "Bien-aimé"</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
         <v>11310</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 chaises traîneau</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
         <v>11311</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
           <t>Chaise</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>bois, crin</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
         <v>11312</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
           <t>Canapé "cosy-corner"</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>canapé, divan</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
@@ -7971,6869 +7971,6869 @@
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1929 - 1938</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois, peinture, papier mâché, papier mâché</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>70084</v>
+        <v>69901</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>coton, encre</t>
+          <t>coton, soie, brocart</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, dessin</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>70085</v>
+        <v>69942</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>70086</v>
+        <v>69902</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>70087</v>
+        <v>69943</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>70127</v>
+        <v>69903</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>70059</v>
+        <v>69944</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>70060</v>
+        <v>69904</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>70129</v>
+        <v>69945</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>70061</v>
+        <v>69905</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>70062</v>
+        <v>69946</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>70063</v>
+        <v>69906</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>70064</v>
+        <v>69947</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>peinture, laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>70065</v>
+        <v>69907</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>70066</v>
+        <v>69948</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>70067</v>
+        <v>69912</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>70068</v>
+        <v>69949</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>70069</v>
+        <v>69913</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>70070</v>
+        <v>69914</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>laine, métal</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>70071</v>
+        <v>69915</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>70072</v>
+        <v>69875</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>70073</v>
+        <v>69916</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>70074</v>
+        <v>69876</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>70075</v>
+        <v>69917</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>70076</v>
+        <v>69877</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>70077</v>
+        <v>69918</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>70078</v>
+        <v>69878</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>11744</v>
+        <v>69919</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Enguérand de Vesprée</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1943</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>70079</v>
+        <v>69879</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>70080</v>
+        <v>69920</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>70081</v>
+        <v>69880</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>70082</v>
+        <v>69921</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>70083</v>
+        <v>69881</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>69899</v>
+        <v>69922</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>69940</v>
+        <v>69882</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>69900</v>
+        <v>69923</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, carton, bois</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>69941</v>
+        <v>69883</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>69901</v>
+        <v>69924</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, brocart</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>69942</v>
+        <v>69884</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>69902</v>
+        <v>69925</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>69943</v>
+        <v>69885</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>69903</v>
+        <v>69926</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>69944</v>
+        <v>69886</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>69904</v>
+        <v>69927</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>69945</v>
+        <v>69887</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>69905</v>
+        <v>69928</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>69946</v>
+        <v>69888</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>69906</v>
+        <v>69929</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>69947</v>
+        <v>69889</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>69907</v>
+        <v>69930</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>69948</v>
+        <v>69890</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>69912</v>
+        <v>69931</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>69949</v>
+        <v>69891</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>69913</v>
+        <v>69932</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>69914</v>
+        <v>69892</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>69915</v>
+        <v>69933</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>69875</v>
+        <v>69893</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>69916</v>
+        <v>69934</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>69876</v>
+        <v>69894</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>69917</v>
+        <v>69935</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>69877</v>
+        <v>69895</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>69918</v>
+        <v>69936</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>69878</v>
+        <v>69896</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>69919</v>
+        <v>69937</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>coton, métal</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>69879</v>
+        <v>69897</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>69920</v>
+        <v>69938</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>69880</v>
+        <v>69898</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>69921</v>
+        <v>69939</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>69881</v>
+        <v>69899</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>69922</v>
+        <v>69940</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>69882</v>
+        <v>69900</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>69923</v>
+        <v>69941</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>coton, carton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>69883</v>
+        <v>70052</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>69924</v>
+        <v>70053</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>69884</v>
+        <v>70054</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>69925</v>
+        <v>70055</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>69885</v>
+        <v>70019</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>69926</v>
+        <v>70056</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, métal, soie</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>69886</v>
+        <v>70020</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, soie, bois</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>69927</v>
+        <v>70057</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>69887</v>
+        <v>70021</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>69928</v>
+        <v>70058</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>69888</v>
+        <v>70022</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>69929</v>
+        <v>70023</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>69889</v>
+        <v>70024</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>69930</v>
+        <v>69950</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>69890</v>
+        <v>70025</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>69931</v>
+        <v>69951</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>69891</v>
+        <v>70026</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>69932</v>
+        <v>69952</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>69892</v>
+        <v>70027</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>69933</v>
+        <v>69953</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>69893</v>
+        <v>70028</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>69934</v>
+        <v>69954</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>69894</v>
+        <v>70029</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>69935</v>
+        <v>69955</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>69895</v>
+        <v>70030</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>69936</v>
+        <v>69956</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, brocart, matière synthétique</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>69896</v>
+        <v>70031</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>69937</v>
+        <v>69957</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>69897</v>
+        <v>70032</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>69938</v>
+        <v>69958</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D303" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>69898</v>
+        <v>70033</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>69939</v>
+        <v>69959</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D305" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, plume, matière synthétique</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>70053</v>
+        <v>70034</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>70054</v>
+        <v>69960</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>brocart, soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>70055</v>
+        <v>70035</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>70019</v>
+        <v>69961</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>70056</v>
+        <v>70036</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>70020</v>
+        <v>69962</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>armure</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, bois</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique des métaux, technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>70057</v>
+        <v>70037</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>70021</v>
+        <v>69963</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>coton, cuir, métal</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>70058</v>
+        <v>70038</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>70022</v>
+        <v>69964</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>70023</v>
+        <v>70039</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>70024</v>
+        <v>69965</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>69950</v>
+        <v>70040</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>70025</v>
+        <v>69966</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>69951</v>
+        <v>70041</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>70026</v>
+        <v>69967</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>69952</v>
+        <v>70042</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>70027</v>
+        <v>69968</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>69953</v>
+        <v>70043</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>70028</v>
+        <v>69969</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>69954</v>
+        <v>70044</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>70029</v>
+        <v>69970</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>69955</v>
+        <v>70045</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>70030</v>
+        <v>69971</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>69956</v>
+        <v>70046</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>70031</v>
+        <v>69972</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>69957</v>
+        <v>70047</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart, matière synthétique, fourrure synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>70032</v>
+        <v>69973</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>69958</v>
+        <v>70048</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 escrimeur</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D334" s="2"/>
+      <c r="D334" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>70033</v>
+        <v>69974</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>69959</v>
+        <v>70049</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D336" s="2"/>
+      <c r="D336" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, plume, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>70034</v>
+        <v>70050</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>69960</v>
+        <v>70051</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>70035</v>
+        <v>70127</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>69961</v>
+        <v>70059</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, matière synthétique, métal, fourrure synthétique</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>70036</v>
+        <v>70060</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>69962</v>
+        <v>70129</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>armure</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>70037</v>
+        <v>70061</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>69963</v>
+        <v>70062</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir, métal</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>70038</v>
+        <v>70063</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>69964</v>
+        <v>70064</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>peinture, laine, métal</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>70039</v>
+        <v>70065</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>69965</v>
+        <v>70066</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>70040</v>
+        <v>70067</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>69966</v>
+        <v>70068</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>70041</v>
+        <v>70069</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>69967</v>
+        <v>70070</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>70042</v>
+        <v>70071</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>69968</v>
+        <v>70072</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>70043</v>
+        <v>70073</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>69969</v>
+        <v>70074</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>70044</v>
+        <v>70075</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>69970</v>
+        <v>70076</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>70045</v>
+        <v>70077</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>69971</v>
+        <v>70078</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>70046</v>
+        <v>70079</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>69972</v>
+        <v>70080</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>70047</v>
+        <v>70081</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>69973</v>
+        <v>70082</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>70048</v>
+        <v>70083</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
           <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>69974</v>
+        <v>70084</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, encre</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>70049</v>
+        <v>70085</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>70050</v>
+        <v>70086</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>70051</v>
+        <v>70087</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>70052</v>
+        <v>11744</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Enguérand de Vesprée</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1943</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>11673</v>
+        <v>69846</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>De Rijck,  Robert</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>costume, costume et parure</t>
+        </is>
+      </c>
+      <c r="G371" s="2"/>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>69846</v>
+        <v>69847</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>69847</v>
+        <v>11673</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
-[...2 lines deleted...]
-      <c r="G373" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G373" s="2" t="inlineStr">
+        <is>
+          <t>métal, bois</t>
+        </is>
+      </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
         <v>69848</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
@@ -15911,2085 +15911,2085 @@
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>11685</v>
+        <v>11703</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>11686</v>
+        <v>11707</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>11687</v>
+        <v>11710</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>11689</v>
+        <v>11711</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>11694</v>
+        <v>11712</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>11696</v>
+        <v>11713</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>11697</v>
+        <v>11714</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>11703</v>
+        <v>11679</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>11707</v>
+        <v>11719</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>11710</v>
+        <v>11682</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>11711</v>
+        <v>11720</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>11712</v>
+        <v>11684</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>11713</v>
+        <v>11685</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>11714</v>
+        <v>11686</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>11679</v>
+        <v>11687</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>11719</v>
+        <v>11689</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>11682</v>
+        <v>11694</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>11720</v>
+        <v>11696</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>11684</v>
+        <v>11697</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
         <v>45114</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
           <t>Costume de l'ancêtre pour le Sacre du Printemps de Stravinski par Akarova</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>(Marguerite Acarin), Akarova</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F421" s="2"/>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>laine, feutrine, peinture, toile, soie</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>couture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>11749</v>
+        <v>11753</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VI</t>
+          <t>Cabaretier</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>11753</v>
+        <v>11794</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Cabaretier</t>
+          <t>Roi mage</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>11794</v>
+        <v>11762</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Roi mage</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>11762</v>
+        <v>11749</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Woltje de Toone VI</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>11688</v>
+        <v>11702</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
           <t>Le Diable</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>11690</v>
+        <v>11709</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
           <t>Apôtre</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>11691</v>
+        <v>11680</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>11692</v>
+        <v>11681</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>11693</v>
+        <v>11688</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>11698</v>
+        <v>11690</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>cuir, carton, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>11702</v>
+        <v>11691</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, bois</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>11709</v>
+        <v>11692</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>11680</v>
+        <v>11693</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>11681</v>
+        <v>11698</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
           <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>cuir, carton, fer, métal, bois</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
         <v>43052</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Ligue du Sacré-Coeur d'Anderlecht</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>11756</v>
+        <v>87081</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D437" s="2"/>
       <c r="E437" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>11757</v>
+        <v>11756</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Corps de moine et tête de femme</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>87081</v>
+        <v>11757</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Corps de moine et tête de femme</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D439" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D439" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>11695</v>
+        <v>11870</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D440" s="2"/>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H440" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>moulé, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>11700</v>
+        <v>11871</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Vierge Marie</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D441" s="2"/>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>11870</v>
+        <v>11872</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Cheval-godet pour enfant</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
           <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
-          <t>moulé, couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>11701</v>
+        <v>41677</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>11871</v>
+        <v>11701</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D444" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D444" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>11872</v>
+        <v>43063</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet pour enfant</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G445" s="2"/>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>11704</v>
+        <v>43064</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D446" s="2"/>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G446" s="2"/>
       <c r="H446" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>41677</v>
+        <v>11704</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>bois, carton-pierre, carton</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>11678</v>
+        <v>66249</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>inconnu,</t>
         </is>
       </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>polyester, papier, bois, osier, métal</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>11718</v>
+        <v>11678</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>11721</v>
+        <v>11718</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>43063</v>
+        <v>11721</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D451" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D451" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G451" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G451" s="2" t="inlineStr">
+        <is>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>43064</v>
+        <v>11695</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D452" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D452" s="2" t="inlineStr">
+        <is>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E452" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G452" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G452" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>66249</v>
+        <v>11700</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>Vierge Marie</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
-          <t>inconnu,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>polyester, papier, bois, osier, métal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
         <v>11881</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
           <t>Képi du garde champêtre des Bûûmdroegers</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Association des Bûûmdroegers du Meyboom de Bruxelles,  / Gillis &amp; Soeur,</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
           <t>1951 - 2000</t>
@@ -18027,197 +18027,197 @@
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
           <t>1958 - 2000</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>11834</v>
+        <v>11873</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>Rooske</t>
+          <t>Jefke</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1960</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier, carton</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>11873</v>
+        <v>11834</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Jefke</t>
+          <t>Rooske</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1960</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier, carton</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>11699</v>
+        <v>11674</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VII</t>
+          <t>Woltje</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
           <t>Toone VII, (José Géal) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E458" s="2" t="inlineStr">
         <is>
           <t>1963 - 2008</t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>11674</v>
+        <v>11699</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Woltje</t>
+          <t>Woltje de Toone VII</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
           <t>Toone VII, (José Géal) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E459" s="2" t="inlineStr">
         <is>
           <t>1963 - 2008</t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
         <v>11839</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
           <t>Soldat espagnol blessé</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D460" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E460" s="2" t="inlineStr">
         <is>
           <t>1967 - 1967</t>
@@ -18259,220 +18259,220 @@
         </is>
       </c>
       <c r="E461" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>11831</v>
+        <v>11830</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Mieke</t>
+          <t>Jan</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier, papier</t>
+          <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>11832</v>
+        <v>11831</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Bompa</t>
+          <t>Mieke</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier, papier</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>11833</v>
+        <v>11832</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Boma</t>
+          <t>Bompa</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier, carton, papier</t>
+          <t>métal, bois, osier, papier</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>11836</v>
+        <v>11833</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Pitje</t>
+          <t>Boma</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois, osier</t>
+          <t>métal, bois, osier, carton, papier</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>11830</v>
+        <v>11836</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Jan</t>
+          <t>Pitje</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier</t>
+          <t>cuir, métal, bois, osier</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
         <v>11858</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
           <t>Pitje</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="inlineStr">
         <is>
@@ -18551,829 +18551,829 @@
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
           <t>char</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
           <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>11751</v>
+        <v>70012</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone I (reconstitution)</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
-          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, tissage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>70120</v>
+        <v>70013</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>clé, costume et parure</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>70121</v>
+        <v>70014</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>instrument de mesure, costume et parure</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>70122</v>
+        <v>70009</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>70123</v>
+        <v>70010</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E474" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bijou, objets ethnographiques</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>70124</v>
+        <v>70011</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>objet de dévotion, costume et parure</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>70125</v>
+        <v>70120</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>70128</v>
+        <v>70121</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, métal, osier</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>70131</v>
+        <v>70122</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D478" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E478" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>70132</v>
+        <v>70123</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D479" s="2"/>
+      <c r="D479" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>70133</v>
+        <v>70124</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E480" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>70013</v>
+        <v>70125</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E481" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>clé, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>70014</v>
+        <v>70128</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E482" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>70009</v>
+        <v>70131</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>70010</v>
+        <v>70132</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D484" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>bijou, objets ethnographiques</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>70011</v>
+        <v>70133</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>70012</v>
+        <v>11879</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
+          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Coeckelenbergh, Marthe</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
-      <c r="G486" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G486" s="2"/>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, moulé</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>11879</v>
+        <v>11887</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Costume des Compagnons de Saint-Laurent pour le Manneken-Pis</t>
+          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>Coeckelenbergh, Marthe</t>
+          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E487" s="2" t="inlineStr">
         <is>
           <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>11887</v>
+        <v>11888</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des Gardevils du Meyboom de Bruxelles</t>
+          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Association des Gardevils du Meyboom de Bruxelles,</t>
+          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
           <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="inlineStr">
         <is>
           <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>11888</v>
+        <v>11751</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Drapeaux des Bûûmdroegers du Meyboom de Bruxelles</t>
+          <t>Woltje de Toone I (reconstitution)</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>Association des Bûûmdroegers du Meyboom de Bruxelles,</t>
+          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
           <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G489" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G489" s="2" t="inlineStr">
+        <is>
+          <t>carton, métal, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H489" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
         <v>70126</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
           <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>