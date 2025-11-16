--- v0 (2025-11-15)
+++ v1 (2025-11-16)
@@ -335,121 +335,121 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>66277</v>
+        <v>66281</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>66281</v>
+        <v>66277</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>66283</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>