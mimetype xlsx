--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H149"/>
+  <dimension ref="A1:H150"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -215,5731 +215,5763 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79163</v>
+        <v>83987</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'exode</t>
+          <t>Deux femmes</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83832</v>
+        <v>84011</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysans aux champs</t>
+          <t>Le troupeau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>stylo-bille, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83848</v>
+        <v>66733</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Avila</t>
+          <t>Projet de fontaine simulant Manneken-Pis</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Duquesnoy, François</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>83851</v>
+        <v>79163</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>D'entre les morts</t>
+          <t>L'exode</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>83857</v>
+        <v>83832</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Buste vu de dos</t>
+          <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>83859</v>
+        <v>83848</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Avila</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>83863</v>
+        <v>83851</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>D'entre les morts</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>83870</v>
+        <v>83857</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Paysanne assise</t>
+          <t>Buste vu de dos</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>83876</v>
+        <v>83859</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Paysan assis mangeant</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>83877</v>
+        <v>83863</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Chevaux</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>83885</v>
+        <v>83870</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le chantier</t>
+          <t>Paysanne assise</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2"/>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>83921</v>
+        <v>83876</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'oracle</t>
+          <t>Paysan assis mangeant</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>83950</v>
+        <v>83877</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>3 nus de femmes</t>
+          <t>Chevaux</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>83976</v>
+        <v>83885</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>2 nus féminins</t>
+          <t>Le chantier</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>83977</v>
+        <v>83921</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Couple et deux femmes enlacées</t>
+          <t>L'oracle</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>83987</v>
+        <v>83950</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Deux femmes</t>
+          <t>3 nus de femmes</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>84011</v>
+        <v>83976</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le troupeau</t>
+          <t>2 nus féminins</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>stylo-bille, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66733</v>
+        <v>83977</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Projet de fontaine simulant Manneken-Pis</t>
+          <t>Couple et deux femmes enlacées</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Duquesnoy, François</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>50642</v>
+        <v>83983</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>52017</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>La vieille cour du palais du Coudenberg avant l'incendie, côté place des Bailles</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Lorent, François</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>43821</v>
+        <v>50642</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean l'Evangéliste</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Maison d’Erasme et Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Dürer,  Albrecht</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, craie</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>43012</v>
+        <v>43821</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Sainte Famille avec saint Jean-Baptiste</t>
+          <t>Saint Jean l'Evangéliste</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Reni, Guido</t>
+          <t>Dürer,  Albrecht</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1550 - 1600</t>
+          <t>1501 - 1700</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>sanguine, encre</t>
+          <t>papier, craie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>65113</v>
+        <v>43012</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et formule de serment des bateliers </t>
+          <t>Sainte Famille avec saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Reni, Guido</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1550 - 1600</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>encre noire, parchemin</t>
+          <t>sanguine, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>51296</v>
+        <v>65113</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Façade de l'église des Jésuites à Bruxelles</t>
+          <t>Christ en croix et formule de serment des bateliers </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Franquart, Jacques</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre noire, parchemin</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>46996</v>
+        <v>51296</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
+          <t>Façade de l'église des Jésuites à Bruxelles</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Franquart, Jacques</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>48804</v>
+        <v>46996</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Panorama de la Ville de Bruxelles</t>
+          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Van Uden, Lucas</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1630 - 1650</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>46977</v>
+        <v>48804</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Projet autel Notre-Dame du Bon-Secours</t>
+          <t>Panorama de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Van Baurscheit , Jan Pieter I</t>
+          <t>Van Uden, Lucas</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1680 - 1728</t>
+          <t>1630 - 1650</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>63937</v>
+        <v>46977</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Chaire de vérité</t>
+          <t>Projet autel Notre-Dame du Bon-Secours</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Verbruggen, Hendrik Frans</t>
+          <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1696 - 1699</t>
+          <t>1680 - 1728</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>52258</v>
+        <v>63937</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Projet pour la maison des Boulangers sur la Grand-Place</t>
+          <t>Chaire de vérité</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Cousyns, J.</t>
+          <t>Verbruggen, Hendrik Frans</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1696 - 1699</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>63262</v>
+        <v>52258</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Vue du pont de Laeken</t>
+          <t>Projet pour la maison des Boulangers sur la Grand-Place</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Cousyns, J.</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>51306</v>
+        <v>63262</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La Maison de Iehan Baptista Houwaert (1533-1599) à Saint-Josse-ten-Noode</t>
+          <t>Vue du pont de Laeken</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Haeseleer, attribué à</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>46997</v>
+        <v>51306</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Flandre</t>
+          <t>La Maison de Iehan Baptista Houwaert (1533-1599) à Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Haeseleer, attribué à</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>47445</v>
+        <v>46997</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
+          <t>La Porte de Flandre</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>47446</v>
+        <v>47445</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
+          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>66418</v>
+        <v>47446</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
+          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Van Baurscheit , Jan Pieter I</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1718 - </t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier, aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>51954</v>
+        <v>66418</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>51955</v>
+        <v>51954</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>51956</v>
+        <v>51955</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine, papier, encre de chine</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>51957</v>
+        <v>51956</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier, encre de chine, papier, encre de chine</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>51958</v>
+        <v>51957</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>51959</v>
+        <v>51958</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>51960</v>
+        <v>51959</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>51962</v>
+        <v>51960</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>51963</v>
+        <v>51962</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>51965</v>
+        <v>51963</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de Charles VI (représenté par le marquis de Prié) comme duc de Brabant à Bruxelles, place des Bailles, en 1717 - la procession</t>
+          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>51966</v>
+        <v>51965</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Cérémonie sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
+          <t>Inauguration de Charles VI (représenté par le marquis de Prié) comme duc de Brabant à Bruxelles, place des Bailles, en 1717 - la procession</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>47169</v>
+        <v>51966</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Cérémonie sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1720 - </t>
+          <t>1718 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>47170</v>
+        <v>47169</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Maître-autel de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Intérieur de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>47171</v>
+        <v>47170</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Élévation/coupe de la Chapelle de la Cour du Palais Ducal au Coudenberg - Côté tribune</t>
+          <t>Maître-autel de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>47172</v>
+        <v>47171</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Élévation/coupe de la Chapelle de la Cour du Palais Ducal au Coudenberg - Côté tribune</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>47173</v>
+        <v>47172</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>47174</v>
+        <v>47173</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Mausolée pour l'impératrice Éléonore</t>
+          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>48866</v>
+        <v>47174</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Décoration de la Grande Salle du Palais ducal au Coudenberg</t>
+          <t>Mausolée pour l'impératrice Éléonore</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>63254</v>
+        <v>48866</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Vue de Neder-Over-Heembeek</t>
+          <t>Décoration de la Grande Salle du Palais ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1725 - </t>
+          <t>1720 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, craie</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>64421</v>
+        <v>63254</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Château de Boitsfort</t>
+          <t>Vue de Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1727 - </t>
+          <t>1725 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, craie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>64414</v>
+        <v>64421</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet à Uccle</t>
+          <t>Château de Boitsfort</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1728 - </t>
+          <t>1727 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>52328</v>
+        <v>64414</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
+          <t>Le Vieux Cornet à Uccle</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1731 - </t>
+          <t>1728 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>crayon, papier, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>technique de dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>64448</v>
+        <v>52328</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Château de Coensborg, drève Sainte-Anne à Laeken </t>
+          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>51993</v>
+        <v>64448</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Cour intérieure du palais ducal, après l'incendie de la nuit du 3 au 4 février 1731</t>
+          <t>Château de Coensborg, drève Sainte-Anne à Laeken </t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, peint</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>51994</v>
+        <v>51993</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Ruines de l'ancienne cour du Palais ducal, vue extérieure </t>
+          <t>Cour intérieure du palais ducal, après l'incendie de la nuit du 3 au 4 février 1731</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>encre, aquarelle, papier</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis, dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>51996</v>
+        <v>51994</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais ducal et de l'abbaye</t>
+          <t>Ruines de l'ancienne cour du Palais ducal, vue extérieure </t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1731 - 1762</t>
+          <t>1731 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>encre, aquarelle, papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé , lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>64494</v>
+        <v>51996</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Château du baron de Poederlé à Laeken</t>
+          <t>Les ruines du Palais ducal et de l'abbaye</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1732 - </t>
+          <t>1731 - 1762</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>dessin, rehaussé , lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>51112</v>
+        <v>64494</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
+          <t>Château du baron de Poederlé à Laeken</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1732 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>51992</v>
+        <v>51112</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Ruines de la cour du palais du Coudenberg après l'incendie, vue intérieure </t>
+          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1734 - </t>
+          <t>1732 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé , peint</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>51110</v>
+        <v>51992</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Projet d'un nouveau pont au-dessus de la Senne au niveau de la Porte de Laeken </t>
+          <t>Ruines de la cour du palais du Coudenberg après l'incendie, vue intérieure </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1737 - </t>
+          <t>1734 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aquarelle</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis, rehaussé , peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>64462</v>
+        <v>51110</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Maison de plaisance près de Vleurgat à Ixelles</t>
+          <t>Projet d'un nouveau pont au-dessus de la Senne au niveau de la Porte de Laeken </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1743 - </t>
+          <t>1737 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, aquarelle</t>
+          <t>encre, papier, aquarelle</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>65929</v>
+        <v>64462</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
+          <t>Maison de plaisance près de Vleurgat à Ixelles</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1743 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>86749</v>
+        <v>65929</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
+          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Everaerts, C.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1755 - </t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>86750</v>
+        <v>86749</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Everaerts, C.</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1755 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>64432</v>
+        <v>86750</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>L'ancien château d'Aumale à Anderlecht</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Everaerts, C.</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1757 - </t>
+          <t>1755 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>42543</v>
+        <v>64432</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Miracle de la terre transformée en pain</t>
+          <t>L'ancien château d'Aumale à Anderlecht</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Thibou,  / Casteels,</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1762 - </t>
+          <t>1757 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>matière colorante</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>42544</v>
+        <v>42547</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Mort de saint Guidon</t>
+          <t>Miracle de l'Ange à la charue</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1762 - </t>
+          <t>1762 - -</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>42545</v>
+        <v>43037</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Translation des reliques de saint Guidon</t>
+          <t>Scène de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>42546</v>
+        <v>43038</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Secours de Guidon aux Pauvres</t>
+          <t>Scène de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>42547</v>
+        <v>43039</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Miracle de l'Ange à la charue</t>
+          <t>Adoration devant l'autel de saint Guidon</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1762 - -</t>
+          <t>1762 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>43037</v>
+        <v>42543</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Scène de la vie de saint Guidon</t>
+          <t>Miracle de la terre transformée en pain</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>43038</v>
+        <v>42544</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Scène de la vie de saint Guidon</t>
+          <t>Mort de saint Guidon</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>43039</v>
+        <v>42545</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Adoration devant l'autel de saint Guidon</t>
+          <t>Translation des reliques de saint Guidon</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>50644</v>
+        <v>42546</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
+          <t>Secours de Guidon aux Pauvres</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1762 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>matière colorante</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>51990</v>
+        <v>50644</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Vue des ruines de la vieille Cour, côté du Parc</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1774 - 1778</t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>technique de dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>51991</v>
+        <v>51990</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vue des ruines de la vieille Cour du palais du Coudenberg, côté place des Bailles</t>
+          <t>Vue des ruines de la vieille Cour, côté du Parc</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Lorent, François</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1774 - 1778</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>52244</v>
+        <v>51991</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>La porte du Rivage et le bassin des Barques</t>
+          <t>Vue des ruines de la vieille Cour du palais du Coudenberg, côté place des Bailles</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lorent, François</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1799</t>
+          <t>1774 - 1778</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>86789</v>
+        <v>52244</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Plan du Couvent des Riches Claires à Bruxelles</t>
+          <t>La porte du Rivage et le bassin des Barques</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D85" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1800</t>
+          <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>52221</v>
+        <v>86789</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Saint-Michel à Bruxelles</t>
+          <t>Plan du Couvent des Riches Claires à Bruxelles</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1778 - </t>
+          <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>36766</v>
+        <v>52221</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Vue de la place Saint-Michel à Bruxelles</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>van der Puyl, Louis François Gerard</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1778 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, crayon, toile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>52016</v>
+        <v>36766</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté parc</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Lorent, François</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
+          <t>1778 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, crayon, toile</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>36767</v>
+        <v>52016</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Le parc de Bruxelles, vu du côté de la rue de la Loi</t>
+          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté parc</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Lorent, François</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1780 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>63259</v>
+        <v>36767</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Porte de Namur, démolie en 1783</t>
+          <t>Le parc de Bruxelles, vu du côté de la rue de la Loi</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lorent, François</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1800</t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>crayon, encre, aquarelle</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>52265</v>
+        <v>63259</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective du Conseil de Brabant ou du Palais de la Nation</t>
+          <t>Vue de la Porte de Namur, démolie en 1783</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Guimard, Barnabé</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1784 - </t>
+          <t>1783 - 1800</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>65320</v>
+        <v>52265</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Destruction de l'église Saint-Géry</t>
+          <t>Vue perspective du Conseil de Brabant ou du Palais de la Nation</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Guimard, Barnabé</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1798 - 1801</t>
+          <t>1784 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, crayon, aquarelle</t>
+          <t>encre de chine, papier, encre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>51978</v>
+        <v>65320</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Vue d'une vieille tour des anciens remparts de Bruxelles et des démolitions de l'ancien Couvent des Anglaises</t>
+          <t>Destruction de l'église Saint-Géry</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1799 - </t>
+          <t>1798 - 1801</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, encre, encre de chine</t>
+          <t>encre, papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>52263</v>
+        <v>51978</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>L'église des Jésuites</t>
+          <t>Vue d'une vieille tour des anciens remparts de Bruxelles et des démolitions de l'ancien Couvent des Anglaises</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>François, Joseph-Célestin</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
+          <t>1799 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>aquarelle, papier, encre, encre de chine</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>99587</v>
+        <v>52263</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église Saints-Jean-et-Etienne aux Minimes</t>
+          <t>L'église des Jésuites</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Charlier,  C.</t>
+          <t>François, Joseph-Célestin</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1800 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>47075</v>
+        <v>99587</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Le Marquis d'Arconati passant en équipage devant le Parc de Bruxelles</t>
+          <t>Intérieur de l'église Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D96" s="2"/>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Charlier,  C.</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1810 - </t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aquarelle</t>
+          <t>crayon</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, rehaussé , peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>63060</v>
+        <v>47075</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Arbre avec médaillon : portrait du général Van der Noot</t>
+          <t>Le Marquis d'Arconati passant en équipage devant le Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D97" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1818 - </t>
+          <t>1810 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier, aquarelle</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin, rehaussé , peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>65047</v>
+        <v>63060</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Le palais des États généraux </t>
+          <t>Arbre avec médaillon : portrait du général Van der Noot</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Janssens, C. / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1822 - </t>
-[...2 lines deleted...]
-      <c r="F98" s="2"/>
+          <t>1818 - </t>
+        </is>
+      </c>
+      <c r="F98" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>64078</v>
+        <v>65047</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective du Théâtre Royal sur la place de la Monnaie</t>
+          <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Diez,  / Janssens, René</t>
+          <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1822 - </t>
+        </is>
+      </c>
+      <c r="F99" s="2"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>48853</v>
+        <v>64078</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective de la Place Royale</t>
+          <t>Vue perspective du Théâtre Royal sur la place de la Monnaie</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Janssens, C.</t>
+          <t>Diez,  / Janssens, René</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>48808</v>
+        <v>48853</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Travaux au jardin Botanique</t>
+          <t>Vue perspective de la Place Royale</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Janssens, C.</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1827 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>52233</v>
+        <v>48808</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Construction du jardin Botanique</t>
+          <t>Travaux au jardin Botanique</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1828 - </t>
+          <t>1827 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>51972</v>
+        <v>52233</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Marché devant l'Hôtel de Ville </t>
+          <t>Construction du jardin Botanique</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Cooper, Thomas Sidney</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>51974</v>
+        <v>51972</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Hal et les restes de la seconde enceinte</t>
+          <t>Marché devant l'Hôtel de Ville </t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Bossuet, François Antoine</t>
+          <t>Cooper, Thomas Sidney</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>52223</v>
+        <v>51974</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>La place Royale de Bruxelles</t>
+          <t>La Porte de Hal et les restes de la seconde enceinte</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>de Buisseret Pinzet, Comte</t>
+          <t>Bossuet, François Antoine</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1832 - </t>
+          <t>1828 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>69551</v>
+        <v>52223</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Sermon de mariage dans l'église Notre-Dame du Finistère</t>
+          <t>La place Royale de Bruxelles</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Monnier, Henry Bonaventure</t>
+          <t>de Buisseret Pinzet, Comte</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1834 - </t>
+          <t>1832 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>encre noire, crayon</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>69553</v>
+        <v>69551</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Chevaux dans la Senne en période d'étiage</t>
+          <t>Sermon de mariage dans l'église Notre-Dame du Finistère</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Inconnu (Ecole Anglaise)</t>
+          <t>Monnier, Henry Bonaventure</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1834 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, encre, gouache</t>
+          <t>encre noire, crayon</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>48732</v>
+        <v>69553</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Ganshoren</t>
+          <t>Chevaux dans la Senne en période d'étiage</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Van Moer, Jean-Baptiste</t>
+          <t>Inconnu (Ecole Anglaise)</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1837 - 1884</t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>crayon noir, encre, gouache</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>48790</v>
+        <v>48732</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Rhode-Saint-Génèse</t>
+          <t>Moulin de Ganshoren</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>84954</v>
+        <v>48790</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>La Roche Bayard, près de Dinant</t>
+          <t>Rhode-Saint-Génèse</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Montius, Edouard</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>52254</v>
+        <v>84954</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>La Tour Noire et la grande grue </t>
+          <t>La Roche Bayard, près de Dinant</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Montius, Edouard</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1847 - 1901</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, crayon, papier</t>
+          <t>papier, aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>47097</v>
+        <v>52254</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte, rue de la Montagne du Parc</t>
+          <t>La Tour Noire et la grande grue </t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1847 - 1901</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre de chine, crayon, papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>65816</v>
+        <v>47097</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Derniers moments du roi Léopold Ier à Laeken </t>
+          <t>Tour de la première enceinte, rue de la Montagne du Parc</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Ghémar, Louis-Joseph</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1847 - 1901</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, aquarelle, gouache</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>65943</v>
+        <v>65816</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Arrivée du cortège funèbre du roi Léopold Ier à l'ancienne église de Laeken </t>
+          <t>Derniers moments du roi Léopold Ier à Laeken </t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Ghémar, Louis-Joseph</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, gouache, carton, encre</t>
+          <t>encre, carton, aquarelle, gouache</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>86753</v>
+        <v>65943</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation et coupes longitudinale et transversale de la façade</t>
+          <t>Arrivée du cortège funèbre du roi Léopold Ier à l'ancienne église de Laeken </t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Charles</t>
+          <t>Ghémar, Louis-Joseph</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>aquarelle, gouache, carton, encre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>47094</v>
+        <v>86753</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation et coupes longitudinale et transversale de la façade</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Charles</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>47095</v>
+        <v>47094</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>peint, dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>77327</v>
+        <v>47095</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
+          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>van Buuren,  David</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>47098</v>
+        <v>77327</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Tour Anneessens près de la Steenpoort</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>74950</v>
+        <v>47098</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Épure pour une bonbonnière</t>
+          <t>Tour Anneessens près de la Steenpoort</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Collection Philippe et Marcel Wolfers</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>encre, gouache, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>74936</v>
+        <v>74950</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Épure pour une bonbonnière</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>47229</v>
+        <v>74936</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Restauration de la girouette de saint Michel descendu de la tour de l'Hotel de Ville</t>
+          <t>Épure pour une bonbonnière</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>52256</v>
+        <v>47229</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Le tour d'angle à la Steenpoort ou tour Anneessens restaurée en 1967</t>
+          <t>Restauration de la girouette de saint Michel descendu de la tour de l'Hotel de Ville</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
-[...2 lines deleted...]
-      <c r="F123" s="2"/>
+          <t>1896 - </t>
+        </is>
+      </c>
+      <c r="F123" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>50195</v>
+        <v>52256</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de l'Arc de Triomphe du parc du Cinquantenaire en 1905</t>
+          <t>Le tour d'angle à la Steenpoort ou tour Anneessens restaurée en 1967</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1901 - </t>
+        </is>
+      </c>
+      <c r="F124" s="2"/>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre de chine, encre, gouache, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé , lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>67455</v>
+        <v>50195</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Village en ruines </t>
+          <t>Inauguration de l'Arc de Triomphe du parc du Cinquantenaire en 1905</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Raty, Albert</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1970</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon, encre de chine, encre, gouache, papier</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, rehaussé , lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>39373</v>
+        <v>67455</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Éventail</t>
+          <t>Village en ruines </t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>De Paepe, Jules</t>
+          <t>Raty, Albert</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1907 - 1970</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>100208</v>
+        <v>39373</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Calèches dans le brouillard</t>
+          <t>Éventail</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Opsomer, Isidore</t>
+          <t>De Paepe, Jules</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, carton</t>
+          <t>papier, gouache</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>technique de peinture, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>67449</v>
+        <v>100208</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Vue du vieux Paris : musée de Cluny</t>
+          <t>Calèches dans le brouillard</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Doshery, Jean</t>
+          <t>Opsomer, Isidore</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>carton, encre noire</t>
+          <t>aquarelle, carton</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>86745</v>
+        <v>67449</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation des façades principale et latérale sud indiquant les restaurations (feuille n° 2)</t>
+          <t>Vue du vieux Paris : musée de Cluny</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Doshery, Jean</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>carton, encre noire</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>86746</v>
+        <v>86745</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : coupes longitudinale et transversale indiquant les restaurations (feuille n° 3)</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation des façades principale et latérale sud indiquant les restaurations (feuille n° 2)</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>86747</v>
+        <v>86746</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier indiquant les restaurations (feuille n° 1)</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : coupes longitudinale et transversale indiquant les restaurations (feuille n° 3)</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>67825</v>
+        <v>86747</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Cimetière de Laeken </t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier indiquant les restaurations (feuille n° 1)</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1935</t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>crayon, craie, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>42694</v>
+        <v>67825</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles (Rue Emile Féron)</t>
+          <t>Cimetière de Laeken </t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Werlemann, Carl</t>
+          <t>Malfait, François</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>crayon, craie, encre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>42695</v>
+        <v>42694</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
           <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>42696</v>
+        <v>42695</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>67736</v>
+        <v>42696</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Projet pour le monument aux victoires françaises de Fleurus</t>
+          <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>83958</v>
+        <v>67736</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Projet pour le monument aux victoires françaises de Fleurus</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
-[...2 lines deleted...]
-      <c r="F137" s="2"/>
+          <t>1936 - </t>
+        </is>
+      </c>
+      <c r="F137" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>83969</v>
+        <v>83958</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>La douairière</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F138" s="2"/>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>84015</v>
+        <v>83969</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Penseur</t>
+          <t>La douairière</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F139" s="2"/>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>36763</v>
+        <v>84015</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La rue aux Laines le 7 avril 1950 et les grilles du Palais de Justice</t>
+          <t>Penseur</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1950 - 1950</t>
+        </is>
+      </c>
+      <c r="F140" s="2"/>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>84002</v>
+        <v>36763</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille triste</t>
+          <t>La rue aux Laines le 7 avril 1950 et les grilles du Palais de Justice</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1954 - </t>
-[...2 lines deleted...]
-      <c r="F141" s="2"/>
+          <t>1950 - </t>
+        </is>
+      </c>
+      <c r="F141" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>83884</v>
+        <v>84002</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Indonésienne</t>
+          <t>Jeune fille triste</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1954 - </t>
         </is>
       </c>
       <c r="F142" s="2"/>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>95245</v>
+        <v>83884</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>La rentrée de la moisson</t>
+          <t>Indonésienne</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1957 - </t>
+        </is>
+      </c>
+      <c r="F143" s="2"/>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>71121</v>
+        <v>95245</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Otlet, au coin de la rue de Florence et de la rue de Livourne</t>
+          <t>La rentrée de la moisson</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>28154</v>
+        <v>71121</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Floraison en bleu (1963)</t>
+          <t>Hôtel Otlet, au coin de la rue de Florence et de la rue de Livourne</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Mortier, Antoine</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier, toile, aquarelle</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>56863</v>
+        <v>28154</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>Floraison en bleu (1963)</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Weyers, Anne-Marie</t>
+          <t>Mortier, Antoine</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1983 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, toile, aquarelle</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>94885</v>
+        <v>56863</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Face à l'avenir</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1983 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, aquarelle, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>lavis, technique mixte</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>68811</v>
+        <v>94885</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Lucien Frank, Coin au canal de Volendam, encre et lavis sur papier, s.d.</t>
+          <t>Face à l'avenir</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Frank, Lucien</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>peinture acrylique, aquarelle, papier</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
+        <v>68811</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>Lucien Frank, Coin au canal de Volendam, encre et lavis sur papier, s.d.</t>
+        </is>
+      </c>
+      <c r="C149" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Frank, Lucien</t>
+        </is>
+      </c>
+      <c r="E149" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F149" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G149" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre de chine</t>
+        </is>
+      </c>
+      <c r="H149" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="1" t="n">
         <v>41634</v>
       </c>
-      <c r="B149" s="2" t="inlineStr">
+      <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Etang de Rouge-Cloître</t>
         </is>
       </c>
-      <c r="C149" s="2" t="inlineStr">
+      <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
-      <c r="D149" s="2" t="inlineStr">
+      <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Ernould, Geneviève</t>
         </is>
       </c>
-      <c r="E149" s="2" t="inlineStr">
+      <c r="E150" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F149" s="2" t="inlineStr">
+      <c r="F150" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G149" s="2"/>
-      <c r="H149" s="2" t="inlineStr">
+      <c r="G150" s="2"/>
+      <c r="H150" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">