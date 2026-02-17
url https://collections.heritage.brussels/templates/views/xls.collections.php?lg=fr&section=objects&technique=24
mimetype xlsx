--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H150"/>
+  <dimension ref="A1:H154"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,5799 +179,5939 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>93546</v>
+        <v>83921</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Province de Malaga</t>
+          <t>L'oracle</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83987</v>
+        <v>83950</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Deux femmes</t>
+          <t>3 nus de femmes</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>84011</v>
+        <v>83976</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le troupeau</t>
+          <t>2 nus féminins</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>stylo-bille, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>66733</v>
+        <v>83977</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Projet de fontaine simulant Manneken-Pis</t>
+          <t>Couple et deux femmes enlacées</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Duquesnoy, François</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>79163</v>
+        <v>83983</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'exode</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>83832</v>
+        <v>83987</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Paysans aux champs</t>
+          <t>Deux femmes</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>83848</v>
+        <v>66733</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Avila</t>
+          <t>Projet de fontaine simulant Manneken-Pis</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Duquesnoy, François</t>
         </is>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>83851</v>
+        <v>84011</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>D'entre les morts</t>
+          <t>Le troupeau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E9" s="2"/>
-      <c r="F9" s="2"/>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>stylo-bille, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>83857</v>
+        <v>77691</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Buste vu de dos</t>
+          <t>Nele au rouet</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>83859</v>
+        <v>77708</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Ancienne église de Boitsfort</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2"/>
+      <c r="F11" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>83863</v>
+        <v>79163</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>L'exode</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E12" s="2"/>
-      <c r="F12" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>83870</v>
+        <v>83832</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysanne assise</t>
+          <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>83876</v>
+        <v>83848</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Paysan assis mangeant</t>
+          <t>Avila</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>83877</v>
+        <v>83851</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chevaux</t>
+          <t>D'entre les morts</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>83885</v>
+        <v>83857</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le chantier</t>
+          <t>Buste vu de dos</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>83921</v>
+        <v>83859</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'oracle</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>83950</v>
+        <v>83863</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>3 nus de femmes</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>83976</v>
+        <v>83870</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>2 nus féminins</t>
+          <t>Paysanne assise</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2"/>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>83977</v>
+        <v>83876</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Couple et deux femmes enlacées</t>
+          <t>Paysan assis mangeant</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>83983</v>
+        <v>83877</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Chevaux</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>52017</v>
+        <v>83885</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté place des Bailles</t>
+          <t>Le chantier</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E22" s="2"/>
-      <c r="F22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>50642</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>43821</v>
+        <v>52017</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean l'Evangéliste</t>
+          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté place des Bailles</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Maison d’Erasme et Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Dürer,  Albrecht</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lorent, François</t>
+        </is>
+      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, craie</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>43012</v>
+        <v>93546</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Sainte Famille avec saint Jean-Baptiste</t>
+          <t>Province de Malaga</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Reni, Guido</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>sanguine, encre</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>65113</v>
+        <v>43821</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et formule de serment des bateliers </t>
+          <t>Saint Jean l'Evangéliste</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Dürer,  Albrecht</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1501 - 1700</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>encre noire, parchemin</t>
+          <t>papier, craie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>51296</v>
+        <v>43012</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Façade de l'église des Jésuites à Bruxelles</t>
+          <t>Sainte Famille avec saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Franquart, Jacques</t>
+          <t>Reni, Guido</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1550 - 1600</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>sanguine, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>46996</v>
+        <v>65113</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
+          <t>Christ en croix et formule de serment des bateliers </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>encre noire, parchemin</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>48804</v>
+        <v>51296</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Panorama de la Ville de Bruxelles</t>
+          <t>Façade de l'église des Jésuites à Bruxelles</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Van Uden, Lucas</t>
+          <t>Franquart, Jacques</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1630 - 1650</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>46977</v>
+        <v>46996</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Projet autel Notre-Dame du Bon-Secours</t>
+          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Van Baurscheit , Jan Pieter I</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1680 - 1728</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>63937</v>
+        <v>48804</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Chaire de vérité</t>
+          <t>Panorama de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Verbruggen, Hendrik Frans</t>
+          <t>Van Uden, Lucas</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1696 - 1699</t>
+          <t>1630 - 1650</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>52258</v>
+        <v>46977</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Projet pour la maison des Boulangers sur la Grand-Place</t>
+          <t>Projet autel Notre-Dame du Bon-Secours</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Cousyns, J.</t>
+          <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1680 - 1728</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>63262</v>
+        <v>63937</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Vue du pont de Laeken</t>
+          <t>Chaire de vérité</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Verbruggen, Hendrik Frans</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1696 - 1699</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>51306</v>
+        <v>52258</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>La Maison de Iehan Baptista Houwaert (1533-1599) à Saint-Josse-ten-Noode</t>
+          <t>Projet pour la maison des Boulangers sur la Grand-Place</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Haeseleer, attribué à</t>
+          <t>Cousyns, J.</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>46997</v>
+        <v>63262</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Flandre</t>
+          <t>Vue du pont de Laeken</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>47445</v>
+        <v>51306</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
+          <t>La Maison de Iehan Baptista Houwaert (1533-1599) à Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Haeseleer, attribué à</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>47446</v>
+        <v>46997</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
+          <t>La Porte de Flandre</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>66418</v>
+        <v>47445</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
+          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Van Baurscheit , Jan Pieter I</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1718 - </t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>51954</v>
+        <v>47446</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
+          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Van Baurscheit , Jan Pieter I</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1718 - </t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>papier, aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>51955</v>
+        <v>66418</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>51956</v>
+        <v>51954</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine, papier, encre de chine</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>51957</v>
+        <v>51955</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>51958</v>
+        <v>51956</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier, encre de chine, papier, encre de chine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>51959</v>
+        <v>51957</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>51960</v>
+        <v>51958</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>51962</v>
+        <v>51959</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>51963</v>
+        <v>51960</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>51965</v>
+        <v>51962</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de Charles VI (représenté par le marquis de Prié) comme duc de Brabant à Bruxelles, place des Bailles, en 1717 - la procession</t>
+          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>51966</v>
+        <v>51963</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Cérémonie sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
+          <t>Procession sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>47169</v>
+        <v>51965</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Inauguration de Charles VI (représenté par le marquis de Prié) comme duc de Brabant à Bruxelles, place des Bailles, en 1717 - la procession</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1720 - </t>
+          <t>1718 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>47170</v>
+        <v>51966</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Maître-autel de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Cérémonie sur la place des Bailles pour l'Inauguration de Charles VI comme duc de Brabant (représenté par le marquis de Prié) </t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1720 - </t>
+          <t>1718 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>47171</v>
+        <v>48866</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Élévation/coupe de la Chapelle de la Cour du Palais Ducal au Coudenberg - Côté tribune</t>
+          <t>Décoration de la Grande Salle du Palais ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>47172</v>
+        <v>47169</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Intérieur de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>47173</v>
+        <v>47170</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
+          <t>Maître-autel de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>47174</v>
+        <v>47171</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Mausolée pour l'impératrice Éléonore</t>
+          <t>Élévation/coupe de la Chapelle de la Cour du Palais Ducal au Coudenberg - Côté tribune</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>48866</v>
+        <v>47172</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Décoration de la Grande Salle du Palais ducal au Coudenberg</t>
+          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1720 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>63254</v>
+        <v>47173</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Vue de Neder-Over-Heembeek</t>
+          <t>Plan de la Chapelle de la Cour du Palais Ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1725 - </t>
+          <t>1720 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, craie</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>64421</v>
+        <v>47174</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Château de Boitsfort</t>
+          <t>Mausolée pour l'impératrice Éléonore</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Van Baurscheit , Jan Pieter I</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1727 - </t>
+          <t>1720 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>64414</v>
+        <v>63254</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet à Uccle</t>
+          <t>Vue de Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1728 - </t>
+          <t>1725 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, encre</t>
+          <t>papier, encre, craie</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, lavis</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>52328</v>
+        <v>64421</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
+          <t>Château de Boitsfort</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1731 - </t>
+          <t>1727 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>64448</v>
+        <v>64414</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Château de Coensborg, drève Sainte-Anne à Laeken </t>
+          <t>Le Vieux Cornet à Uccle</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1731 - </t>
+          <t>1728 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>crayon, papier, encre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>technique de dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>51993</v>
+        <v>52328</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Cour intérieure du palais ducal, après l'incendie de la nuit du 3 au 4 février 1731</t>
+          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>51994</v>
+        <v>64448</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Ruines de l'ancienne cour du Palais ducal, vue extérieure </t>
+          <t>Château de Coensborg, drève Sainte-Anne à Laeken </t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>encre, aquarelle, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>51996</v>
+        <v>51993</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais ducal et de l'abbaye</t>
+          <t>Cour intérieure du palais ducal, après l'incendie de la nuit du 3 au 4 février 1731</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1731 - 1762</t>
+          <t>1731 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé , lavis</t>
+          <t>lavis, dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>64494</v>
+        <v>51994</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Château du baron de Poederlé à Laeken</t>
+          <t>Ruines de l'ancienne cour du Palais ducal, vue extérieure </t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1732 - </t>
+          <t>1731 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>encre, aquarelle, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>51112</v>
+        <v>51996</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
+          <t>Les ruines du Palais ducal et de l'abbaye</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1732 - </t>
+          <t>1731 - 1762</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, rehaussé , lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>51992</v>
+        <v>64494</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ruines de la cour du palais du Coudenberg après l'incendie, vue intérieure </t>
+          <t>Château du baron de Poederlé à Laeken</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1734 - </t>
+          <t>1732 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, aquarelle</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé , peint</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>51110</v>
+        <v>51112</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Projet d'un nouveau pont au-dessus de la Senne au niveau de la Porte de Laeken </t>
+          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1737 - </t>
+          <t>1732 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>64462</v>
+        <v>51992</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Maison de plaisance près de Vleurgat à Ixelles</t>
+          <t>Ruines de la cour du palais du Coudenberg après l'incendie, vue intérieure </t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1743 - </t>
+          <t>1734 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis, rehaussé , peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>65929</v>
+        <v>51110</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
+          <t>Projet d'un nouveau pont au-dessus de la Senne au niveau de la Porte de Laeken </t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1737 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>encre, papier, aquarelle</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>86749</v>
+        <v>64462</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
+          <t>Maison de plaisance près de Vleurgat à Ixelles</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Everaerts, C.</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1755 - </t>
+          <t>1743 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>86750</v>
+        <v>65929</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
+          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Everaerts, C.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1755 - </t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>64432</v>
+        <v>86749</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>L'ancien château d'Aumale à Anderlecht</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Derons, Ferdinand-Joseph</t>
+          <t>Everaerts, C.</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1757 - </t>
+          <t>1755 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>42547</v>
+        <v>86750</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Miracle de l'Ange à la charue</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier (n° 2)</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Thibou,  / Casteels,</t>
+          <t>Everaerts, C.</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1762 - -</t>
+          <t>1755 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>matière colorante</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>43037</v>
+        <v>64432</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Scène de la vie de saint Guidon</t>
+          <t>L'ancien château d'Aumale à Anderlecht</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Thibou,  / Casteels,</t>
+          <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1762 - </t>
+          <t>1757 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>matière colorante</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>43038</v>
+        <v>42543</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Scène de la vie de saint Guidon</t>
+          <t>Miracle de la terre transformée en pain</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43039</v>
+        <v>42544</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Adoration devant l'autel de saint Guidon</t>
+          <t>Mort de saint Guidon</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>42543</v>
+        <v>42545</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Miracle de la terre transformée en pain</t>
+          <t>Translation des reliques de saint Guidon</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>42544</v>
+        <v>42546</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Mort de saint Guidon</t>
+          <t>Secours de Guidon aux Pauvres</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>42545</v>
+        <v>42547</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Translation des reliques de saint Guidon</t>
+          <t>Miracle de l'Ange à la charue</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1762 - </t>
+          <t>1762 - -</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>42546</v>
+        <v>43037</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Secours de Guidon aux Pauvres</t>
+          <t>Scène de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1762 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>matière colorante</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>50644</v>
+        <v>43038</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
+          <t>Scène de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1762 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>matière colorante</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>51990</v>
+        <v>43039</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vue des ruines de la vieille Cour, côté du Parc</t>
+          <t>Adoration devant l'autel de saint Guidon</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>Thibou,  / Casteels,</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1774 - 1778</t>
+          <t>1762 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>matière colorante</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>51991</v>
+        <v>50644</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vue des ruines de la vieille Cour du palais du Coudenberg, côté place des Bailles</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1774 - 1778</t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>technique de dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>52244</v>
+        <v>51990</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>La porte du Rivage et le bassin des Barques</t>
+          <t>Vue des ruines de la vieille Cour, côté du Parc</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lorent, François</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1799</t>
+          <t>1774 - 1778</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>86789</v>
+        <v>51991</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Plan du Couvent des Riches Claires à Bruxelles</t>
+          <t>Vue des ruines de la vieille Cour du palais du Coudenberg, côté place des Bailles</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D86" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Lorent, François</t>
+        </is>
+      </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1800</t>
+          <t>1774 - 1778</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>52221</v>
+        <v>52244</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Saint-Michel à Bruxelles</t>
+          <t>La porte du Rivage et le bassin des Barques</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>van der Puyl, Louis François Gerard</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1778 - </t>
+          <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>36766</v>
+        <v>86789</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Plan du Couvent des Riches Claires à Bruxelles</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1778 - </t>
+          <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, crayon, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>52016</v>
+        <v>52221</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté parc</t>
+          <t>Vue de la place Saint-Michel à Bruxelles</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Lorent, François</t>
+          <t>van der Puyl, Louis François Gerard</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
+          <t>1778 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>36767</v>
+        <v>36766</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Le parc de Bruxelles, vu du côté de la rue de la Loi</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Lorent, François</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
+          <t>1778 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre, aquarelle</t>
+          <t>aquarelle, encre, crayon, toile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>63259</v>
+        <v>36767</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Porte de Namur, démolie en 1783</t>
+          <t>Le parc de Bruxelles, vu du côté de la rue de la Loi</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lorent, François</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1800</t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>crayon, encre, aquarelle</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>52265</v>
+        <v>52016</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective du Conseil de Brabant ou du Palais de la Nation</t>
+          <t>La vieille cour du palais du Coudenberg avant l'incendie, côté parc</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Guimard, Barnabé</t>
+          <t>Lorent, François</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1784 - </t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>65320</v>
+        <v>63259</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Destruction de l'église Saint-Géry</t>
+          <t>Vue de la Porte de Namur, démolie en 1783</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1798 - 1801</t>
+          <t>1783 - 1800</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, crayon, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>51978</v>
+        <v>52265</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Vue d'une vieille tour des anciens remparts de Bruxelles et des démolitions de l'ancien Couvent des Anglaises</t>
+          <t>Vue perspective du Conseil de Brabant ou du Palais de la Nation</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Guimard, Barnabé</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1799 - </t>
+          <t>1784 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, encre, encre de chine</t>
+          <t>encre de chine, papier, encre</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>52263</v>
+        <v>65320</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>L'église des Jésuites</t>
+          <t>Destruction de l'église Saint-Géry</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>François, Joseph-Célestin</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
+          <t>1798 - 1801</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>encre, papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>99587</v>
+        <v>51978</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Vue d'une vieille tour des anciens remparts de Bruxelles et des démolitions de l'ancien Couvent des Anglaises</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Charlier,  C.</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1799 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>aquarelle, papier, encre, encre de chine</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>47075</v>
+        <v>52263</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Le Marquis d'Arconati passant en équipage devant le Parc de Bruxelles</t>
+          <t>L'église des Jésuites</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D97" s="2"/>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>François, Joseph-Célestin</t>
+        </is>
+      </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1810 - </t>
+          <t>1800 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aquarelle</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, rehaussé , peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>63060</v>
+        <v>99587</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Arbre avec médaillon : portrait du général Van der Noot</t>
+          <t>Intérieur de l'église Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Charlier,  C.</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1818 - </t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>crayon</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>65047</v>
+        <v>47075</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Le palais des États généraux </t>
+          <t>Le Marquis d'Arconati passant en équipage devant le Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D99" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1822 - </t>
-[...2 lines deleted...]
-      <c r="F99" s="2"/>
+          <t>1810 - </t>
+        </is>
+      </c>
+      <c r="F99" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier, aquarelle</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>lavis, dessin, rehaussé , peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>64078</v>
+        <v>63060</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective du Théâtre Royal sur la place de la Monnaie</t>
+          <t>Arbre avec médaillon : portrait du général Van der Noot</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Diez,  / Janssens, René</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1818 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>48853</v>
+        <v>65047</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective de la Place Royale</t>
+          <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Janssens, C.</t>
+          <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1822 - </t>
+        </is>
+      </c>
+      <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>48808</v>
+        <v>64078</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Travaux au jardin Botanique</t>
+          <t>Vue perspective du Théâtre Royal sur la place de la Monnaie</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Diez,  / Janssens, René</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1827 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>52233</v>
+        <v>48853</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Construction du jardin Botanique</t>
+          <t>Vue perspective de la Place Royale</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Vitzthumb, Paul</t>
+          <t>Janssens, C.</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1828 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>51972</v>
+        <v>48808</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Marché devant l'Hôtel de Ville </t>
+          <t>Travaux au jardin Botanique</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Cooper, Thomas Sidney</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1828 - </t>
+          <t>1827 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>51974</v>
+        <v>52233</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Hal et les restes de la seconde enceinte</t>
+          <t>Construction du jardin Botanique</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Bossuet, François Antoine</t>
+          <t>Vitzthumb, Paul</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>52223</v>
+        <v>51972</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>La place Royale de Bruxelles</t>
+          <t>Marché devant l'Hôtel de Ville </t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>de Buisseret Pinzet, Comte</t>
+          <t>Cooper, Thomas Sidney</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1832 - </t>
+          <t>1828 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>69551</v>
+        <v>51974</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Sermon de mariage dans l'église Notre-Dame du Finistère</t>
+          <t>La Porte de Hal et les restes de la seconde enceinte</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Monnier, Henry Bonaventure</t>
+          <t>Bossuet, François Antoine</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1834 - </t>
+          <t>1828 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>encre noire, crayon</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>69553</v>
+        <v>52223</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Chevaux dans la Senne en période d'étiage</t>
+          <t>La place Royale de Bruxelles</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Inconnu (Ecole Anglaise)</t>
+          <t>de Buisseret Pinzet, Comte</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1832 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, encre, gouache</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>48732</v>
+        <v>69551</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Ganshoren</t>
+          <t>Sermon de mariage dans l'église Notre-Dame du Finistère</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Van Moer, Jean-Baptiste</t>
+          <t>Monnier, Henry Bonaventure</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1837 - 1884</t>
+          <t>1834 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre noire, crayon</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>48790</v>
+        <v>69553</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Rhode-Saint-Génèse</t>
+          <t>Chevaux dans la Senne en période d'étiage</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Van Moer, Jean-Baptiste</t>
+          <t>Inconnu (Ecole Anglaise)</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1837 - 1884</t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>crayon noir, encre, gouache</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>84954</v>
+        <v>48732</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>La Roche Bayard, près de Dinant</t>
+          <t>Moulin de Ganshoren</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Montius, Edouard</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>52254</v>
+        <v>48790</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La Tour Noire et la grande grue </t>
+          <t>Rhode-Saint-Génèse</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1847 - 1901</t>
+          <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, crayon, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>47097</v>
+        <v>84954</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte, rue de la Montagne du Parc</t>
+          <t>La Roche Bayard, près de Dinant</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Montius, Edouard</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1847 - 1901</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>65816</v>
+        <v>52254</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Derniers moments du roi Léopold Ier à Laeken </t>
+          <t>La Tour Noire et la grande grue </t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Ghémar, Louis-Joseph</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1847 - 1901</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, aquarelle, gouache</t>
+          <t>encre de chine, crayon, papier</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>65943</v>
+        <v>47097</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Arrivée du cortège funèbre du roi Léopold Ier à l'ancienne église de Laeken </t>
+          <t>Tour de la première enceinte, rue de la Montagne du Parc</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Ghémar, Louis-Joseph</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1847 - 1901</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, gouache, carton, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>86753</v>
+        <v>65816</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation et coupes longitudinale et transversale de la façade</t>
+          <t>Derniers moments du roi Léopold Ier à Laeken </t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Charles</t>
+          <t>Ghémar, Louis-Joseph</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre, carton, aquarelle, gouache</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>47094</v>
+        <v>65943</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
+          <t>Arrivée du cortège funèbre du roi Léopold Ier à l'ancienne église de Laeken </t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Ghémar, Louis-Joseph</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, gouache, carton, encre</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin, lavis</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>47095</v>
+        <v>86753</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation et coupes longitudinale et transversale de la façade</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Charles</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>77327</v>
+        <v>47094</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
+          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>van Buuren,  David</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint, dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>47098</v>
+        <v>47095</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Tour Anneessens près de la Steenpoort</t>
+          <t>Partie de la première enceinte de Bruxelles, rue du Chêne</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>74950</v>
+        <v>77327</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Épure pour une bonbonnière</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Collection Philippe et Marcel Wolfers</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>encre, gouache, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>74936</v>
+        <v>47098</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Épure pour une bonbonnière</t>
+          <t>Tour Anneessens près de la Steenpoort</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Collection Philippe et Marcel Wolfers</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>encre, gouache, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>47229</v>
+        <v>74950</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Restauration de la girouette de saint Michel descendu de la tour de l'Hotel de Ville</t>
+          <t>Épure pour une bonbonnière</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>52256</v>
+        <v>74936</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Le tour d'angle à la Steenpoort ou tour Anneessens restaurée en 1967</t>
+          <t>Épure pour une bonbonnière</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Puttaert, Émile</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
-[...2 lines deleted...]
-      <c r="F124" s="2"/>
+          <t>1896 - </t>
+        </is>
+      </c>
+      <c r="F124" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>50195</v>
+        <v>47229</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de l'Arc de Triomphe du parc du Cinquantenaire en 1905</t>
+          <t>Restauration de la girouette de saint Michel descendu de la tour de l'Hotel de Ville</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre de chine, encre, gouache, papier</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé , lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>67455</v>
+        <v>52256</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Village en ruines </t>
+          <t>Le tour d'angle à la Steenpoort ou tour Anneessens restaurée en 1967</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Raty, Albert</t>
+          <t>Puttaert, Émile</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1970</t>
-[...6 lines deleted...]
-      </c>
+          <t>1901 - </t>
+        </is>
+      </c>
+      <c r="F126" s="2"/>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, peint, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>39373</v>
+        <v>50195</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Éventail</t>
+          <t>Inauguration de l'Arc de Triomphe du parc du Cinquantenaire en 1905</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>De Paepe, Jules</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache</t>
+          <t>crayon, encre de chine, encre, gouache, papier</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, lavis</t>
+          <t>dessin, rehaussé , lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>100208</v>
+        <v>67455</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Calèches dans le brouillard</t>
+          <t>Village en ruines </t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Opsomer, Isidore</t>
+          <t>Raty, Albert</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1907 - 1970</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, carton</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, peint</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>67449</v>
+        <v>39373</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Vue du vieux Paris : musée de Cluny</t>
+          <t>Éventail</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Doshery, Jean</t>
+          <t>De Paepe, Jules</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>carton, encre noire</t>
+          <t>papier, gouache</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de peinture, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>86745</v>
+        <v>100208</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation des façades principale et latérale sud indiquant les restaurations (feuille n° 2)</t>
+          <t>Calèches dans le brouillard</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D130" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Opsomer, Isidore</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, carton</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, lavis, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>86746</v>
+        <v>67449</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : coupes longitudinale et transversale indiquant les restaurations (feuille n° 3)</t>
+          <t>Vue du vieux Paris : musée de Cluny</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D131" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Doshery, Jean</t>
+        </is>
+      </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>carton, encre noire</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>86747</v>
+        <v>86745</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier indiquant les restaurations (feuille n° 1)</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : élévation des façades principale et latérale sud indiquant les restaurations (feuille n° 2)</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>67825</v>
+        <v>86746</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Cimetière de Laeken </t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : coupes longitudinale et transversale indiquant les restaurations (feuille n° 3)</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1935</t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>crayon, craie, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin, rehaussé</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>42694</v>
+        <v>86747</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles (Rue Emile Féron)</t>
+          <t>Plan de l’église Saint-Clément de Watermael-Boitsfort : plan terrier indiquant les restaurations (feuille n° 1)</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>plan d'architecture</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>42695</v>
+        <v>67825</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles (Rue Emile Féron)</t>
+          <t>Cimetière de Laeken </t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Werlemann, Carl</t>
+          <t>Malfait, François</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>crayon, craie, encre</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis, dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>42696</v>
+        <v>42694</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>67736</v>
+        <v>42695</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Projet pour le monument aux victoires françaises de Fleurus</t>
+          <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>83958</v>
+        <v>42696</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Saint-Gilles (Rue Emile Féron)</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Werlemann, Carl</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
-[...2 lines deleted...]
-      <c r="F138" s="2"/>
+          <t>1933 - </t>
+        </is>
+      </c>
+      <c r="F138" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>83969</v>
+        <v>67736</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>La douairière</t>
+          <t>Projet pour le monument aux victoires françaises de Fleurus</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
-[...2 lines deleted...]
-      <c r="F139" s="2"/>
+          <t>1936 - </t>
+        </is>
+      </c>
+      <c r="F139" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>84015</v>
+        <v>83958</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Penseur</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F140" s="2"/>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>36763</v>
+        <v>83969</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>La rue aux Laines le 7 avril 1950 et les grilles du Palais de Justice</t>
+          <t>La douairière</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1949 - </t>
+        </is>
+      </c>
+      <c r="F141" s="2"/>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>84002</v>
+        <v>84015</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille triste</t>
+          <t>Penseur</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1954 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F142" s="2"/>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>83884</v>
+        <v>36763</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Indonésienne</t>
+          <t>La rue aux Laines le 7 avril 1950 et les grilles du Palais de Justice</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
-[...2 lines deleted...]
-      <c r="F143" s="2"/>
+          <t>1950 - </t>
+        </is>
+      </c>
+      <c r="F143" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>95245</v>
+        <v>84002</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>La rentrée de la moisson</t>
+          <t>Jeune fille triste</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1954 - </t>
+        </is>
+      </c>
+      <c r="F144" s="2"/>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>71121</v>
+        <v>83884</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Otlet, au coin de la rue de Florence et de la rue de Livourne</t>
+          <t>Indonésienne</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1957 - </t>
+        </is>
+      </c>
+      <c r="F145" s="2"/>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier, encre de chine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>28154</v>
+        <v>71121</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Floraison en bleu (1963)</t>
+          <t>Hôtel Otlet, au coin de la rue de Florence et de la rue de Livourne</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Mortier, Antoine</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>papier, toile, aquarelle</t>
+          <t>papier, encre de chine</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>56863</v>
+        <v>95245</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>La rentrée de la moisson</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Weyers, Anne-Marie</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1983 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>94885</v>
+        <v>28154</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Face à l'avenir</t>
+          <t>Floraison en bleu (1963)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Mortier, Antoine</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, aquarelle, papier</t>
+          <t>papier, toile, aquarelle</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>lavis, technique mixte</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>68811</v>
+        <v>77716</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Lucien Frank, Coin au canal de Volendam, encre et lavis sur papier, s.d.</t>
+          <t>Femme 1967</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Frank, Lucien</t>
+          <t>Somville, Roger</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G149" s="2"/>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
+        <v>56863</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>Maternité</t>
+        </is>
+      </c>
+      <c r="C150" s="2" t="inlineStr">
+        <is>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Weyers, Anne-Marie</t>
+        </is>
+      </c>
+      <c r="E150" s="2" t="inlineStr">
+        <is>
+          <t>1983 - </t>
+        </is>
+      </c>
+      <c r="F150" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G150" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H150" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="1" t="n">
+        <v>94885</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>Face à l'avenir</t>
+        </is>
+      </c>
+      <c r="C151" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Dubrunfaut, Edmond</t>
+        </is>
+      </c>
+      <c r="E151" s="2" t="inlineStr">
+        <is>
+          <t>1993 - </t>
+        </is>
+      </c>
+      <c r="F151" s="2" t="inlineStr">
+        <is>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G151" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H151" s="2" t="inlineStr">
+        <is>
+          <t>lavis, technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="1" t="n">
+        <v>77672</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>Le beau chantier de la petite ceinture</t>
+        </is>
+      </c>
+      <c r="C152" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Quinet, Mig (Irma)</t>
+        </is>
+      </c>
+      <c r="E152" s="2" t="inlineStr">
+        <is>
+          <t>1996 - </t>
+        </is>
+      </c>
+      <c r="F152" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="1" t="n">
+        <v>68811</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>Lucien Frank, Coin au canal de Volendam, encre et lavis sur papier, s.d.</t>
+        </is>
+      </c>
+      <c r="C153" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Frank, Lucien</t>
+        </is>
+      </c>
+      <c r="E153" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F153" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre de chine</t>
+        </is>
+      </c>
+      <c r="H153" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="1" t="n">
         <v>41634</v>
       </c>
-      <c r="B150" s="2" t="inlineStr">
+      <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Etang de Rouge-Cloître</t>
         </is>
       </c>
-      <c r="C150" s="2" t="inlineStr">
+      <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
-      <c r="D150" s="2" t="inlineStr">
+      <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Ernould, Geneviève</t>
         </is>
       </c>
-      <c r="E150" s="2" t="inlineStr">
+      <c r="E154" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F150" s="2" t="inlineStr">
+      <c r="F154" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G150" s="2"/>
-      <c r="H150" s="2" t="inlineStr">
+      <c r="G154" s="2"/>
+      <c r="H154" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">