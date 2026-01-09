--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -699,120 +699,120 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>53618</v>
+        <v>47793</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
+          <t>Rooland, A.</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1794</t>
+          <t>1776 - 1790</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>47793</v>
+        <v>53618</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Rooland, A.</t>
+          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1790</t>
+          <t>1776 - 1794</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>50507</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Plan topographique de Bruxelles et ses environs en 1777</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Dupuis, L.A. / Ferrarris</t>
@@ -2127,125 +2127,125 @@
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>crayon, encre, gouache, aquarelle, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique de dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>64938</v>
+        <v>73358</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Tour Anneessens</t>
+          <t>Épure pour une parure</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Vereycken , Hubert</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1964</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon noir</t>
+          <t>crayon, encre, gouache, aquarelle, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , dessin, peint</t>
+          <t>technique de dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>73358</v>
+        <v>64938</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Épure pour une parure</t>
+          <t>Tour Anneessens</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Collection Philippe et Marcel Wolfers</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Vereycken , Hubert</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1964</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre, gouache, aquarelle, papier</t>
+          <t>papier, aquarelle, crayon noir</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, rehaussé</t>
+          <t>rehaussé , dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>57543</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>L'ancienne maison des boulangers, Grand-Place, devenue Grand Magasin d'articles de ménage</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1902 - 1940</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
@@ -2763,115 +2763,115 @@
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>crayon, craie, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>45549</v>
+        <v>45542</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Perspective de maison double avenue du Parc de Woluwe à Auderghem</t>
+          <t>Dessin pour un immeuble de rapport avenue Emile Demot à Bruxelles</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>François, Lucien</t>
+          <t>Derée, Henri</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>archives, dessin</t>
+          <t>archives, plan d'architecture, dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>45542</v>
+        <v>45549</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Dessin pour un immeuble de rapport avenue Emile Demot à Bruxelles</t>
+          <t>Perspective de maison double avenue du Parc de Woluwe à Auderghem</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Derée, Henri</t>
+          <t>François, Lucien</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>archives, plan d'architecture, dessin</t>
+          <t>archives, dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>45534</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Projet de Grand hall de réception pour l'Académie des Beaux-Arts de Bruxelles</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
@@ -3043,236 +3043,236 @@
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>65635</v>
+        <v>68863</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Propreté publique</t>
+          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>encre, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>linogravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>68863</v>
+        <v>65635</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
+          <t>Propreté publique</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, aquarelle</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>linogravure, rehaussé</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>45543</v>
+        <v>45535</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Perspective pour un immeuble à appartements d’angle, rue Franz Merjay à Ixelles</t>
+          <t>Projet d’affiche publicitaire réalisé à l’Institut supérieur des arts décoratifs – La Cambre</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
-      <c r="D76" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>archives, dessin</t>
+          <t>archives, affiche, dessin</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier, peinture</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>45561</v>
+        <v>45543</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Dessin pour un projet de Planetarium pour l’Exposition universelle de 1935 </t>
+          <t>Perspective pour un immeuble à appartements d’angle, rue Franz Merjay à Ixelles</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Van Nueten, Charles</t>
+          <t>De Vestel, Lucien</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon de couleur, encre</t>
+          <t>papier, peinture</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>45535</v>
+        <v>45561</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Projet d’affiche publicitaire réalisé à l’Institut supérieur des arts décoratifs – La Cambre</t>
+          <t>Dessin pour un projet de Planetarium pour l’Exposition universelle de 1935 </t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Van Nueten, Charles</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>archives, affiche, dessin</t>
+          <t>archives, dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, crayon de couleur, encre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
         <v>52224</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Projet pour la Bibliothèque Royale</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Jasinski, Stanislas</t>