--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -219,205 +219,205 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t> - 2002</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre, crayon de couleur</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique photographique, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>88738</v>
+        <v>50505</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1572 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>eau-forte, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>50505</v>
+        <v>88738</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1572 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, rehaussé</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>65113</v>
+        <v>51294</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et formule de serment des bateliers </t>
+          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>encre noire, parchemin</t>
+          <t>aquarelle, papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>51294</v>
+        <v>65113</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
+          <t>Christ en croix et formule de serment des bateliers </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, encre</t>
+          <t>encre noire, parchemin</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>54610</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>La Cour de Bruxelles au Coudenberg</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Blaeu, Joan</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1649 - </t>
@@ -699,120 +699,120 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>47793</v>
+        <v>53618</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Rooland, A.</t>
+          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1790</t>
+          <t>1776 - 1794</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>53618</v>
+        <v>47793</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
+          <t>Rooland, A.</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1794</t>
+          <t>1776 - 1790</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>50507</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Plan topographique de Bruxelles et ses environs en 1777</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Dupuis, L.A. / Ferrarris</t>
@@ -935,125 +935,125 @@
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Rogers, R.</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1787 - </t>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>rehaussé , technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>66541</v>
+        <v>51291</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Démolition de l'église Saint-Géry en l'an IX </t>
+          <t>Vue intérieure de l'église Saint-Géry</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Assche, Henri</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1800 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>dessin, peint, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>51291</v>
+        <v>66541</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Vue intérieure de l'église Saint-Géry</t>
+          <t>Démolition de l'église Saint-Géry en l'an IX </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Assche, Henri</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1800 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint, rehaussé</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>47075</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Le Marquis d'Arconati passant en équipage devant le Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1810 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
@@ -1656,51 +1656,51 @@
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>40281</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Le baiser</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Van Gogh, Vincent</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1853 - 1890</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
@@ -2403,125 +2403,125 @@
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1906 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>76964</v>
+        <v>47126</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Quatre personnages de l'Ommegang</t>
+          <t>Chasseur volontaire bourgeois de Bruxelles 1830</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1965</t>
+          <t>1907 - 1955</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon noir, aquarelle</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , dessin</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>47126</v>
+        <v>76964</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Chasseur volontaire bourgeois de Bruxelles 1830</t>
+          <t>Quatre personnages de l'Ommegang</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1955</t>
+          <t>1907 - 1965</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>rehaussé , dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>45526</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Plan du rez de chaussée de l'ancien Institut pour infirmière "Edith Cavell" à Uccle</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Dewin, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
@@ -2563,120 +2563,120 @@
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>crayon, matière colorante</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>64579</v>
+        <v>45544</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Portrait du Marquis de Villalobar (1864-1926)</t>
+          <t>Dessin de façade de la maison de Mme Wolfers-Petrucci à Ixelles</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Van Haelen, Henri</t>
+          <t>Eggericx, Jean-Jules</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>archives, dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, peinture</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>45544</v>
+        <v>64579</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Dessin de façade de la maison de Mme Wolfers-Petrucci à Ixelles</t>
+          <t>Portrait du Marquis de Villalobar (1864-1926)</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Eggericx, Jean-Jules</t>
+          <t>Van Haelen, Henri</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>archives, dessin</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, peinture</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>45541</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Dessin du studio de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
@@ -2923,356 +2923,356 @@
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>dessin, archives, plan d'architecture</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>57594</v>
+        <v>45554</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Dessin pour le projet de la section belge pour l’Exposition coloniale internationale de Paris de 1931</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Lacoste, Henry</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>45554</v>
+        <v>45555</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Dessin pour le projet de la section belge pour l’Exposition coloniale internationale de Paris de 1931</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Lacoste, Henry</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>45555</v>
+        <v>57594</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Dessin pour le projet de la section belge pour l’Exposition coloniale internationale de Paris de 1931</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Lacoste, Henry</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>68863</v>
+        <v>65635</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
+          <t>Propreté publique</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, aquarelle</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>linogravure, rehaussé</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>65635</v>
+        <v>68863</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Propreté publique</t>
+          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>encre, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>linogravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>45535</v>
+        <v>45543</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Projet d’affiche publicitaire réalisé à l’Institut supérieur des arts décoratifs – La Cambre</t>
+          <t>Perspective pour un immeuble à appartements d’angle, rue Franz Merjay à Ixelles</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
-      <c r="D76" s="2"/>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>De Vestel, Lucien</t>
+        </is>
+      </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>archives, affiche, dessin</t>
+          <t>archives, dessin</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, peinture</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>45543</v>
+        <v>45561</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Perspective pour un immeuble à appartements d’angle, rue Franz Merjay à Ixelles</t>
+          <t>Dessin pour un projet de Planetarium pour l’Exposition universelle de 1935 </t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>De Vestel, Lucien</t>
+          <t>Van Nueten, Charles</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>papier, peinture</t>
+          <t>papier, crayon de couleur, encre</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>45561</v>
+        <v>45535</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Dessin pour un projet de Planetarium pour l’Exposition universelle de 1935 </t>
+          <t>Projet d’affiche publicitaire réalisé à l’Institut supérieur des arts décoratifs – La Cambre</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
-      <c r="D78" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>archives, dessin</t>
+          <t>archives, affiche, dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon de couleur, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
         <v>52224</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Projet pour la Bibliothèque Royale</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Jasinski, Stanislas</t>