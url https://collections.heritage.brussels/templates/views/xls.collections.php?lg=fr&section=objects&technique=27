--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -179,237 +179,237 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39586</v>
+        <v>70594</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Schaerbeek</t>
+          <t>Gobelet en verre gravé A. De Craen</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>40632</v>
+        <v>70596</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Veilleuse insecte</t>
+          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>70594</v>
+        <v>83809</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Gobelet en verre gravé A. De Craen</t>
+          <t>Les fleurs</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D4" s="2"/>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>Aubry, M. L.</t>
+        </is>
+      </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>70596</v>
+        <v>50844</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
+          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>83809</v>
+        <v>40632</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les fleurs</t>
+          <t>Veilleuse insecte</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Aubry, M. L.</t>
+          <t>Daum Frères</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2"/>
-      <c r="G6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>objet pour l'éclairage</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>pâte de verre</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>50844</v>
+        <v>39586</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
+          <t>Schaerbeek</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D7" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D7" s="2" t="inlineStr">
+        <is>
+          <t>Swaenepoel, G</t>
+        </is>
+      </c>
       <c r="E7" s="2"/>
-      <c r="F7" s="2"/>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>objet décoratif ou de rangement</t>
+        </is>
+      </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>43651</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>crucifix</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1301 - 1400</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
@@ -983,153 +983,153 @@
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1800 - 1850</t>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11371</v>
+        <v>86879</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>candélabre d'église</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>99532</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laiton, bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>86879</v>
+        <v>11371</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>candélabre d'église</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>moulé, doré</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>36889</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
@@ -1499,153 +1499,153 @@
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99743</v>
+        <v>93392</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique des métaux, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>93392</v>
+        <v>93394</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>93394</v>
+        <v>99743</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>99711</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1852 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -1719,783 +1719,783 @@
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Maréchal-Champigneulle</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>40591</v>
+        <v>46758</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Orchidées</t>
+          <t>Buste de J.W. Wilson</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>De Vigne, Paul / Gruet, Charles-Adolphe</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>verre, émail</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>46758</v>
+        <v>46823</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Buste de J.W. Wilson</t>
+          <t>Monument Wilson</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>De Vigne, Paul / Gruet, Charles-Adolphe</t>
+          <t>De Vigne, Paul</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>groupe sculpté</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>46823</v>
+        <v>40591</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Monument Wilson</t>
+          <t>Orchidées</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>De Vigne, Paul</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>verre, émail</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>fondu</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>59875</v>
+        <v>46838</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Allégorie des arts : la musique, la peinture la sculpture, l'architecture</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D48" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>De Groot, Guillaume</t>
+        </is>
+      </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>46838</v>
+        <v>59875</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Allégorie des arts : la musique, la peinture la sculpture, l'architecture</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>fondu</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>40578</v>
+        <v>40587</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Une Rose me dit : devine... Et je répondis : Amour!</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>40584</v>
+        <v>40590</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Magnolia Grandiflora</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>40585</v>
+        <v>40592</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Vase rouleau</t>
+          <t>Vase à décor oriental</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>40586</v>
+        <v>40593</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Papillons de nuit</t>
+          <t>Cabochons</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, or</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>40587</v>
+        <v>40578</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Une Rose me dit : devine... Et je répondis : Amour!</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40590</v>
+        <v>40584</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Magnolia Grandiflora</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40592</v>
+        <v>40585</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Vase à décor oriental</t>
+          <t>Vase rouleau</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>40593</v>
+        <v>40586</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Cabochons</t>
+          <t>Papillons de nuit</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>verre, or</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>40581</v>
+        <v>11464</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Ensemble de vases Art Nouveau</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11464</v>
+        <v>40581</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de vases Art Nouveau</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D59" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>40573</v>
+        <v>43543</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>L'Orge</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>40583</v>
+        <v>70940</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Nénuphar</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Dobbelaere,  / Roderburg</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>43543</v>
+        <v>40573</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>L'Orge</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D62" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>70940</v>
+        <v>40583</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>Nénuphar</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Dobbelaere,  / Roderburg</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>40572</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Soldanelle des Alpes</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
@@ -2547,205 +2547,205 @@
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>verre, argent</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11460</v>
+        <v>66346</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>L'offrande</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Dupagne, Arthur</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - 1961</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>bois, plomb, verre</t>
+          <t>plâtre, or</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique du verre, technique du vitrail</t>
+          <t>moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>66346</v>
+        <v>11460</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>L'offrande</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Dupagne, Arthur</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1961</t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>plâtre, or</t>
+          <t>bois, plomb, verre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>moulé, doré</t>
+          <t>technique du verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>40577</v>
+        <v>40646</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Nymphéas</t>
+          <t>Sans titre. Plafonnier boule orange</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, bronze</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>40580</v>
+        <v>40645</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Sans titre. Plafonnier boule jaune</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>40601</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Vase irisé jaune et bleu</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
@@ -2907,697 +2907,697 @@
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>40645</v>
+        <v>40577</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule jaune</t>
+          <t>Nymphéas</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>filigrané [verre]</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>40646</v>
+        <v>40580</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule orange</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>filigrané [verre]</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>40567</v>
+        <v>43655</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>cruche</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Pompe,  Robert</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>40574</v>
+        <v>88163</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>40576</v>
+        <v>95684</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>chandelier de chœur, lutrin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11370</v>
+        <v>95701</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>porte-cierges en couronne</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>taillé [verre], soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>40603</v>
+        <v>95702</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or et pied brun</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11375</v>
+        <v>96809</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>moulé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11376</v>
+        <v>11370</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>verres</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>or, verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>doré, soufflé</t>
+          <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11901</v>
+        <v>40603</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bouteilles de bières bruxelloises</t>
+          <t>Vase irisé or et pied brun</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, céramique, métal, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11933</v>
+        <v>11375</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Cendrier</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>La Lustrerie Bruxelloise</t>
+          <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>cendrier</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>95701</v>
+        <v>11376</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>porte-cierges en couronne</t>
+          <t>verres</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>or, verre</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>95702</v>
+        <v>11901</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>Ensemble de bouteilles de bières bruxelloises</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D87" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+        </is>
+      </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>caoutchouc, céramique, métal, verre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>96809</v>
+        <v>11933</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>Cendrier</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D88" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>La Lustrerie Bruxelloise</t>
+        </is>
+      </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique d'assemblage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>43655</v>
+        <v>40567</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>cruche</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Pompe,  Robert</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>88163</v>
+        <v>40574</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D90" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>95684</v>
+        <v>40576</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D91" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur, lutrin</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>40600</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Orchidée</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
@@ -3667,485 +3667,485 @@
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Gryson, Marthe</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>40611</v>
+        <v>40605</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase bleu et orange</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1907</t>
+          <t>1906 - 1913</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>40612</v>
+        <v>40607</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase col de cygne</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1907</t>
+          <t>1906 - 1909</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>40614</v>
+        <v>40611</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>40615</v>
+        <v>40612</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>40616</v>
+        <v>40614</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>40617</v>
+        <v>40615</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>40620</v>
+        <v>40616</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>40621</v>
+        <v>40617</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>40622</v>
+        <v>40620</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Deux vases</t>
+          <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>40605</v>
+        <v>40621</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu et orange</t>
+          <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1913</t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40607</v>
+        <v>40622</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Vase col de cygne</t>
+          <t>Sans titre. Deux vases</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1909</t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>73007</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Coupe remise par la ville d’Anvers à l’occasion du congrès de 1908</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1908 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
@@ -4183,125 +4183,125 @@
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>40643</v>
+        <v>100984</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Mousseron</t>
+          <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>verre, fer</t>
+          <t>verre, peinture</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique du verre, forgé</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>100984</v>
+        <v>40643</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Les oiseaux</t>
+          <t>Mousseron</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Élisabeth</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1910 - 2006</t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>verre, peinture</t>
+          <t>verre, fer</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>40596</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Scarabées</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
@@ -4343,601 +4343,601 @@
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>11350</v>
+        <v>59834</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vase aux perruches</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>11351</v>
+        <v>66243</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Paire de lampes en forme de pagode</t>
+          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D113" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Theunis,  Pierre</t>
+        </is>
+      </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre, cristal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, ciselé</t>
+          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>11354</v>
+        <v>11361</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Service de verres en cristal</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D114" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>métal, cristal</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>11355</v>
+        <v>11366</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry</t>
+          <t>seau à glace</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>11356</v>
+        <v>11372</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 18 coupes à champagne en cristal</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D116" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>11357</v>
+        <v>11374</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11358</v>
+        <v>11350</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D118" s="2"/>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Lalique, René</t>
+        </is>
+      </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>11359</v>
+        <v>11351</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>verre à vin</t>
+          <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>11360</v>
+        <v>11354</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
+          <t>Service de verres en cristal</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D120" s="2"/>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>11361</v>
+        <v>11355</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>Ensemble de 8 verres à sherry</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>métal, cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>11366</v>
+        <v>11356</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>seau à glace</t>
+          <t>Ensemble de 18 coupes à champagne en cristal</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D122" s="2"/>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11372</v>
+        <v>11357</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre], soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11374</v>
+        <v>11358</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>59834</v>
+        <v>11359</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>verre à vin</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>moulé, teint</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>66243</v>
+        <v>11360</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
+          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
         <v>68800</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
           <t>Jean-l. Lecroart, Portrait de M. et Mme Sander Pierron, bas-relief en céramique, 1921. </t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Lecroart, Jean / Lecroart, Jean-l.</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
@@ -5631,115 +5631,115 @@
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Van der Auwera, Emmanuel</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>installation, vidéo</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>68697</v>
+        <v>69173</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Emile Poetou, Femme debout, plâtre, s.d.</t>
+          <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Poetou, Emile</t>
+          <t>Charlier, Guillaume</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>69173</v>
+        <v>68697</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
+          <t>Emile Poetou, Femme debout, plâtre, s.d.</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Guillaume</t>
+          <t>Poetou, Emile</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>