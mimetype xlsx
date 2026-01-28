--- v1 (2025-12-11)
+++ v2 (2026-01-28)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H147"/>
+  <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,201 +179,201 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>70594</v>
+        <v>83809</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Gobelet en verre gravé A. De Craen</t>
+          <t>Les fleurs</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D2" s="2"/>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Aubry, M. L.</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>70596</v>
+        <v>50844</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
+          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83809</v>
+        <v>40632</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les fleurs</t>
+          <t>Veilleuse insecte</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Aubry, M. L.</t>
+          <t>Daum Frères</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
-      <c r="G4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>objet pour l'éclairage</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>pâte de verre</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>50844</v>
+        <v>70594</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
+          <t>Gobelet en verre gravé A. De Craen</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>verre</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>40632</v>
+        <v>70596</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Veilleuse insecte</t>
+          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>39586</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Schaerbeek</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Swaenepoel, G</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
@@ -1064,51 +1064,51 @@
           <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laiton, bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>11371</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
@@ -1364,288 +1364,288 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>11369</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>11367</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>11368</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Paire de bocaux à sucre en cristal</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>11373</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>93392</v>
+        <v>99743</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>93394</v>
+        <v>93392</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>technique des métaux, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>99743</v>
+        <v>93394</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>99711</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1852 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -1915,365 +1915,365 @@
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>40587</v>
+        <v>40578</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Une Rose me dit : devine... Et je répondis : Amour!</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>40590</v>
+        <v>40584</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Magnolia Grandiflora</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>40592</v>
+        <v>40585</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Vase à décor oriental</t>
+          <t>Vase rouleau</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>40593</v>
+        <v>40586</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Cabochons</t>
+          <t>Papillons de nuit</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>verre, or</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>40578</v>
+        <v>40587</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Une Rose me dit : devine... Et je répondis : Amour!</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40584</v>
+        <v>40590</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Magnolia Grandiflora</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40585</v>
+        <v>40592</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Vase rouleau</t>
+          <t>Vase à décor oriental</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>40586</v>
+        <v>40593</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Papillons de nuit</t>
+          <t>Cabochons</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, or</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
         <v>11464</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Ensemble de vases Art Nouveau</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
@@ -2311,121 +2311,121 @@
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>43543</v>
+        <v>70940</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D60" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Dobbelaere,  / Roderburg</t>
+        </is>
+      </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>70940</v>
+        <v>43543</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>40573</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>L'Orge</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
@@ -2627,977 +2627,977 @@
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>bois, plomb, verre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique du verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>40646</v>
+        <v>40645</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule orange</t>
+          <t>Sans titre. Plafonnier boule jaune</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>40645</v>
+        <v>40646</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule jaune</t>
+          <t>Sans titre. Plafonnier boule orange</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, bronze</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>40601</v>
+        <v>40606</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé jaune et bleu</t>
+          <t>Vase irisé or pied brun</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>40602</v>
+        <v>40608</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé évasé</t>
+          <t>Vases irisés jaune et orange</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>40606</v>
+        <v>40609</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or pied brun</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>40608</v>
+        <v>40577</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Vases irisés jaune et orange</t>
+          <t>Nymphéas</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>40609</v>
+        <v>40580</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>40577</v>
+        <v>40601</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Nymphéas</t>
+          <t>Vase irisé jaune et bleu</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>40580</v>
+        <v>40602</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Vase irisé évasé</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43655</v>
+        <v>88163</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>cruche</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>88163</v>
+        <v>95684</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>chandelier de chœur, lutrin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>95684</v>
+        <v>95701</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>porte-cierges en couronne</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur, lutrin</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>95701</v>
+        <v>95702</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>porte-cierges en couronne</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>95702</v>
+        <v>96809</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>moulé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>96809</v>
+        <v>43655</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>cruche</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D82" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique d'assemblage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11370</v>
+        <v>11901</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>Ensemble de bouteilles de bières bruxelloises</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D83" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+        </is>
+      </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>caoutchouc, céramique, métal, verre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>taillé [verre], soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>40603</v>
+        <v>11933</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or et pied brun</t>
+          <t>Cendrier</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>La Lustrerie Bruxelloise</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11375</v>
+        <v>40567</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Knabel, Hans</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11376</v>
+        <v>40574</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>verres</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D86" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>or, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>doré, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11901</v>
+        <v>40576</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bouteilles de bières bruxelloises</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, céramique, métal, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11933</v>
+        <v>11370</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Cendrier</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>cendrier</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>40567</v>
+        <v>40603</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>Vase irisé or et pied brun</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>40574</v>
+        <v>11375</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>40576</v>
+        <v>11376</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>verres</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>or, verre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>40600</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Orchidée</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
@@ -3667,85 +3667,85 @@
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Gryson, Marthe</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>40605</v>
+        <v>40622</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu et orange</t>
+          <t>Vase Orchidées et vase Jongen orchidées</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1913</t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>40607</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Vase col de cygne</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1906 - 1909</t>
@@ -3791,171 +3791,171 @@
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
         <v>40612</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Soliflore Orchidées</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>40614</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>40615</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Coeur de Marie</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>40616</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre</t>
@@ -3987,1767 +3987,1807 @@
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>40620</v>
+        <v>40618</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>40621</v>
+        <v>40620</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Vigne Vierge</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40622</v>
+        <v>40621</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Deux vases</t>
+          <t>Vase Jongen (?) à décor marronnier</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>73007</v>
+        <v>40605</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Coupe remise par la ville d’Anvers à l’occasion du congrès de 1908</t>
+          <t>Vase bleu et orange</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D106" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Johann Loetz Witwe</t>
+        </is>
+      </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - 1913</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>40604</v>
+        <v>73007</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Vase tulipe jaune et bleu</t>
+          <t>Coupe remise par la ville d’Anvers à l’occasion du congrès de 1908</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>100984</v>
+        <v>40604</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Les oiseaux</t>
+          <t>Vase tulipe jaune et bleu</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Élisabeth</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1910 - 2006</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>verre, peinture</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>40643</v>
+        <v>100984</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Mousseron</t>
+          <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>verre, fer</t>
+          <t>verre, peinture</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique du verre, forgé</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>40596</v>
+        <v>40643</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Scarabées</t>
+          <t>Mousseron</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Décorchemont, François</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
+          <t>verre, fer</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>40599</v>
+        <v>40596</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Scarabées</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>59834</v>
+        <v>40599</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Scarabées</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D112" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Décorchemont, François</t>
+        </is>
+      </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>pâte de verre</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>moulé, teint</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>66243</v>
+        <v>59834</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
+          <t>moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>11361</v>
+        <v>66243</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D114" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Theunis,  Pierre</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>métal, cristal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>11366</v>
+        <v>11350</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>seau à glace</t>
+          <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D115" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Lalique, René</t>
+        </is>
+      </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>11372</v>
+        <v>11351</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre], soufflé</t>
+          <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>11374</v>
+        <v>11354</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>Service de verres en cristal</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D117" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11350</v>
+        <v>11355</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Vase aux perruches</t>
+          <t>Ensemble de 8 verres à sherry</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>11351</v>
+        <v>11356</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Paire de lampes en forme de pagode</t>
+          <t>Ensemble de 18 coupes à champagne en cristal</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D119" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre, cristal</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, ciselé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>11354</v>
+        <v>11357</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Service de verres en cristal</t>
+          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>11355</v>
+        <v>11358</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>11356</v>
+        <v>11359</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 18 coupes à champagne en cristal</t>
+          <t>verre à vin</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11357</v>
+        <v>11360</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
+          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11358</v>
+        <v>11361</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>métal, cristal</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11359</v>
+        <v>11366</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>verre à vin</t>
+          <t>seau à glace</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11360</v>
+        <v>11372</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>68800</v>
+        <v>11374</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Jean-l. Lecroart, Portrait de M. et Mme Sander Pierron, bas-relief en céramique, 1921. </t>
+          <t>bol</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
-[...2 lines deleted...]
-      <c r="F127" s="2"/>
+          <t>1920 - 1970</t>
+        </is>
+      </c>
+      <c r="F127" s="2" t="inlineStr">
+        <is>
+          <t>bol</t>
+        </is>
+      </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>42756</v>
+        <v>68800</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>L'Âge d'airain</t>
+          <t>Jean-l. Lecroart, Portrait de M. et Mme Sander Pierron, bas-relief en céramique, 1921. </t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Rodin, Auguste</t>
+          <t>Lecroart, Jean / Lecroart, Jean-l.</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F128" s="2"/>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>58877</v>
+        <v>42756</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>L'Âge d'airain</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Rodin, Auguste</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>66244</v>
+        <v>58877</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Médaille à l'effigie de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>99446</v>
+        <v>66244</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Porte intérieure</t>
+          <t>Médaille à l'effigie de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Canneel, Jean</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>99448</v>
+        <v>99446</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
           <t>Porte intérieure</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>88158</v>
+        <v>99448</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Porte intérieure</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D133" s="2"/>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>43597</v>
+        <v>88158</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1945 - 1945</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>75280</v>
+        <v>43597</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Poisson en verre soufflé </t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D135" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1957</t>
+          <t>1945 - 1945</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>statuette</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>42692</v>
+        <v>75280</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Portrait en médaillon du musicien Edgar Tinel</t>
+          <t>Poisson en verre soufflé </t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1954 - </t>
+          <t>1950 - 1957</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>statuette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>103988</v>
+        <v>42692</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Verre vénitien - Comune di Venezia, Assessorato Turismo</t>
+          <t>Portrait en médaillon du musicien Edgar Tinel</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D137" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Schuermans,  Karel</t>
+        </is>
+      </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1954 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>cuir, verre de Murano, viscose</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>103995</v>
+        <v>103988</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Distillateur à vin et support en fer forgé autrichien</t>
+          <t>Verre vénitien - Comune di Venezia, Assessorato Turismo</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>verre, fer, papier</t>
+          <t>cuir, verre de Murano, viscose</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>forgé, gravé [verre]</t>
+          <t>peinture sur verre, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>68801</v>
+        <v>103995</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>A. de Vos, Portrait d'Edmond Machtens en buste, plâtre, 1972.</t>
+          <t>Distillateur à vin et support en fer forgé autrichien</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>verre, fer, papier</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>forgé, gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>45523</v>
+        <v>68801</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Restitution d'un vitrail de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
+          <t>A. de Vos, Portrait d'Edmond Machtens en buste, plâtre, 1972.</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>De Koninck, Louis-Herman</t>
+          <t>De Vos, A</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>verre, métal</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>69991</v>
+        <v>45523</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
+          <t>Restitution d'un vitrail de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir</t>
+          <t>verre, métal</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>69992</v>
+        <v>69991</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
+          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>arme blanche</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir, matière plastique</t>
+          <t>bois, métal, fer, cuir</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>70012</v>
+        <v>69992</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
+          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois, métal, fer, cuir, matière plastique</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, moulé</t>
+          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>68198</v>
+        <v>70012</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Deux bouteilles de bière de la Brasserie de la Senne : Stouterik et Taras Boulba</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Goovaerts, Jean</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>verre, papier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique d'assemblage, couture, tissage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>45417</v>
+        <v>68198</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Shudder (videosculpture XIV)</t>
+          <t>Deux bouteilles de bière de la Brasserie de la Senne : Stouterik et Taras Boulba</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Fondation Kanal</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Van der Auwera, Emmanuel</t>
+          <t>Goovaerts, Jean</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>installation, vidéo</t>
-[...2 lines deleted...]
-      <c r="G145" s="2"/>
+          <t>bouteille</t>
+        </is>
+      </c>
+      <c r="G145" s="2" t="inlineStr">
+        <is>
+          <t>verre, papier</t>
+        </is>
+      </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>69173</v>
+        <v>45417</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
+          <t>Shudder (videosculpture XIV)</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Kanal</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Guillaume</t>
+          <t>Van der Auwera, Emmanuel</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>installation, vidéo</t>
+        </is>
+      </c>
+      <c r="G146" s="2"/>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>68697</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Emile Poetou, Femme debout, plâtre, s.d.</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Poetou, Emile</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="1" t="n">
+        <v>69173</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
+        </is>
+      </c>
+      <c r="C148" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Charlier, Guillaume</t>
+        </is>
+      </c>
+      <c r="E148" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F148" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G148" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H148" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">