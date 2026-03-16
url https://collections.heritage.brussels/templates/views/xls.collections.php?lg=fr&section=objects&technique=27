--- v2 (2026-01-28)
+++ v3 (2026-03-16)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H148"/>
+  <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,201 +179,201 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>83809</v>
+        <v>40632</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les fleurs</t>
+          <t>Veilleuse insecte</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Aubry, M. L.</t>
+          <t>Daum Frères</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>objet pour l'éclairage</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>pâte de verre</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>50844</v>
+        <v>70594</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
+          <t>Gobelet en verre gravé A. De Craen</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>verre</t>
+        </is>
+      </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>40632</v>
+        <v>70596</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Veilleuse insecte</t>
+          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>70594</v>
+        <v>83809</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Gobelet en verre gravé A. De Craen</t>
+          <t>Les fleurs</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D5" s="2"/>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D5" s="2" t="inlineStr">
+        <is>
+          <t>Aubry, M. L.</t>
+        </is>
+      </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>70596</v>
+        <v>50844</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Verre ansé sur piédouche en verre allemand gravé à bord doré</t>
+          <t>Empreinte du sceau de la corporation des boulangers de Bruxelles</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
-      <c r="F6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre]</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>39586</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Schaerbeek</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Swaenepoel, G</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
@@ -983,233 +983,233 @@
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1800 - 1850</t>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>86879</v>
+        <v>99532</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>candélabre d'église</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>moulé, doré</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99532</v>
+        <v>86879</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>candélabre d'église</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>laiton, bronze</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>11371</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>36889</v>
+        <v>36898</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>47 assiettes aux oiseaux d'après Buffon</t>
+          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
+          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique], moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>36898</v>
+        <v>36889</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
+          <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
+          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique], moulé</t>
+          <t>moulé, cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>46786</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Tasse décorée d'une vue du Pavillon de S.A.R. le Prince d'Orange à Tervueren</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1823 - 1830</t>
@@ -1499,153 +1499,153 @@
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99743</v>
+        <v>93392</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique des métaux, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>93392</v>
+        <v>93394</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>93394</v>
+        <v>99743</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>99711</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1852 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -1839,121 +1839,121 @@
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>verre, émail</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>46838</v>
+        <v>59875</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Allégorie des arts : la musique, la peinture la sculpture, l'architecture</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>fondu</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>59875</v>
+        <v>46838</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Allégorie des arts : la musique, la peinture la sculpture, l'architecture</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>De Groot, Guillaume</t>
+        </is>
+      </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>40578</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Une Rose me dit : devine... Et je répondis : Amour!</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
@@ -2235,197 +2235,197 @@
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>verre, or</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11464</v>
+        <v>40581</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de vases Art Nouveau</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D58" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>40581</v>
+        <v>11464</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Ensemble de vases Art Nouveau</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>70940</v>
+        <v>43543</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>43543</v>
+        <v>70940</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D61" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Dobbelaere,  / Roderburg</t>
+        </is>
+      </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>40573</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>L'Orge</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
@@ -2707,897 +2707,897 @@
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>verre, bronze</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>40606</v>
+        <v>40577</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or pied brun</t>
+          <t>Nymphéas</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>40608</v>
+        <v>40580</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Vases irisés jaune et orange</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>40609</v>
+        <v>40601</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vase irisé jaune et bleu</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>40577</v>
+        <v>40602</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Nymphéas</t>
+          <t>Vase irisé évasé</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>40580</v>
+        <v>40606</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Vase irisé or pied brun</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>40601</v>
+        <v>40608</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé jaune et bleu</t>
+          <t>Vases irisés jaune et orange</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>40602</v>
+        <v>40609</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé évasé</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>88163</v>
+        <v>95702</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lampe perpétuelle</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>95684</v>
+        <v>96809</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur, lutrin</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>moulé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>95701</v>
+        <v>43655</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>porte-cierges en couronne</t>
+          <t>cruche</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D79" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>95702</v>
+        <v>88163</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>lampe perpétuelle</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>96809</v>
+        <v>95684</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>chandelier de chœur, lutrin</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique d'assemblage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>43655</v>
+        <v>95701</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>cruche</t>
+          <t>porte-cierges en couronne</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11901</v>
+        <v>40567</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bouteilles de bières bruxelloises</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, céramique, métal, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11933</v>
+        <v>40574</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Cendrier</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>La Lustrerie Bruxelloise</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>cendrier</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>40567</v>
+        <v>40576</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>40574</v>
+        <v>11370</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>40576</v>
+        <v>40603</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>Vase irisé or et pied brun</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11370</v>
+        <v>11375</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D88" s="2"/>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Knabel, Hans</t>
+        </is>
+      </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>taillé [verre], soufflé</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>40603</v>
+        <v>11376</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or et pied brun</t>
+          <t>verres</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>or, verre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11375</v>
+        <v>11901</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>Ensemble de bouteilles de bières bruxelloises</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Knabel, Hans</t>
+          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>caoutchouc, céramique, métal, verre</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11376</v>
+        <v>11933</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>verres</t>
+          <t>Cendrier</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D91" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>La Lustrerie Bruxelloise</t>
+        </is>
+      </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>or, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>doré, soufflé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>40600</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Orchidée</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
@@ -3707,485 +3707,485 @@
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>40607</v>
+        <v>40615</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Vase col de cygne</t>
+          <t>Vase Coeur de Marie</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1909</t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>40611</v>
+        <v>40616</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>40612</v>
+        <v>40617</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Soliflore Orchidées</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>40614</v>
+        <v>40618</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vase Orchidées</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>40615</v>
+        <v>40620</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vase Coeur de Marie</t>
+          <t>Vase Vigne Vierge</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>40616</v>
+        <v>40621</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vase Orchidées</t>
+          <t>Vase Jongen (?) à décor marronnier</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>40617</v>
+        <v>40605</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vase bleu et orange</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1907</t>
+          <t>1906 - 1913</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>40618</v>
+        <v>40607</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vase col de cygne</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1907</t>
+          <t>1906 - 1909</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>40620</v>
+        <v>40611</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vase Vigne Vierge</t>
+          <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40621</v>
+        <v>40612</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Vase Jongen (?) à décor marronnier</t>
+          <t>Soliflore Orchidées</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>40605</v>
+        <v>40614</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu et orange</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1913</t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>73007</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Coupe remise par la ville d’Anvers à l’occasion du congrès de 1908</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1908 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
@@ -4223,125 +4223,125 @@
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>100984</v>
+        <v>40643</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Les oiseaux</t>
+          <t>Mousseron</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Élisabeth</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1910 - 2006</t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>verre, peinture</t>
+          <t>verre, fer</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>40643</v>
+        <v>100984</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Mousseron</t>
+          <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>verre, fer</t>
+          <t>verre, peinture</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique du verre, forgé</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>40596</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Scarabées</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
@@ -5327,51 +5327,51 @@
           <t>1954 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
         <v>103988</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Verre vénitien - Comune di Venezia, Assessorato Turismo</t>
+          <t>Verre vénitien - Don de la Municipalité de Venise</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>cuir, verre de Murano, viscose</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
@@ -5711,83 +5711,119 @@
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
+        <v>69126</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>J. L. [Jef Lambeaux], Bacchus, plâtre, s.d.</t>
+        </is>
+      </c>
+      <c r="C148" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F148" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G148" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H148" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="1" t="n">
         <v>69173</v>
       </c>
-      <c r="B148" s="2" t="inlineStr">
+      <c r="B149" s="2" t="inlineStr">
         <is>
           <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
         </is>
       </c>
-      <c r="C148" s="2" t="inlineStr">
+      <c r="C149" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D148" s="2" t="inlineStr">
+      <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Charlier, Guillaume</t>
         </is>
       </c>
-      <c r="E148" s="2" t="inlineStr">
+      <c r="E149" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F148" s="2" t="inlineStr">
+      <c r="F149" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
-      <c r="G148" s="2" t="inlineStr">
+      <c r="G149" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H148" s="2" t="inlineStr">
+      <c r="H149" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">