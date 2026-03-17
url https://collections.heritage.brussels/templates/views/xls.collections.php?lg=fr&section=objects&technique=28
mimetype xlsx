--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -248,51 +248,51 @@
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>100984</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>