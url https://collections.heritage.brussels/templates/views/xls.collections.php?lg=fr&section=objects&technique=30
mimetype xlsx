--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H55"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -643,168 +643,168 @@
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1823 - 1830</t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>46780</v>
+        <v>46775</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Assiette décoré d'un paysage fluvial polychrome</t>
+          <t>Vases décorés d'une vue du Palais des Etats Généraux et du Théâtre du Parc</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Manufacture d'Ixelles</t>
+          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>46775</v>
+        <v>46776</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Vases décorés d'une vue du Palais des Etats Généraux et du Théâtre du Parc</t>
+          <t>Vases Médicis à fond vert décorés d'une vue du Palais des Etats Généraux et du Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>46776</v>
+        <v>46780</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Vases Médicis à fond vert décorés d'une vue du Palais des Etats Généraux et du Parc de Bruxelles</t>
+          <t>Assiette décoré d'un paysage fluvial polychrome</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+          <t>Faber, Frédéric Théodore / Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>11373</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
@@ -1043,121 +1043,121 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1895 - 1961</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>plâtre, or</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>88163</v>
+        <v>11901</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Ensemble de bouteilles de bières bruxelloises</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D26" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
+        </is>
+      </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>caoutchouc, céramique, métal, verre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11901</v>
+        <v>88163</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bouteilles de bières bruxelloises</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, céramique, métal, verre</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>11933</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Cendrier</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>La Lustrerie Bruxelloise</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
@@ -1428,163 +1428,163 @@
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>11350</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Lalique, René</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>11351</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>11358</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>11374</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
@@ -2155,83 +2155,119 @@
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
+        <v>69126</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>J. L. [Jef Lambeaux], Bacchus, plâtre, s.d.</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H55" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="1" t="n">
         <v>69173</v>
       </c>
-      <c r="B55" s="2" t="inlineStr">
+      <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Guillaume Charlier, Le mécène Henri Van Cutsem, plâtre, s.d.</t>
         </is>
       </c>
-      <c r="C55" s="2" t="inlineStr">
+      <c r="C56" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D55" s="2" t="inlineStr">
+      <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Charlier, Guillaume</t>
         </is>
       </c>
-      <c r="E55" s="2" t="inlineStr">
+      <c r="E56" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F55" s="2" t="inlineStr">
+      <c r="F56" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
-      <c r="G55" s="2" t="inlineStr">
+      <c r="G56" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H55" s="2" t="inlineStr">
+      <c r="H56" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">