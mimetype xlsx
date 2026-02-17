--- v0 (2025-12-31)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H1060"/>
+  <dimension ref="A1:H1062"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,3341 +179,3349 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99651</v>
+        <v>49786</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Taque de foyer avec Saint Michel terrassant le diable</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>fonte</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99652</v>
+        <v>53077</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D3" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D3" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99653</v>
+        <v>49802</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>calice </t>
+          <t>Taque de foyer avec le blason de Charles Quint</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99654</v>
+        <v>44198</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Monument en hommage à José de San Martin</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...3 lines deleted...]
-      <c r="E5" s="2"/>
+          <t>Art en espace public - Woluwe-Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D5" s="2" t="inlineStr">
+        <is>
+          <t>Daumas, Louis-Joseph / Carlos Campolonghi et fils, Buenos Aires</t>
+        </is>
+      </c>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t> - 1975</t>
+        </is>
+      </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>bronze, granit</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>99656</v>
+        <v>44974</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>Gare ô canard</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...3 lines deleted...]
-      <c r="E6" s="2"/>
+          <t>Art en espace public - Anderlecht</t>
+        </is>
+      </c>
+      <c r="D6" s="2" t="inlineStr">
+        <is>
+          <t>Delvoye, Wim</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t> - 2002</t>
+        </is>
+      </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>38659</v>
+        <v>99659</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tête d'athlète</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>bijou</t>
+        </is>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99658</v>
+        <v>99660</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Couronne de la vierge</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bijou</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>38678</v>
+        <v>99661</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le lien d'amour</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2"/>
-      <c r="F9" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99659</v>
+        <v>99662</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>bijou</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99660</v>
+        <v>99663</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la vierge</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>bijou</t>
-[...2 lines deleted...]
-      <c r="G11" s="2"/>
+          <t>objets de culte</t>
+        </is>
+      </c>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>cuivre, nickel, argent</t>
+        </is>
+      </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>38726</v>
+        <v>99664</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Judith</t>
+          <t>Reliquaire de Saint-Pierre</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>38764</v>
+        <v>99665</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La commune unissant les époux</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>ostensoir</t>
+        </is>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>38765</v>
+        <v>99667</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les époux présentant leur enfant à la commune</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre, laiton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>38787</v>
+        <v>99668</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>jeune Femme</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre, laiton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>38813</v>
+        <v>99669</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Bacchante</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>croix et calvaire</t>
+        </is>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>38884</v>
+        <v>99670</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, cuivre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>38885</v>
+        <v>99671</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Offrande</t>
+          <t>sébile d'église</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>38897</v>
+        <v>99672</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Tête de pêcheur</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...11 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>chandelier de chœur</t>
+        </is>
+      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>38926</v>
+        <v>99673</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>chandelier de chœur</t>
+        </is>
+      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>38965</v>
+        <v>106072</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>38966</v>
+        <v>106073</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le bâtisseur de villes</t>
+          <t>Crucifix</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...11 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>38987</v>
+        <v>106074</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Soldat carabinier belge</t>
+          <t>Crucifix</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>99640</v>
+        <v>106076</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Ciboire de l'Abbé Charles Goossens</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>38995</v>
+        <v>106077</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Torse</t>
+          <t>Croix de procession</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bois, laiton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39023</v>
+        <v>106078</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Danseuse</t>
+          <t>Croix de procession avec le tétramorphe</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, argent, émail</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>39221</v>
+        <v>106079</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Auguste Serrure</t>
+          <t>Encensoir avec support et navette</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>encensoir, navette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99485</v>
+        <v>106082</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Paire de chandeliers d'autel</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>bijou, objet de dévotion</t>
-[...2 lines deleted...]
-      <c r="G28" s="2"/>
+          <t>chandelier d'autel</t>
+        </is>
+      </c>
+      <c r="G28" s="2" t="inlineStr">
+        <is>
+          <t>laiton</t>
+        </is>
+      </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39225</v>
+        <v>106083</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Amazone (2° état d'exécution)</t>
+          <t>Paire de chandeliers d'autel</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>chandelier d'autel</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99486</v>
+        <v>106132</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Reliquaire de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99646</v>
+        <v>106136</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Phylactère-reliquaire de saint Eloi</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>39226</v>
+        <v>106140</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>L'enfant au canard</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>99647</v>
+        <v>38764</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>La commune unissant les époux</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D33" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Vandevoorde, Georges</t>
+        </is>
+      </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
-[...2 lines deleted...]
-      <c r="G33" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G33" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>39227</v>
+        <v>38765</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Cheval sellé</t>
+          <t>Les époux présentant leur enfant à la commune</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Vandevoorde, Georges</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>49786</v>
+        <v>38787</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Taque de foyer avec Saint Michel terrassant le diable</t>
+          <t>jeune Femme</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D35" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Pierre</t>
+        </is>
+      </c>
       <c r="E35" s="2"/>
-      <c r="F35" s="2"/>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>53077</v>
+        <v>69514</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D36" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>49802</v>
+        <v>38813</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Taque de foyer avec le blason de Charles Quint</t>
+          <t>Bacchante</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D37" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Dauphinot, Charles Henri</t>
+        </is>
+      </c>
       <c r="E37" s="2"/>
-      <c r="F37" s="2"/>
+      <c r="F37" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>106136</v>
+        <v>69516</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Phylactère-reliquaire de saint Eloi</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>106140</v>
+        <v>38884</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D39" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Van Asten, War</t>
+        </is>
+      </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laiton, pierre précieuse</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>99661</v>
+        <v>38885</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Offrande</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D40" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Dauphinot, Charles Henri</t>
+        </is>
+      </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
-      <c r="G40" s="2"/>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>99662</v>
+        <v>38897</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Tête de pêcheur</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...3 lines deleted...]
-      <c r="E41" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Vandevoorde, Georges</t>
+        </is>
+      </c>
+      <c r="E41" s="2" t="inlineStr">
+        <is>
+          <t> - 1848</t>
+        </is>
+      </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
-[...2 lines deleted...]
-      <c r="G41" s="2"/>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>99663</v>
+        <v>38926</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D42" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Boedts, Jan</t>
+        </is>
+      </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>cuivre, nickel, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>99664</v>
+        <v>38965</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de Saint-Pierre</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D43" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>De Bremaecker, Eugène Jean</t>
+        </is>
+      </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>99665</v>
+        <v>38966</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Le bâtisseur de villes</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...3 lines deleted...]
-      <c r="E44" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Vandevoorde, Georges</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
+        <is>
+          <t> - 1958</t>
+        </is>
+      </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
-[...2 lines deleted...]
-      <c r="G44" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>99667</v>
+        <v>38987</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Soldat carabinier belge</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D45" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99668</v>
+        <v>38995</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Torse</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D46" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Pierre</t>
+        </is>
+      </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99669</v>
+        <v>39023</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Danseuse</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D47" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Riviere, Daniel</t>
+        </is>
+      </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
-[...2 lines deleted...]
-      <c r="G47" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99670</v>
+        <v>39221</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Auguste Serrure</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D48" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>laiton, cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>99671</v>
+        <v>39225</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>sébile d'église</t>
+          <t>Amazone (2° état d'exécution)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid</t>
+        </is>
+      </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>laiton, bois</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>99672</v>
+        <v>39226</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>L'enfant au canard</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D50" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid</t>
+        </is>
+      </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
-[...2 lines deleted...]
-      <c r="G50" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>99673</v>
+        <v>39227</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Cheval sellé</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D51" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid</t>
+        </is>
+      </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
-[...2 lines deleted...]
-      <c r="G51" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G51" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>106072</v>
+        <v>64424</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Gaufriers</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>106073</v>
+        <v>66426</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Crucifix</t>
+          <t>Moule à savarin + couvercle</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>106074</v>
+        <v>38659</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Crucifix</t>
+          <t>Tête d'athlète</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D54" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Van Cutsem,  Louis</t>
+        </is>
+      </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>106076</v>
+        <v>38678</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Ciboire de l'Abbé Charles Goossens</t>
+          <t>Le lien d'amour</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D55" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Fiers, Edouard</t>
+        </is>
+      </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>106077</v>
+        <v>38726</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession</t>
+          <t>Judith</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D56" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Namur, Emile</t>
+        </is>
+      </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>bois, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>106078</v>
+        <v>42757</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession avec le tétramorphe</t>
+          <t>La Folle chanson</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D57" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Lambeaux, Jef / H. Luppens,</t>
+        </is>
+      </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, émail</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>106079</v>
+        <v>42758</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Encensoir avec support et navette</t>
+          <t>La joueuse de castagnettes</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D58" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Lambeaux, Jef</t>
+        </is>
+      </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>encensoir, navette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>106082</v>
+        <v>42765</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers d'autel</t>
+          <t>Faune jouant avec un jeune faune et un putto</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D59" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Clodion,</t>
+        </is>
+      </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'autel</t>
+          <t>pendule, statue</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze, marbre, métal, verre, faïence</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>106083</v>
+        <v>81541</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers d'autel</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D60" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Arlet &amp; Cie, Victor</t>
+        </is>
+      </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'autel</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>106132</v>
+        <v>70293</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Antoine de Padoue</t>
+          <t>Lot de fers à repasser de dentellière</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>fer à repasser</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois, métal, matière plastique, peinture</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>69514</v>
+        <v>70371</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Stèle au peintre Louis Clesse</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D62" s="2"/>
+          <t>Art en espace public - Ixelles</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Cliquet, René</t>
+        </is>
+      </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de sculpture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>69516</v>
+        <v>70375</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Henri Logelain</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D63" s="2"/>
+          <t>Art en espace public - Ixelles</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Cliquet, René</t>
+        </is>
+      </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>technique de sculpture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>69532</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>64424</v>
+        <v>71118</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Gaufriers</t>
+          <t>26 modèles des statues de la toiture de la Maison du Roi</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
-      <c r="F65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>plâtre, fer, métal</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>forgé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>66426</v>
+        <v>39239</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Moule à savarin + couvercle</t>
+          <t>Hommage à Ch.L.L. Deschamps</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D66" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Dewever,</t>
+        </is>
+      </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>81541</v>
+        <v>39396</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Monument Henri Weyts</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Arlet &amp; Cie, Victor</t>
+          <t>De Leener, G.</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>70293</v>
+        <v>39414</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Lot de fers à repasser de dentellière</t>
+          <t>Monument à Skanderbeg</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D68" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>fer à repasser</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, matière plastique, peinture</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>70371</v>
+        <v>39477</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Stèle au peintre Louis Clesse</t>
+          <t>Plaque commémorative Victor Michiels</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, monument commémoratif</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>70375</v>
+        <v>39783</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Henri Logelain</t>
+          <t>Buste de Gaston Williot</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>71118</v>
+        <v>39831</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>26 modèles des statues de la toiture de la Maison du Roi</t>
+          <t>Renouveau</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D71" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid</t>
+        </is>
+      </c>
       <c r="E71" s="2"/>
-      <c r="F71" s="2"/>
+      <c r="F71" s="2" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>plâtre, fer, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>forgé, peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>42757</v>
+        <v>39859</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>La Folle chanson</t>
+          <t>Femme à la coquille</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / H. Luppens,</t>
+          <t>Rombaux, Egide</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>42758</v>
+        <v>39990</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>La joueuse de castagnettes</t>
+          <t>Petite femme assise</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Dubois, Danielle</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>42765</v>
+        <v>39228</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Faune jouant avec un jeune faune et un putto</t>
+          <t>Deux enfants sur un banc</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Clodion,</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>pendule, statue</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal, verre, faïence</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>39783</v>
+        <v>39232</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Buste de Gaston Williot</t>
+          <t>Cercle Le progrès, écoles laïques</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>39831</v>
+        <v>40073</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Renouveau</t>
+          <t>Buste de Frans Bossaerts, enseignant</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Bastin, Ernest</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>39859</v>
+        <v>39233</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Femme à la coquille</t>
+          <t>Lévrier</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Rombaux, Egide</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>39990</v>
+        <v>39235</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Petite femme assise</t>
+          <t>Buste de Lucien Van Obberghe</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Danielle</t>
+          <t>De Reymaecker</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>39228</v>
+        <v>39236</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Deux enfants sur un banc</t>
+          <t>L'enlèvement</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>39232</v>
+        <v>39237</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Cercle Le progrès, écoles laïques</t>
+          <t>Picador  (bas-relief)</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>40073</v>
+        <v>99656</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Buste de Frans Bossaerts, enseignant</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>39233</v>
+        <v>99658</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Lévrier</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bijou</t>
+        </is>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>39235</v>
+        <v>99640</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Buste de Lucien Van Obberghe</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>39236</v>
+        <v>99485</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>L'enlèvement</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bijou, objet de dévotion</t>
+        </is>
+      </c>
+      <c r="G84" s="2"/>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>39237</v>
+        <v>99486</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Picador  (bas-relief)</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>39239</v>
+        <v>99646</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Hommage à Ch.L.L. Deschamps</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>39396</v>
+        <v>99647</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Monument Henri Weyts</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>relief, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>calice</t>
+        </is>
+      </c>
+      <c r="G87" s="2"/>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>39414</v>
+        <v>99651</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Monument à Skanderbeg</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>calice</t>
+        </is>
+      </c>
+      <c r="G88" s="2"/>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>39477</v>
+        <v>99652</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Victor Michiels</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>31186</v>
+        <v>99653</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Vraie Croix de Drahmal</t>
+          <t>calice </t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale Saints-Michel-et-Gudule</t>
-[...11 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de gravure</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>30757</v>
+        <v>99654</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D91" s="2"/>
-      <c r="E91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>36703</v>
+        <v>31186</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>La girouette de l'Hôtel de Ville</t>
+          <t>Reliquaire de la Vraie Croix de Drahmal</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Van Rode, Maarten</t>
+          <t>Drahmal,</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1455 - </t>
+          <t>1001 - 1100</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>cuivre, fer, bronze</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>51323</v>
+        <v>30757</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Epée originale de la girouette de saint Michel</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1455 - </t>
+          <t>1401 - 1500</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>fer, laiton</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>embouti</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>31195</v>
+        <v>51323</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de sainte Alène</t>
+          <t>Epée originale de la girouette de saint Michel</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Denis</t>
-[...2 lines deleted...]
-      <c r="D94" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Van Rode, Maarten</t>
+        </is>
+      </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1491 - 1500</t>
+          <t>1455 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>or, argent</t>
+          <t>fer, laiton</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>embouti</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>86707</v>
+        <v>36703</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>L'Annonciation</t>
+          <t>La girouette de l'Hôtel de Ville</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D95" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Van Rode, Maarten</t>
+        </is>
+      </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1491 - 1550</t>
+          <t>1455 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, fer, bronze</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>87343</v>
+        <v>31195</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Rasoir</t>
+          <t>Reliquaire de sainte Alène</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Collection archéologique régionale</t>
+          <t>Eglise Saint-Denis</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>150 - 250</t>
+          <t>1491 - 1500</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>objets archéologiques, rasoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>or, argent</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>49791</v>
+        <v>86707</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Girouette</t>
+          <t>L'Annonciation</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F97" s="2"/>
+          <t>1491 - 1550</t>
+        </is>
+      </c>
+      <c r="F97" s="2" t="inlineStr">
+        <is>
+          <t>objets de culte</t>
+        </is>
+      </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>95645</v>
+        <v>87343</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>croix de clocher</t>
+          <t>Rasoir</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Collection archéologique régionale</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>150 - 250</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>mobilier du culte</t>
+          <t>objets archéologiques, rasoir</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>99497</v>
+        <v>49791</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>plateau de quête</t>
+          <t>Girouette</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F99" s="2"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>42631</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>couronne de lumière</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
@@ -3547,4761 +3555,4761 @@
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>forgé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>99655</v>
+        <v>95645</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>croix de clocher</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1551 - </t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>mobilier du culte</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>31259</v>
+        <v>99497</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Épée de l'archiduc Ernest d'Autriche</t>
+          <t>plateau de quête</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale Saints-Michel-et-Gudule</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1587 - </t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>armes</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>fer, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>88183</v>
+        <v>99655</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1591 - 1600</t>
+          <t>1551 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>49796</v>
+        <v>31259</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Plaque de cheminée</t>
+          <t>Épée de l'archiduc Ernest d'Autriche</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1595 - </t>
-[...2 lines deleted...]
-      <c r="F105" s="2"/>
+          <t>1587 - </t>
+        </is>
+      </c>
+      <c r="F105" s="2" t="inlineStr">
+        <is>
+          <t>armes</t>
+        </is>
+      </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>fer, argent</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>49792</v>
+        <v>88183</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Croix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
-[...2 lines deleted...]
-      <c r="F106" s="2"/>
+          <t>1591 - 1600</t>
+        </is>
+      </c>
+      <c r="F106" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>71276</v>
+        <v>49796</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Bassin en cuivre décoré de godrons </t>
+          <t>Plaque de cheminée</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1595 - </t>
         </is>
       </c>
       <c r="F107" s="2"/>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>43301</v>
+        <v>49792</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Croix</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1600 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1600 - 1799</t>
+        </is>
+      </c>
+      <c r="F108" s="2"/>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>93403</v>
+        <v>43301</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1600 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>43537</v>
+        <v>71276</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>Bassin en cuivre décoré de godrons </t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
-[...6 lines deleted...]
-      </c>
+          <t>1600 - 1699</t>
+        </is>
+      </c>
+      <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43303</v>
+        <v>99709</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>43312</v>
+        <v>30927</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>99493</v>
+        <v>66279</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Bâton de Notre-Dame-de-Lorette</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D113" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>30915</v>
+        <v>66282</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>30927</v>
+        <v>30915</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>99443</v>
+        <v>43294</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>99458</v>
+        <v>70857</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>chandelier pascal</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>chandelier pascal</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>99709</v>
+        <v>93403</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>66279</v>
+        <v>43303</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>66282</v>
+        <v>43312</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>70857</v>
+        <v>43537</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>chandelier pascal</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>chandelier pascal</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>43294</v>
+        <v>99443</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>86680</v>
+        <v>99458</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1605 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, doré, technique de repoussage, ciselé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>65348</v>
+        <v>99493</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Plaque de cheminée avec les armoiries du roi d'Espagne</t>
+          <t>Bâton de Notre-Dame-de-Lorette</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1608 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>plaque de cheminée</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>99436</v>
+        <v>86680</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1613 - </t>
+          <t>1605 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte, doré, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>52709</v>
+        <v>65348</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Louche étalon</t>
+          <t>Plaque de cheminée avec les armoiries du roi d'Espagne</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D126" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1618 - </t>
+          <t>1608 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>plaque de cheminée</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de fonte, ciselé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>36681</v>
+        <v>99436</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Manneken-Pis</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1619 - </t>
+          <t>1613 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>cuivre, étain, bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>86807</v>
+        <v>52709</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Louche étalon</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D128" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1626 - 1628</t>
+          <t>1618 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>doré, technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>30914</v>
+        <v>36681</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Manneken-Pis</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Duquesnoy, Hieronymus (Jérôme)</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1628 - 1628</t>
+          <t>1619 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, étain, bronze</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>30760</v>
+        <v>86807</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>patène</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1634 - 1634</t>
+          <t>1626 - 1628</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>patène</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>30751</v>
+        <v>30914</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1634 - 1634</t>
+          <t>1628 - 1628</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>93404</v>
+        <v>30751</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1641 - 1660</t>
+          <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>43302</v>
+        <v>30760</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>patène</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1641 - 1660</t>
+          <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>patène</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>30922</v>
+        <v>30752</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>cuivre, ébène</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>99437</v>
+        <v>30759</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>99440</v>
+        <v>30906</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>99445</v>
+        <v>30922</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, ébène</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>99479</v>
+        <v>86820</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>30759</v>
+        <v>86704</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>30906</v>
+        <v>93404</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>30752</v>
+        <v>43302</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>86820</v>
+        <v>99437</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>86704</v>
+        <v>99440</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>95673</v>
+        <v>99445</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1642 - </t>
+          <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>36662</v>
+        <v>99479</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Louis XIV à cheval</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1648 - 1715</t>
+          <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>95655</v>
+        <v>95673</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1642 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre fine</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>95656</v>
+        <v>36662</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>Louis XIV à cheval</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...2 lines deleted...]
-      <c r="D147" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Girardon, François</t>
+        </is>
+      </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1648 - 1715</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
         <v>30928</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1650 - 1650</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>écaille, argent, ébène, cuivre</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>99441</v>
+        <v>95655</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1651 - 1700</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre fine</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>99444</v>
+        <v>95656</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1651 - 1700</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>86705</v>
+        <v>40139</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, doré, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>40139</v>
+        <v>40140</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de repoussage, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>40140</v>
+        <v>86705</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>46794</v>
+        <v>99441</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
-[...2 lines deleted...]
-      <c r="F154" s="2"/>
+          <t>1651 - 1700</t>
+        </is>
+      </c>
+      <c r="F154" s="2" t="inlineStr">
+        <is>
+          <t>ostensoir</t>
+        </is>
+      </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>52752</v>
+        <v>99444</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
-[...2 lines deleted...]
-      <c r="F155" s="2"/>
+          <t>1651 - 1700</t>
+        </is>
+      </c>
+      <c r="F155" s="2" t="inlineStr">
+        <is>
+          <t>reliquaire</t>
+        </is>
+      </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>31348</v>
+        <v>52752</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Croix reliquaire</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Nicolas</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1661 - </t>
+          <t>1656 - </t>
         </is>
       </c>
       <c r="F156" s="2"/>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>30902</v>
+        <v>46794</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1661 - 1663</t>
-[...6 lines deleted...]
-      </c>
+          <t>1656 - 1696</t>
+        </is>
+      </c>
+      <c r="F157" s="2"/>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>42501</v>
+        <v>30902</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Châsse de saint Boniface</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1668 - 1668</t>
+          <t>1661 - 1663</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>reliure, livre religieux</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>bois, étain, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>52747</v>
+        <v>31348</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Aiguière et bassin</t>
+          <t>Croix reliquaire</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Nicolas</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Ry, Bartholomeus</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1675 - </t>
+          <t>1661 - </t>
         </is>
       </c>
       <c r="F159" s="2"/>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>52729</v>
+        <v>42501</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la Gilde de saint Sébastien</t>
+          <t>Châsse de saint Boniface</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1676 - </t>
-[...2 lines deleted...]
-      <c r="F160" s="2"/>
+          <t>1668 - 1668</t>
+        </is>
+      </c>
+      <c r="F160" s="2" t="inlineStr">
+        <is>
+          <t>reliquaire</t>
+        </is>
+      </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, étain, cuivre</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>47318</v>
+        <v>52747</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers </t>
+          <t>Aiguière et bassin</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D161" s="2"/>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1679 - </t>
+          <t>1675 - </t>
         </is>
       </c>
       <c r="F161" s="2"/>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>technique de repoussage, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>47319</v>
+        <v>52729</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque de collier de la Gilde de saint Sébastien</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D162" s="2"/>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1682 - </t>
+          <t>1676 - </t>
         </is>
       </c>
       <c r="F162" s="2"/>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>47320</v>
+        <v>47318</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers </t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1682 - </t>
+          <t>1679 - </t>
         </is>
       </c>
       <c r="F163" s="2"/>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>30750</v>
+        <v>47319</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1683 - 1683</t>
-[...6 lines deleted...]
-      </c>
+          <t>1682 - </t>
+        </is>
+      </c>
+      <c r="F164" s="2"/>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>30925</v>
+        <v>47320</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
-[...6 lines deleted...]
-      </c>
+          <t>1682 - </t>
+        </is>
+      </c>
+      <c r="F165" s="2"/>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>43600</v>
+        <v>30750</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1683 - 1683</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>43645</v>
+        <v>43600</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>86872</v>
+        <v>43645</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>88160</v>
+        <v>30925</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1692 - </t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>47321</v>
+        <v>86872</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1696 - </t>
-[...2 lines deleted...]
-      <c r="F170" s="2"/>
+          <t>1691 - 1700</t>
+        </is>
+      </c>
+      <c r="F170" s="2" t="inlineStr">
+        <is>
+          <t>chandelier de chœur</t>
+        </is>
+      </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>53130</v>
+        <v>88160</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Plat rond "Vincentius Dansaert"</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
+          <t>1692 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>gravure en relief sur métal, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>49794</v>
+        <v>47321</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Plaque de cheminée aux armoiries de Charles de Lorraine</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1696 - </t>
         </is>
       </c>
       <c r="F172" s="2"/>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>99784</v>
+        <v>53130</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux ceintures</t>
+          <t>Plat rond "Vincentius Dansaert"</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1698 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>ceinture et bretelle</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>clouté</t>
+          <t>gravure en relief sur métal, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>93405</v>
+        <v>49794</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Plaque de cheminée aux armoiries de Charles de Lorraine</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
-[...6 lines deleted...]
-      </c>
+          <t>1700 - 1799</t>
+        </is>
+      </c>
+      <c r="F174" s="2"/>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>92387</v>
+        <v>99784</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>Ensemble de deux ceintures</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>ceinture et bretelle</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>clouté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>95674</v>
+        <v>30753</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>43327</v>
+        <v>30764</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>goupillon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>43504</v>
+        <v>43673</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>43525</v>
+        <v>105939</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>30916</v>
+        <v>99704</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>30920</v>
+        <v>99707</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, métal, or</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>30923</v>
+        <v>30920</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>99581</v>
+        <v>30923</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>99439</v>
+        <v>66281</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>argent, écaille</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>99611</v>
+        <v>30916</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>99442</v>
+        <v>43296</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint François d'Assise</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>meuble lié à la prédication, à la lecture et au chant</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>30753</v>
+        <v>86822</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, acajou, cuivre</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>43673</v>
+        <v>86823</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>30764</v>
+        <v>40143</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>105939</v>
+        <v>40144</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>99704</v>
+        <v>88184</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D191" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>Van der Elst, Jacobus</t>
+        </is>
+      </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>99707</v>
+        <v>40135</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>pupitre d'autel</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>meuble lié à la prédication, à la lecture et au chant</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, or</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>66281</v>
+        <v>93405</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>88184</v>
+        <v>92387</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>86822</v>
+        <v>95674</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>argent, acajou, cuivre</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>86823</v>
+        <v>43504</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>43296</v>
+        <v>43525</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>meuble lié à la prédication, à la lecture et au chant</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>40135</v>
+        <v>43327</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>pupitre d'autel</t>
+          <t>goupillon</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>meuble lié à la prédication, à la lecture et au chant</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>40143</v>
+        <v>99581</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>40144</v>
+        <v>99439</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>argent, écaille</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>99713</v>
+        <v>99611</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1711 - </t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>99702</v>
+        <v>99442</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Reliquaire de saint François d'Assise</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1711 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>99712</v>
+        <v>99702</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>99542</v>
+        <v>99712</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1724 - </t>
+          <t>1711 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>52734</v>
+        <v>99713</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Chocolatière</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1727 - 1730</t>
+          <t>1711 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>43530</v>
+        <v>99542</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>ciboire d'administration</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1730</t>
+          <t>1724 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>52753</v>
+        <v>52734</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Trois plats en argent </t>
+          <t>Chocolatière</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Timmermans II , Carolus Jr</t>
+          <t>Van Eesbeeck, Guillielmus</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1734</t>
+          <t>1727 - 1730</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>101416</v>
+        <v>52753</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Ancienne croix de l'église Saint-Nicolas de Neder-Over-Heembeek</t>
+          <t>Trois plats en argent </t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D208" s="2"/>
+      <c r="D208" s="2" t="inlineStr">
+        <is>
+          <t>Timmermans II , Carolus Jr</t>
+        </is>
+      </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1730 - </t>
+          <t>1730 - 1734</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>éléments d'architecture</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>88181</v>
+        <v>101416</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Ancienne croix de l'église Saint-Nicolas de Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1739</t>
+          <t>1730 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>30815</v>
+        <v>88181</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Baligant, R. I.</t>
+          <t>Wodon,  Nicolas</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1731 - </t>
+          <t>1730 - 1739</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>52733</v>
+        <v>43530</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Bénitier domestique en forme de coquillage </t>
+          <t>ciboire d'administration</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1732 - </t>
+          <t>1730 - 1730</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>bénitier</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>52716</v>
+        <v>30815</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Plaque de corporation : Métier des fripiers de Namur</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Petitjean, Jean</t>
+          <t>Baligant, R. I.</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1736 - </t>
-[...2 lines deleted...]
-      <c r="F212" s="2"/>
+          <t>1731 - </t>
+        </is>
+      </c>
+      <c r="F212" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, ciselé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>99666</v>
+        <v>52733</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>missel</t>
+          <t>Bénitier domestique en forme de coquillage </t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D213" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>Ivens, Petrus Augustinus</t>
+        </is>
+      </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1737 - </t>
+          <t>1732 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>bénitier</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de reliure, technique de repoussage, taillé</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>52738</v>
+        <v>52716</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Théière</t>
+          <t>Plaque de corporation : Métier des fripiers de Namur</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D214" s="2"/>
+      <c r="D214" s="2" t="inlineStr">
+        <is>
+          <t>Petitjean, Jean</t>
+        </is>
+      </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1742</t>
-[...6 lines deleted...]
-      </c>
+          <t>1736 - </t>
+        </is>
+      </c>
+      <c r="F214" s="2"/>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de fonte, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43554</v>
+        <v>99666</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>missel</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1741 - 1760</t>
+          <t>1737 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de reliure, technique de repoussage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43555</v>
+        <v>52738</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>Théière</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1741 - 1760</t>
+          <t>1740 - 1742</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>43313</v>
+        <v>43603</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>99551</v>
+        <v>30904</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>99583</v>
+        <v>30905</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>plateau de collecte</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>30942</v>
+        <v>43666</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>grille</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>mur, garde-corps, clôture</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>43666</v>
+        <v>43667</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>grille</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>mur, garde-corps, clôture</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>43667</v>
+        <v>99703</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>grille</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>mur, garde-corps, clôture</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>30904</v>
+        <v>30942</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>30905</v>
+        <v>86824</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>cartel-reliquaire</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>43603</v>
+        <v>40137</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>99703</v>
+        <v>43554</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>86824</v>
+        <v>43555</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>cartel-reliquaire</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>40137</v>
+        <v>43313</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, argent, métal</t>
+          <t>argent, verre, papier, os</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>99545</v>
+        <v>99551</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1742 - </t>
+          <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>43556</v>
+        <v>99583</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>plateau de collecte</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1748 - 1748</t>
+          <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>95741</v>
+        <v>99545</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1742 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>95742</v>
+        <v>43556</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1748 - 1748</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>30907</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>burettes</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Van Eesbeeck,  Guillielmus</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1750 - 1750</t>
@@ -8343,715 +8351,715 @@
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>95743</v>
+        <v>86758</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>95744</v>
+        <v>95741</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>86758</v>
+        <v>95742</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>30911</v>
+        <v>95743</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>canon d'autel</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1751</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>parement d'autel</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>99438</v>
+        <v>95744</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1800</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>86804</v>
+        <v>30911</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
+          <t>canon d'autel</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1752 - </t>
+          <t>1751 - 1751</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>parement d'autel</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>43557</v>
+        <v>99438</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1756 - 1756</t>
+          <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>43595</v>
+        <v>86804</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Soleil</t>
+          <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1756 - 1756</t>
+          <t>1752 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>99549</v>
+        <v>43595</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>Soleil</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1758 - </t>
+          <t>1756 - 1756</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>93407</v>
+        <v>43557</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1759 - </t>
+          <t>1756 - 1756</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>30938</v>
+        <v>99549</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>clochette</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1759 - 1759</t>
+          <t>1758 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>30755</v>
+        <v>30938</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1760</t>
+          <t>1759 - 1759</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>83160</v>
+        <v>93407</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Portique Saint-Roch</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1760 - </t>
+          <t>1759 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>30776</v>
+        <v>30755</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F248" s="2"/>
+          <t>1760 - 1760</t>
+        </is>
+      </c>
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>30777</v>
+        <v>83160</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>Portique Saint-Roch</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F249" s="2"/>
+          <t>1760 - </t>
+        </is>
+      </c>
+      <c r="F249" s="2" t="inlineStr">
+        <is>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>pierre bleue, fer</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>49795</v>
+        <v>30776</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Grilles d’appuis de fenêtres</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1763 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F250" s="2"/>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>88182</v>
+        <v>30777</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1763 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F251" s="2"/>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>43539</v>
+        <v>49795</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>pyxide</t>
+          <t>Grilles d’appuis de fenêtres</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
+          <t>1763 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>mur, garde-corps, clôture</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>43553</v>
+        <v>88182</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D253" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D253" s="2" t="inlineStr">
+        <is>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
+        </is>
+      </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
+          <t>1763 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
         <v>43096</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Bourdon de pélerin de la statue de saint Josse</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
@@ -9059,4563 +9067,4563 @@
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>52746</v>
+        <v>43553</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir et moutardier</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1766 - </t>
-[...2 lines deleted...]
-      <c r="F255" s="2"/>
+          <t>1765 - 1765</t>
+        </is>
+      </c>
+      <c r="F255" s="2" t="inlineStr">
+        <is>
+          <t>objet de dévotion</t>
+        </is>
+      </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>52801</v>
+        <v>43539</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir</t>
+          <t>pyxide</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1766 - 1766</t>
-[...2 lines deleted...]
-      <c r="F256" s="2"/>
+          <t>1765 - 1765</t>
+        </is>
+      </c>
+      <c r="F256" s="2" t="inlineStr">
+        <is>
+          <t>objet lié à l'eucharistie</t>
+        </is>
+      </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>52802</v>
+        <v>52746</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Moutardier</t>
+          <t>Saupoudroir et moutardier</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
       <c r="F257" s="2"/>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>88185</v>
+        <v>52801</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Saupoudroir</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Fransquin,  Guillaume Louis Joseph</t>
+          <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1766 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1766 - 1766</t>
+        </is>
+      </c>
+      <c r="F258" s="2"/>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>93408</v>
+        <v>52802</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Moutardier</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D259" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D259" s="2" t="inlineStr">
+        <is>
+          <t>De Hondt, Antonius Johannes</t>
+        </is>
+      </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1768 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1766 - </t>
+        </is>
+      </c>
+      <c r="F259" s="2"/>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>30909</v>
+        <v>88185</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D260" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
+        </is>
+      </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1768 - 1768</t>
+          <t>1766 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
         <v>30903</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
           <t>reliure</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1768 - 768</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>reliure</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>95740</v>
+        <v>30909</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1769 - </t>
+          <t>1768 - 1768</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>36677</v>
+        <v>93408</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Flore</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1769 - 1770</t>
+          <t>1768 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>86806</v>
+        <v>36677</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Flore</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Fonson, Pierre-Joseph</t>
+          <t>Delvaux, Laurent</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1769 - </t>
+          <t>1769 - 1770</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>30937</v>
+        <v>86806</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D265" s="2"/>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D265" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1770</t>
+          <t>1769 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>86703</v>
+        <v>95740</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1769 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>30692</v>
+        <v>30937</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1771 - 1771</t>
+          <t>1770 - 1770</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>52735</v>
+        <v>86703</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Chocolatière ou cafetière pirirforme </t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1773 - </t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>30919</v>
+        <v>30692</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1776</t>
+          <t>1771 - 1771</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>40141</v>
+        <v>52735</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chocolatière ou cafetière pirirforme </t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1777 - </t>
+          <t>1773 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>52730</v>
+        <v>30919</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Cafetière piriforme</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1785 - </t>
+          <t>1776 - 1776</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>43558</v>
+        <v>40141</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1777 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>30926</v>
+        <v>52730</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Cafetière piriforme</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1785 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>30930</v>
+        <v>52706</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Cafetière de forme persane</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D274" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis , Pierre Gabriel Germain</t>
+        </is>
+      </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>30931</v>
+        <v>30926</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>52706</v>
+        <v>30930</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Cafetière de forme persane</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>86821</v>
+        <v>30931</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>30708</v>
+        <v>86821</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1797 - 1797</t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>49798</v>
+        <v>43558</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Taque de foyer racontant un épisode de la légende de Saint-Hubert</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F279" s="2"/>
+          <t>1791 - 1800</t>
+        </is>
+      </c>
+      <c r="F279" s="2" t="inlineStr">
+        <is>
+          <t>objet lié aux fêtes et processions</t>
+        </is>
+      </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>52183</v>
+        <v>30708</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1888</t>
+          <t>1797 - 1797</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique d'estampage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>95738</v>
+        <v>49798</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Taque de foyer racontant un épisode de la légende de Saint-Hubert</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F281" s="2"/>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>92386</v>
+        <v>52183</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>porte-encensoir</t>
+          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D282" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>92399</v>
+        <v>30647</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>Calendrier reliquaire</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Sainte-Marie</t>
         </is>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, papier, encre</t>
+          <t>encre, papier, os, métal, bois</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>43322</v>
+        <v>99705</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, papier, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>chromé, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>43541</v>
+        <v>99720</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix de clocher</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>43542</v>
+        <v>30924</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>43498</v>
+        <v>31042</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>43505</v>
+        <v>66283</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D288" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>grès, étain, fer</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>43506</v>
+        <v>30912</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D289" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Dupret, Augustinus Josephus</t>
+        </is>
+      </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>43507</v>
+        <v>30917</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D290" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1833</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>43310</v>
+        <v>43106</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>43529</v>
+        <v>43110</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>43319</v>
+        <v>43111</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>43320</v>
+        <v>43114</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>hallebarde de suisse</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>30912</v>
+        <v>43115</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>bâton de confrérie</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>30917</v>
+        <v>43297</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1833</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>meuble lié à la prédication, à la lecture et au chant</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>30924</v>
+        <v>43014</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>99584</v>
+        <v>43015</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>plateau de quête</t>
+          <t>bassin liturgique à ablutions</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D298" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D298" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>mobilier du culte</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>31042</v>
+        <v>43016</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, perle</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>99639</v>
+        <v>43040</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>99642</v>
+        <v>43090</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>Enfant Jésus de Prague</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, métal, matière colorante</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de sculpture, technique d'assemblage, technique des métaux, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>99645</v>
+        <v>86681</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, bois</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>30647</v>
+        <v>70693</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Calendrier reliquaire</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, os, métal, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>99720</v>
+        <v>70853</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>croix de clocher</t>
+          <t>Chandelier d'autel</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D304" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>chandelier d'autel</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte, cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>99705</v>
+        <v>70854</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D305" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>66283</v>
+        <v>70855</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>grès, étain, fer</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique de fonte, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>86681</v>
+        <v>70865</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D307" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D307" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>cuivre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>70693</v>
+        <v>40142</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>70853</v>
+        <v>86825</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Chandelier d'autel</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D309" s="2"/>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'autel</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, cuivré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>70854</v>
+        <v>86876</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D310" s="2"/>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>70855</v>
+        <v>40172</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D311" s="2"/>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>70865</v>
+        <v>86701</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D312" s="2"/>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>86764</v>
+        <v>88162</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>86801</v>
+        <v>86763</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>43106</v>
+        <v>86764</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>88188</v>
+        <v>86801</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>43110</v>
+        <v>88188</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>43111</v>
+        <v>95738</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>43114</v>
+        <v>92386</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>hallebarde de suisse</t>
+          <t>porte-encensoir</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>43115</v>
+        <v>92399</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>bâton de confrérie</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, technique de sculpture</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>86825</v>
+        <v>43498</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>86876</v>
+        <v>43505</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>43297</v>
+        <v>43506</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>meuble lié à la prédication, à la lecture et au chant</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>43014</v>
+        <v>43507</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>43015</v>
+        <v>43310</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>bassin liturgique à ablutions</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D325" s="2"/>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>mobilier du culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>43016</v>
+        <v>43529</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>métal, perle</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>86701</v>
+        <v>43319</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>43040</v>
+        <v>43320</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>43090</v>
+        <v>43322</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus de Prague</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, matière colorante</t>
+          <t>métal, verre, papier, os</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique des métaux, technique de peinture</t>
+          <t>chromé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>88162</v>
+        <v>43541</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>86763</v>
+        <v>43542</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>40142</v>
+        <v>99584</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plateau de quête</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>40172</v>
+        <v>99639</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D333" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D333" s="2" t="inlineStr">
+        <is>
+          <t>Montagny,  Fleury</t>
+        </is>
+      </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>52703</v>
+        <v>99642</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1806 - 1817</t>
-[...2 lines deleted...]
-      <c r="F334" s="2"/>
+          <t>1801 - 1900</t>
+        </is>
+      </c>
+      <c r="F334" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>43559</v>
+        <v>99645</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1807 - 1807</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>99547</v>
+        <v>52703</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D336" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D336" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1807 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1806 - 1817</t>
+        </is>
+      </c>
+      <c r="F336" s="2"/>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>64189</v>
+        <v>43559</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1808 - </t>
-[...2 lines deleted...]
-      <c r="F337" s="2"/>
+          <t>1807 - 1807</t>
+        </is>
+      </c>
+      <c r="F337" s="2" t="inlineStr">
+        <is>
+          <t>objet lié aux fêtes et processions</t>
+        </is>
+      </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>43497</v>
+        <v>99547</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1814 - 1831</t>
+          <t>1807 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>43520</v>
+        <v>64189</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1814 - 1831</t>
-[...6 lines deleted...]
-      </c>
+          <t>1808 - </t>
+        </is>
+      </c>
+      <c r="F339" s="2"/>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>43521</v>
+        <v>43295</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>43317</v>
+        <v>86698</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>S. Petri Apostoli</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D341" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>43318</v>
+        <v>43520</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>99543</v>
+        <v>43521</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>99548</v>
+        <v>43317</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>S. Petri Apostoli</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>99550</v>
+        <v>43318</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>99552</v>
+        <v>43497</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>43295</v>
+        <v>99543</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>86698</v>
+        <v>99548</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>43304</v>
+        <v>99550</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1831</t>
+          <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>99553</v>
+        <v>99552</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>encensoir</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1820 - </t>
+          <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>encensoir</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>99546</v>
+        <v>43304</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1821 - </t>
+          <t>1815 - 1831</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>99555</v>
+        <v>99553</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>pierre commémorative</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1821 - </t>
+          <t>1820 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>Pierre commémorative</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>30913</v>
+        <v>99546</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>Hendrickx, Pierre</t>
+          <t>Heyvaert,  H.</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1824</t>
+          <t>1821 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>30705</v>
+        <v>99555</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>pierre commémorative</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1825</t>
+          <t>1821 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Pierre commémorative</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>70696</v>
+        <v>30913</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...2 lines deleted...]
-      <c r="D355" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D355" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1824 - 1824</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>43300</v>
+        <v>30705</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1826 - </t>
+          <t>1825 - 1825</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>40136</v>
+        <v>70696</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Croix de procession</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1829 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>40195</v>
+        <v>43300</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1829 - </t>
+          <t>1826 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>99494</v>
+        <v>40195</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1829 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>71138</v>
+        <v>40136</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Chauffe-plat argenté</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D360" s="2"/>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
+          <t>1829 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>chauffe-plat</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>43563</v>
+        <v>71138</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>Chauffe-plat argenté</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D361" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D361" s="2" t="inlineStr">
+        <is>
+          <t>Maître J.M.</t>
+        </is>
+      </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>chauffe-plat</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>43592</v>
+        <v>99494</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>43532</v>
+        <v>43104</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>99540</v>
+        <v>88146</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>99541</v>
+        <v>88153</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>43104</v>
+        <v>43563</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>88146</v>
+        <v>43592</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>88153</v>
+        <v>43532</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>38633</v>
+        <v>99540</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>L'artiste peintre Théodore Schaepkens</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1834 - </t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>52737</v>
+        <v>99541</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Paire de coupes</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1835 - 1836</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>vermeil, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>52757</v>
+        <v>38633</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Coupe avec une peau de lionne </t>
+          <t>L'artiste peintre Théodore Schaepkens</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Dutalis, Joseph Germain</t>
+          <t>Geefs, Guillaume</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1834 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>vermeil, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>52756</v>
+        <v>52757</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Coupe avec une peau de lion </t>
+          <t>Coupe avec une peau de lionne </t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Dutalis, Joseph Germain</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>1836 - </t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>30711</v>
+        <v>52737</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Paire de coupes</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D373" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D373" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis, Joseph Germain</t>
+        </is>
+      </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1835 - 1836</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>64188</v>
+        <v>52756</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
+          <t>Coupe avec une peau de lion </t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Dutalis, Joseph Germain</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1836 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>43321</v>
+        <v>30711</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>43326</v>
+        <v>64188</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D376" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>30714</v>
+        <v>30715</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
           <t>couronne</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>30715</v>
+        <v>30714</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
           <t>couronne</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>argent</t>
@@ -13759,3313 +13767,3309 @@
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, argenté, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>40138</v>
+        <v>40145</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>40145</v>
+        <v>40146</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>40146</v>
+        <v>40138</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>30778</v>
+        <v>43321</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
-[...2 lines deleted...]
-      <c r="F386" s="2"/>
+          <t>1841 - 1860</t>
+        </is>
+      </c>
+      <c r="F386" s="2" t="inlineStr">
+        <is>
+          <t>ostensoir</t>
+        </is>
+      </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>30779</v>
+        <v>43326</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
-[...2 lines deleted...]
-      <c r="F387" s="2"/>
+          <t>1841 - 1860</t>
+        </is>
+      </c>
+      <c r="F387" s="2" t="inlineStr">
+        <is>
+          <t>reliquaire</t>
+        </is>
+      </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>30780</v>
+        <v>30778</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
-      <c r="F388" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F388" s="2"/>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>30781</v>
+        <v>30779</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
-      <c r="F389" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F389" s="2"/>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>66210</v>
+        <v>30780</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Buste de Suzon, dite "La Petite Manon"</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
-          <t>Rodin, Auguste</t>
+          <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1939</t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, technique d'assemblage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>30763</v>
+        <v>30781</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>châsse-reliquaire de Saint Boniface de Lausanne</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
-          <t>Buckens, Gérard / Balat, Alphonse</t>
+          <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
-          <t>1849 - 1849</t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
-          <t>bronze, pin</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>42763</v>
+        <v>66210</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Le Coq chantant</t>
+          <t>Buste de Suzon, dite "La Petite Manon"</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Rodin, Auguste</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
-          <t>1849 - 1900</t>
+          <t>1845 - 1939</t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>92391</v>
+        <v>30763</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>châsse-reliquaire de Saint Boniface de Lausanne</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D393" s="2"/>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D393" s="2" t="inlineStr">
+        <is>
+          <t>Buckens, Gérard / Balat, Alphonse</t>
+        </is>
+      </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1849 - 1849</t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>bronze, pin</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>99490</v>
+        <v>42763</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Le Coq chantant</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D394" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D394" s="2" t="inlineStr">
+        <is>
+          <t>Dillens, Julien</t>
+        </is>
+      </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1849 - 1900</t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>99491</v>
+        <v>46876</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>Héraut d'armes avec épée</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D395" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>De Groot, Guillaume</t>
+        </is>
+      </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>99492</v>
+        <v>46877</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Héraut d'armes avec étendard</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D396" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>De Groot, Guillaume</t>
+        </is>
+      </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>99495</v>
+        <v>11903</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>goupillon</t>
+          <t>balance</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, acier</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'assemblage, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>99496</v>
+        <v>12002</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>goupillon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>99643</v>
+        <v>12003</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>99488</v>
+        <v>12004</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
-[...2 lines deleted...]
-      <c r="G400" s="2"/>
+          <t>ostensoir</t>
+        </is>
+      </c>
+      <c r="G400" s="2" t="inlineStr">
+        <is>
+          <t>laiton, verre</t>
+        </is>
+      </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>11903</v>
+        <v>12005</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>balance</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>laiton, acier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, forgé</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>12002</v>
+        <v>51371</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Buste de Jean-Pierre Cluysenaar</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D402" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D402" s="2" t="inlineStr">
+        <is>
+          <t>Braekevelt, Auguste / Fonderie Nationale des Bronzes</t>
+        </is>
+      </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1908</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>12003</v>
+        <v>11239</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Malle de voyage</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>coffre</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>forgé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>12004</v>
+        <v>11247</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, moulé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>12005</v>
+        <v>11248</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D405" s="2"/>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D405" s="2" t="inlineStr">
+        <is>
+          <t>Les Fonderies Bruxelloises [atelier],</t>
+        </is>
+      </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique d'assemblage, technique de fonte, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>46876</v>
+        <v>11249</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Héraut d'armes avec épée</t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fonte, métal</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'assemblage, moulé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>46877</v>
+        <v>66251</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Héraut d'armes avec étendard</t>
+          <t>Diane de Gabies</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>11239</v>
+        <v>66252</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Malle de voyage</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D408" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D408" s="2" t="inlineStr">
+        <is>
+          <t>inconnu,</t>
+        </is>
+      </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
-          <t>coffre</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>forgé, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>11247</v>
+        <v>42777</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>51371</v>
+        <v>42778</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Buste de Jean-Pierre Cluysenaar</t>
+          <t>Ensemble de reliques</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D410" s="2"/>
       <c r="E410" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1908</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>11248</v>
+        <v>42832</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D411" s="2"/>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de fonte, moulé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>11249</v>
+        <v>42833</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>fonte, métal</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>66251</v>
+        <v>69989</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Diane de Gabies</t>
+          <t>Plastron et dossière de cuirasse</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D413" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D413" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal, laiton, cuir, acier</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>66252</v>
+        <v>92391</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D414" s="2"/>
       <c r="E414" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>69989</v>
+        <v>99643</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Plastron et dossière de cuirasse</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D415" s="2"/>
       <c r="E415" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>métal, laiton, cuir, acier</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>42777</v>
+        <v>99488</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
-[...6 lines deleted...]
-      </c>
+          <t>ciboire</t>
+        </is>
+      </c>
+      <c r="G416" s="2"/>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>42778</v>
+        <v>99490</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de reliques</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>42832</v>
+        <v>99491</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>42833</v>
+        <v>99492</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>93359</v>
+        <v>99495</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>goupillon</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>93389</v>
+        <v>99496</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>goupillon</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D421" s="2"/>
       <c r="E421" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>burettes, objet lié à l'eucharistie</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>93390</v>
+        <v>30706</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D422" s="2"/>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>93392</v>
+        <v>30709</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé</t>
+          <t>technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>93394</v>
+        <v>99708</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>métal, cuivre</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>95644</v>
+        <v>43103</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>pyxide</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>43593</v>
+        <v>43112</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>30706</v>
+        <v>43113</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Colonne torsadée surmontée d'un ange</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>30709</v>
+        <v>43097</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>99708</v>
+        <v>43098</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>86691</v>
+        <v>43099</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>70749</v>
+        <v>43100</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Horloge comtoise</t>
+          <t>Reliquaire de saint Josse</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D431" s="2"/>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>horloge</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, verre, os, cire, papier</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>70782</v>
+        <v>43101</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Porte-cierges</t>
+          <t>Reliquaire de la Sainte Croix</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D432" s="2"/>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>métal, verre, os, cire</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>43103</v>
+        <v>43102</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>pyxide</t>
+          <t>Paire de burettes</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>43112</v>
+        <v>86691</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>43113</v>
+        <v>70749</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Colonne torsadée surmontée d'un ange</t>
+          <t>Horloge comtoise</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D435" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D435" s="2" t="inlineStr">
+        <is>
+          <t>Ancely, Paul</t>
+        </is>
+      </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>horloge</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>88157</v>
+        <v>70782</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Porte-cierges</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D436" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D436" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>43097</v>
+        <v>88157</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>43098</v>
+        <v>93389</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D438" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D438" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>burettes, objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>43099</v>
+        <v>93390</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D439" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D439" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>43100</v>
+        <v>93392</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Josse</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, cire, papier</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H440" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>43101</v>
+        <v>93394</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Sainte Croix</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, os, cire</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>43102</v>
+        <v>95644</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Paire de burettes</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>66266</v>
+        <v>93359</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Bacchus</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D443" s="2"/>
       <c r="E443" s="2" t="inlineStr">
         <is>
-          <t>1852 - 1908</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>66267</v>
+        <v>43593</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Bacchus</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D444" s="2"/>
       <c r="E444" s="2" t="inlineStr">
         <is>
-          <t>1852 - 1908</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>66268</v>
+        <v>66266</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Buste d'une jeune femme</t>
+          <t>Bacchus</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>66269</v>
+        <v>66267</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Buste de jeune femme</t>
+          <t>Bacchus</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
+          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>99450</v>
+        <v>66268</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>truelle commémorative</t>
+          <t>Buste d'une jeune femme</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
-          <t>Buls, Charles Jacques Corneille / Buls, Charles</t>
+          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1854 - </t>
+          <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>outil, Oeuvres mémorielles</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, tourné [bois]</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>84274</v>
+        <v>66269</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Heurtoir</t>
+          <t>Buste de jeune femme</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
-          <t>Compagnie des Bronzes</t>
+          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
         </is>
       </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
-          <t>1854 - 1979</t>
+          <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>matériel de fonderie, porte, quincaillerie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>95732</v>
+        <v>84274</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Heurtoir</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
-          <t>Dessain,  H.</t>
+          <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
-          <t>1855 - </t>
+          <t>1854 - 1979</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>matériel de fonderie, porte, quincaillerie</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>66455</v>
+        <v>99450</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Bouton de livrée avec couronne de noblesse</t>
+          <t>truelle commémorative</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
-          <t>Ets Lassen &amp; Cie</t>
+          <t>Buls, Charles Jacques Corneille / Buls, Charles</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1865</t>
+          <t>1854 - </t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
-          <t>bouton</t>
+          <t>outil, Oeuvres mémorielles</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, ivoire</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
-          <t>embouti</t>
+          <t>technique de repoussage, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>51879</v>
+        <v>66455</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Grand encrier reproduisant les bas-reliefs de la colonne du Congrès</t>
+          <t>Bouton de livrée avec couronne de noblesse</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
-          <t>Geefs, Joseph</t>
+          <t>Ets Lassen &amp; Cie</t>
         </is>
       </c>
       <c r="E451" s="2" t="inlineStr">
         <is>
-          <t>1856 - </t>
+          <t>1855 - 1865</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>encrier</t>
+          <t>bouton</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>embouti</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>46865</v>
+        <v>95732</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Le Midi</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Dessain,  H.</t>
         </is>
       </c>
       <c r="E452" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1938</t>
+          <t>1855 - </t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>46868</v>
+        <v>51879</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Architecte</t>
+          <t>Grand encrier reproduisant les bas-reliefs de la colonne du Congrès</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Geefs, Joseph</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1938</t>
+          <t>1856 - </t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>encrier</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>43516</v>
+        <v>46865</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Le Midi</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D454" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D454" s="2" t="inlineStr">
+        <is>
+          <t>Desenfans, Constant Albert</t>
+        </is>
+      </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
-          <t>1861 - 1866</t>
+          <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>42496</v>
+        <v>46868</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Architecte</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
-          <t>Gaillard,  L.</t>
+          <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
-          <t>1862 - </t>
+          <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>argent, cuir</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>99710</v>
+        <v>43516</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>1863 - </t>
+          <t>1861 - 1866</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>métal, or</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>43526</v>
+        <v>42496</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D457" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D457" s="2" t="inlineStr">
+        <is>
+          <t>Gaillard,  L.</t>
+        </is>
+      </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1862 - </t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuir</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>43527</v>
+        <v>99710</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1863 - </t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, or</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
         <v>105566</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Pierre Théodore Verhaegen</t>
+          <t>Pierre Théodore Verhaegen (ULB)</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
           <t>Geefs, Guillaume / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E459" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>66273</v>
+        <v>43526</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Oedipe et le Sphinx</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D460" s="2"/>
       <c r="E460" s="2" t="inlineStr">
         <is>
-          <t>1866 - 1927</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H460" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, coulé à cire perdue</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>43518</v>
+        <v>43527</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1900</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>51842</v>
+        <v>66273</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Buste de Walthère Frère-Orban</t>
+          <t>Oedipe et le Sphinx</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
-          <t>Mignon, Léon</t>
+          <t>Puttemans,  Auguste / Fonderie Batardy</t>
         </is>
       </c>
       <c r="E462" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1899</t>
+          <t>1866 - 1927</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>43522</v>
+        <v>51842</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>burette</t>
+          <t>Buste de Walthère Frère-Orban</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D463" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Mignon, Léon</t>
         </is>
       </c>
       <c r="E463" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1871</t>
+          <t>1867 - 1899</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>43523</v>
+        <v>43518</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
-      <c r="D464" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D464" s="2"/>
       <c r="E464" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1871</t>
+          <t>1867 - 1900</t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>95675</v>
+        <v>43522</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>burette</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D465" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D465" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E465" s="2" t="inlineStr">
         <is>
-          <t>1872 - </t>
+          <t>1871 - 1871</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>38627</v>
+        <v>43523</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>S.M. Léopold II</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D466" s="2" t="inlineStr">
         <is>
-          <t>Dutrieux, Aimable</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E466" s="2" t="inlineStr">
         <is>
-          <t>1873 - </t>
+          <t>1871 - 1871</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>38629</v>
+        <v>95675</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>S.M. Marie-Henriette</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D467" s="2"/>
       <c r="E467" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1872 - </t>
         </is>
       </c>
       <c r="F467" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H467" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>93391</v>
+        <v>38627</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la sainte Croix</t>
+          <t>S.M. Léopold II</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D468" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D468" s="2" t="inlineStr">
+        <is>
+          <t>Dutrieux, Aimable</t>
+        </is>
+      </c>
       <c r="E468" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1873 - </t>
         </is>
       </c>
       <c r="F468" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G468" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H468" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>43305</v>
+        <v>38629</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>S.M. Marie-Henriette</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Dutrieux, Aimable</t>
         </is>
       </c>
       <c r="E469" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
         <v>66245</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
           <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
           <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
           <t>1875 - 1910</t>
@@ -17179,230 +17183,226 @@
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
           <t>bronze, zinc</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>95734</v>
+        <v>93391</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Reliquaire de la sainte Croix</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D474" s="2"/>
       <c r="E474" s="2" t="inlineStr">
         <is>
-          <t>1876 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions, croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte</t>
+          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>95737</v>
+        <v>43305</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
-          <t>Jacquillat,  Auguste</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
-          <t>1876 - 1900</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, émail, pierre fine, améthyste</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>43533</v>
+        <v>95737</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Jacquillat,  Auguste</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
-          <t>1877 - 1877</t>
+          <t>1876 - 1900</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>argent, vermeil, émail, pierre fine, améthyste</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>43560</v>
+        <v>95734</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Bourdon</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1876 - 1900</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet lié aux fêtes et processions, croix et calvaire</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>43534</v>
+        <v>43533</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D478" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E478" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1877 - 1877</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
         <v>43107</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
           <t>plateau d'offrandes</t>
@@ -17419,753 +17419,753 @@
         </is>
       </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>86694</v>
+        <v>39240</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Médaillon L. Frederic</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E480" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>39240</v>
+        <v>86694</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Médaillon L. Frederic</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E481" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>11884</v>
+        <v>43560</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D482" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D482" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E482" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>53117</v>
+        <v>43534</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>70706</v>
+        <v>11884</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Burette de messe</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>vermeil, émail</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>70709</v>
+        <v>53117</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
-          <t>Crockaert, Charles</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, grenat</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique des métaux, technique d'émaillage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>43538</v>
+        <v>70706</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>Burette de messe</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Crockaert, Charles</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
-          <t>1881 - 1881</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G486" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>vermeil, émail</t>
         </is>
       </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>39397</v>
+        <v>70709</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Cendrillon</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>Lefever, Edmond / Compagnie des Bronzes</t>
+          <t>Crockaert, Charles</t>
         </is>
       </c>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G487" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>argent, vermeil, grenat</t>
         </is>
       </c>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de sculpture</t>
+          <t>technique de fonte, technique des métaux, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>43528</v>
+        <v>39397</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Cendrillon</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Lefever, Edmond / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1883</t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G488" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H488" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>43535</v>
+        <v>43538</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
-      <c r="D489" s="2"/>
+      <c r="D489" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
-          <t>1884 - 1884</t>
+          <t>1881 - 1881</t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G489" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H489" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
-        <v>42759</v>
+        <v>43528</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
-          <t>Les Lutteurs</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D490" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E490" s="2" t="inlineStr">
         <is>
-          <t>1884 - 1908</t>
+          <t>1883 - 1883</t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G490" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H490" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
-        <v>42761</v>
+        <v>42759</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
-          <t>Le dénicheur d'aigles</t>
+          <t>Les Lutteurs</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D491" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / Verbeyst,</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E491" s="2" t="inlineStr">
         <is>
           <t>1884 - 1908</t>
         </is>
       </c>
       <c r="F491" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G491" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H491" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
-        <v>43108</v>
+        <v>42761</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>Le dénicheur d'aigles</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D492" s="2" t="inlineStr">
         <is>
-          <t>Christofle &amp; Cie,</t>
+          <t>Lambeaux, Jef / Verbeyst,</t>
         </is>
       </c>
       <c r="E492" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1885</t>
+          <t>1884 - 1908</t>
         </is>
       </c>
       <c r="F492" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G492" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H492" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
-        <v>52121</v>
+        <v>43535</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
-          <t>Homme et femme entraînant un cheval, un lion, un boeuf et une chèvre (Ara Pacis)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D493" s="2"/>
       <c r="E493" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1892</t>
+          <t>1884 - 1884</t>
         </is>
       </c>
       <c r="F493" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G493" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H493" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>88680</v>
+        <v>43108</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>Plat de Shabbat ovale, à décors en style Rocaille et bords perlés </t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
-[...2 lines deleted...]
-      <c r="D494" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D494" s="2" t="inlineStr">
+        <is>
+          <t>Christofle &amp; Cie,</t>
+        </is>
+      </c>
       <c r="E494" s="2" t="inlineStr">
         <is>
-          <t>1888 - 1920</t>
+          <t>1885 - 1885</t>
         </is>
       </c>
       <c r="F494" s="2" t="inlineStr">
         <is>
-          <t>objet de la religion juive</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G494" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H494" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>43109</v>
+        <v>52121</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>Homme et femme entraînant un cheval, un lion, un boeuf et une chèvre (Ara Pacis)</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D495" s="2" t="inlineStr">
         <is>
-          <t>Vandevelde,  Félix</t>
+          <t>De Haen, Victor</t>
         </is>
       </c>
       <c r="E495" s="2" t="inlineStr">
         <is>
-          <t>1889 - 1889</t>
+          <t>1886 - 1892</t>
         </is>
       </c>
       <c r="F495" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G495" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H495" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>43536</v>
+        <v>88680</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Plat de Shabbat ovale, à décors en style Rocaille et bords perlés </t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Juif de Belgique</t>
+        </is>
+      </c>
+      <c r="D496" s="2"/>
       <c r="E496" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1888 - 1920</t>
         </is>
       </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet de la religion juive</t>
         </is>
       </c>
       <c r="G496" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H496" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>66220</v>
+        <v>43109</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>La Porteuse d'eau</t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D497" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Vandevelde,  Félix</t>
         </is>
       </c>
       <c r="E497" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1889 - 1889</t>
         </is>
       </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H497" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
         <v>66259</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
           <t>épée honorifique</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D498" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E498" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
@@ -18207,11849 +18207,11857 @@
         </is>
       </c>
       <c r="E499" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
           <t>arme blanche</t>
         </is>
       </c>
       <c r="G499" s="2" t="inlineStr">
         <is>
           <t>cuir, fer, bronze, acier, nacre</t>
         </is>
       </c>
       <c r="H499" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>43299</v>
+        <v>66220</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>La Porteuse d'eau</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D500" s="2" t="inlineStr">
         <is>
-          <t>Firlefijn,  Leopold</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E500" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1890</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G500" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H500" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>39395</v>
+        <v>43299</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
-          <t>Eve et le serpent</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert / J. Petermann</t>
+          <t>Firlefijn,  Leopold</t>
         </is>
       </c>
       <c r="E501" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1890</t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre, pierre bleue</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H501" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>92401</v>
+        <v>39395</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>Eve et le serpent</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D502" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D502" s="2" t="inlineStr">
+        <is>
+          <t>Desenfans, Albert / J. Petermann</t>
+        </is>
+      </c>
       <c r="E502" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, papier, encre, os</t>
+          <t>bronze, pierre, pierre bleue</t>
         </is>
       </c>
       <c r="H502" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>95709</v>
+        <v>43536</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D503" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D503" s="2" t="inlineStr">
+        <is>
+          <t>Wilmotte,  Joseph</t>
+        </is>
+      </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H503" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte, technique d'assemblage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>92402</v>
+        <v>30756</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
-          <t>laiton, vermeil, verre, émail, os</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H504" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>92403</v>
+        <v>43594</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G505" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, verre, émail, os, papier, encre</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H505" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>93393</v>
+        <v>30887</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Croix-reliquaire de la Sainte Croix</t>
+          <t>chandelier pascal</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Sainte-Marie</t>
         </is>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1930</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, reliquaire</t>
+          <t>chandelier pascal</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H506" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>92384</v>
+        <v>43650</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D507" s="2"/>
+      <c r="D507" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G507" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H507" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>92385</v>
+        <v>43653</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H508" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>93438</v>
+        <v>43656</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H509" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>92393</v>
+        <v>30707</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D510" s="2"/>
       <c r="E510" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1903</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G510" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>92394</v>
+        <v>30710</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D511" s="2"/>
       <c r="E511" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H511" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>95672</v>
+        <v>30712</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G512" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H512" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>92400</v>
+        <v>105936</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Joseph</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G513" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, encre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H513" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>43544</v>
+        <v>99747</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D514" s="2"/>
       <c r="E514" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H514" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>43545</v>
+        <v>106139</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>Calice de l'abbé Benoît Cornet de Peissant</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D515" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D515" s="2" t="inlineStr">
+        <is>
+          <t>Bourdon, Armand</t>
+        </is>
+      </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G515" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, pierre fine</t>
         </is>
       </c>
       <c r="H515" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
-        <v>43414</v>
+        <v>86695</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
-          <t>aigle-lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G516" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H516" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
-        <v>43496</v>
+        <v>93393</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Croix-reliquaire de la Sainte Croix</t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1930</t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>croix et calvaire, reliquaire</t>
         </is>
       </c>
       <c r="G517" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, laiton</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H517" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>43551</v>
+        <v>92384</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G518" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H518" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>43552</v>
+        <v>92385</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G519" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H519" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>43499</v>
+        <v>93438</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G520" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H520" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>43502</v>
+        <v>92393</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D521" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D521" s="2" t="inlineStr">
+        <is>
+          <t>Poussielgue, Rusand &amp; fils [firme]</t>
+        </is>
+      </c>
       <c r="E521" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1903</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G521" s="2" t="inlineStr">
         <is>
-          <t>zinc</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H521" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>43503</v>
+        <v>92394</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D522" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D522" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H522" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>43524</v>
+        <v>95672</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H523" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
-        <v>43656</v>
+        <v>92400</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>Baiser de paix de saint Joseph</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G524" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre, papier, encre</t>
         </is>
       </c>
       <c r="H524" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
-        <v>30756</v>
+        <v>92401</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G525" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, verre, papier, encre, os</t>
         </is>
       </c>
       <c r="H525" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
-        <v>30887</v>
+        <v>95709</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
-          <t>chandelier pascal</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
-          <t>chandelier pascal</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G526" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H526" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique des métaux</t>
+          <t>technique des métaux, technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>43594</v>
+        <v>92402</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>laiton, vermeil, verre, émail, os</t>
         </is>
       </c>
       <c r="H527" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>30707</v>
+        <v>92403</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent, verre, émail, os, papier, encre</t>
         </is>
       </c>
       <c r="H528" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
-        <v>30710</v>
+        <v>43552</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G529" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H529" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
-        <v>30712</v>
+        <v>43499</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H530" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
-        <v>43650</v>
+        <v>43502</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D531" s="2"/>
       <c r="E531" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>zinc</t>
         </is>
       </c>
       <c r="H531" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>43653</v>
+        <v>43503</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H532" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>99747</v>
+        <v>43524</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G533" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H533" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
-        <v>106139</v>
+        <v>43544</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
-          <t>Calice de l'abbé Benoît Cornet de Peissant</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D534" s="2" t="inlineStr">
         <is>
-          <t>Bourdon, Armand</t>
+          <t>Bourdon,</t>
         </is>
       </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G534" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, pierre fine</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H534" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>105936</v>
+        <v>43545</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G535" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H535" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>86695</v>
+        <v>43414</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G536" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H536" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
-        <v>38690</v>
+        <v>43496</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
-          <t>Romain</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D537" s="2"/>
       <c r="E537" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue, laiton</t>
         </is>
       </c>
       <c r="H537" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>43546</v>
+        <v>43551</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1894</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G538" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H538" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>41336</v>
+        <v>38690</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Poignée pour crémone</t>
+          <t>Romain</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D539" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>De Haen, Victor</t>
         </is>
       </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1895</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H539" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>39051</v>
+        <v>41336</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Buste de l'échevin Joseph Brand</t>
+          <t>Poignée pour crémone</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D540" s="2" t="inlineStr">
         <is>
-          <t>Mignon, Léon</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1894 - 1895</t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G540" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer, vernis</t>
         </is>
       </c>
       <c r="H540" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>41211</v>
+        <v>43546</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D541" s="2"/>
       <c r="E541" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>or, fer</t>
+          <t>métal, argent, bois</t>
         </is>
       </c>
       <c r="H541" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>41175</v>
+        <v>11381</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>cache-radiateur</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D542" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E542" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>meuble lié au chauffage</t>
         </is>
       </c>
       <c r="G542" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H542" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
-        <v>41176</v>
+        <v>11410</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D543" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E543" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H543" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>41177</v>
+        <v>41320</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D544" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E544" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G544" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H544" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>41178</v>
+        <v>41357</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D545" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E545" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G545" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H545" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>41179</v>
+        <v>41321</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Cremaillère</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D546" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E546" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G546" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H546" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>41216</v>
+        <v>41358</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
           <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D547" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E547" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G547" s="2" t="inlineStr">
         <is>
-          <t>bronze, cire</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H547" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>41180</v>
+        <v>41322</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Cremaillère</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D548" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E548" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H548" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
-        <v>41217</v>
+        <v>41359</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
           <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D549" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G549" s="2" t="inlineStr">
         <is>
-          <t>bronze, cire</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H549" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
-        <v>41181</v>
+        <v>41323</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée à poucier avec plaque de propreté</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D550" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E550" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F550" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G550" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H550" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="1" t="n">
-        <v>41218</v>
+        <v>41360</v>
       </c>
       <c r="B551" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Fragment de poignée de tirage</t>
         </is>
       </c>
       <c r="C551" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D551" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E551" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F551" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G551" s="2" t="inlineStr">
         <is>
-          <t>bronze, cire</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H551" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="1" t="n">
-        <v>41182</v>
+        <v>41324</v>
       </c>
       <c r="B552" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Poignée à poucier avec plaque de propreté</t>
         </is>
       </c>
       <c r="C552" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D552" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E552" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F552" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G552" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H552" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="1" t="n">
-        <v>41219</v>
+        <v>41361</v>
       </c>
       <c r="B553" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Gache</t>
         </is>
       </c>
       <c r="C553" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D553" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E553" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H553" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>41183</v>
+        <v>41325</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Poignée à poucier avec plaque de propreté</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D554" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E554" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H554" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
-        <v>41220</v>
+        <v>41362</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D555" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E555" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H555" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
-        <v>41184</v>
+        <v>41326</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée à poucier avec plaque de propreté</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D556" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E556" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G556" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H556" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
-        <v>41221</v>
+        <v>41363</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
-          <t>Interrupteur</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D557" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E557" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H557" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>41185</v>
+        <v>41327</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée à poucier avec plaque de propreté</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D558" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H558" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>41222</v>
+        <v>41364</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D559" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E559" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G559" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H559" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
-        <v>41186</v>
+        <v>41328</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D560" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E560" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G560" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H560" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>41223</v>
+        <v>41365</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D561" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G561" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H561" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>41187</v>
+        <v>41329</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G562" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H562" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
-        <v>41224</v>
+        <v>41366</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D563" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E563" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G563" s="2" t="inlineStr">
         <is>
           <t>bronze, fer</t>
         </is>
       </c>
       <c r="H563" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>41188</v>
+        <v>41330</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Support de fixation de cimaise</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D564" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E564" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G564" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H564" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
-        <v>41225</v>
+        <v>41367</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D565" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E565" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F565" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G565" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H565" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>41189</v>
+        <v>41331</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D566" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E566" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H566" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>41226</v>
+        <v>41368</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D567" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E567" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G567" s="2" t="inlineStr">
         <is>
           <t>bronze, fer</t>
         </is>
       </c>
       <c r="H567" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>41190</v>
+        <v>41332</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D568" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E568" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H568" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>41227</v>
+        <v>41369</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D569" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E569" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F569" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G569" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H569" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>41191</v>
+        <v>41333</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>Gache</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D570" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E570" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H570" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>41228</v>
+        <v>41370</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D571" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E571" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H571" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>41192</v>
+        <v>41334</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaquette de fixation</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D572" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E572" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F572" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G572" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H572" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>41229</v>
+        <v>41371</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H573" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>41193</v>
+        <v>41335</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D574" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E574" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H574" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>41230</v>
+        <v>41372</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D575" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E575" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>41194</v>
+        <v>41373</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D576" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H576" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>41231</v>
+        <v>41337</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Sonnette</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D577" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, ciment, peinture</t>
         </is>
       </c>
       <c r="H577" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>41195</v>
+        <v>41374</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>Porte manteau</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D578" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E578" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
-          <t>porte-manteau</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H578" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>41232</v>
+        <v>41338</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D579" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E579" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>41196</v>
+        <v>41375</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Porte manteau</t>
+          <t>Crémone: tige, 2 conduits, pompe, bouton de tirage</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D580" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E580" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
-          <t>porte-manteau</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze, fer, bois, vernis</t>
         </is>
       </c>
       <c r="H580" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>41233</v>
+        <v>41339</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Support de fixation</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D581" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E581" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G581" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, plâtre</t>
         </is>
       </c>
       <c r="H581" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>41197</v>
+        <v>41376</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Crémone: tige, poignée</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H582" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>41234</v>
+        <v>41340</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Support de fixation de cimaise</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H583" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>41198</v>
+        <v>41377</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Crémone: tige, pompe, 2 conduits</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G584" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H584" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>41235</v>
+        <v>41378</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Crémone: tige, poignée</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D585" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G585" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H585" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>41199</v>
+        <v>41342</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D586" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H586" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>41236</v>
+        <v>41379</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D587" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H587" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>41200</v>
+        <v>41343</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D588" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E588" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G588" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H588" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>41237</v>
+        <v>41344</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Crochet</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D589" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E589" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H589" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>41201</v>
+        <v>41345</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Bouchon à gaz</t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
-          <t>bronze, métal</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H590" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
-        <v>41202</v>
+        <v>41309</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Support de fixation</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F591" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G591" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H591" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
-        <v>41203</v>
+        <v>41346</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
-          <t>Pinacle</t>
+          <t>Gond</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D592" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G592" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H592" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>41204</v>
+        <v>41310</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>Pinacle</t>
+          <t>Support de fixation</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D593" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E593" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze, plâtre</t>
         </is>
       </c>
       <c r="H593" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>41168</v>
+        <v>41311</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G594" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H594" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
-        <v>41205</v>
+        <v>41348</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
-          <t>Fixation de barre à tapis</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D595" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E595" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G595" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H595" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
-        <v>41169</v>
+        <v>41312</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
-          <t>Crosse</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D596" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E596" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H596" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
-        <v>41206</v>
+        <v>41349</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D597" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E597" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G597" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H597" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
-        <v>41170</v>
+        <v>41313</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
-          <t>Poignée avec plaquette de propreté</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D598" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E598" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H598" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
-        <v>41171</v>
+        <v>41350</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage avec plaquette de propreté</t>
+          <t>Sonnette</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D599" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E599" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F599" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H599" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
-        <v>41208</v>
+        <v>41314</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
-          <t>Cimaise</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D600" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E600" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G600" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H600" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
-        <v>41172</v>
+        <v>41351</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D601" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E601" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H601" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
-        <v>41209</v>
+        <v>41315</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D602" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E602" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F602" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G602" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H602" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
-        <v>11381</v>
+        <v>41352</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
-          <t>cache-radiateur</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D603" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E603" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
-          <t>meuble lié au chauffage</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G603" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H603" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>41173</v>
+        <v>41316</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D604" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E604" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H604" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>41210</v>
+        <v>41353</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Crochet</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D605" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E605" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H605" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
-        <v>11410</v>
+        <v>41317</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G606" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H606" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
-        <v>41174</v>
+        <v>41354</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Elément</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D607" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E607" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H607" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
-        <v>41247</v>
+        <v>41318</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D608" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E608" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G608" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H608" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="1" t="n">
-        <v>41284</v>
+        <v>41319</v>
       </c>
       <c r="B609" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C609" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D609" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G609" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H609" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
-        <v>41248</v>
+        <v>41356</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
           <t>Poignée</t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D610" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E610" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H610" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>41285</v>
+        <v>69144</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Philippe Wolfers, Les pavots [vase], bronze, 1895.</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D611" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E611" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G611" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H611" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>41249</v>
+        <v>39051</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Buste de l'échevin Joseph Brand</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Mignon, Léon</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H612" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
-        <v>41286</v>
+        <v>41380</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G613" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H613" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
-        <v>41250</v>
+        <v>41381</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Gache</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G614" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H614" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
-        <v>41287</v>
+        <v>41382</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Cimaise</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D615" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E615" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H615" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
-        <v>41251</v>
+        <v>41383</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Barre</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D616" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E616" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G616" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H616" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
-        <v>41288</v>
+        <v>41384</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D617" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E617" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H617" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
-        <v>41252</v>
+        <v>41385</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D618" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G618" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H618" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
-        <v>41289</v>
+        <v>41386</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D619" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E619" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G619" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H619" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
-        <v>41253</v>
+        <v>41387</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D620" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G620" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H620" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
-        <v>41290</v>
+        <v>41388</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D621" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E621" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H621" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
-        <v>41254</v>
+        <v>41389</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D622" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E622" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G622" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H622" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="1" t="n">
-        <v>41291</v>
+        <v>41390</v>
       </c>
       <c r="B623" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C623" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D623" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E623" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G623" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H623" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
-        <v>41255</v>
+        <v>41391</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D624" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H624" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
-        <v>41292</v>
+        <v>41392</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D625" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E625" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H625" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
-        <v>41256</v>
+        <v>39394</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>L'élagueur</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D626" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Desenfans, Albert / Verbeyst</t>
         </is>
       </c>
       <c r="E626" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F626" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G626" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H626" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
-        <v>41293</v>
+        <v>41153</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D627" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E627" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G627" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H627" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
-        <v>41257</v>
+        <v>41154</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D628" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E628" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G628" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H628" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="1" t="n">
-        <v>41294</v>
+        <v>41155</v>
       </c>
       <c r="B629" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C629" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D629" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E629" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F629" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G629" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H629" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="1" t="n">
-        <v>41258</v>
+        <v>41156</v>
       </c>
       <c r="B630" s="2" t="inlineStr">
         <is>
           <t>Poignée</t>
         </is>
       </c>
       <c r="C630" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D630" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F630" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G630" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H630" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
-        <v>69144</v>
+        <v>41157</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
-          <t>Philippe Wolfers, Les pavots [vase], bronze, 1895.</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D631" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E631" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H631" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
-        <v>41295</v>
+        <v>41158</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D632" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H632" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
-        <v>41259</v>
+        <v>41159</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D633" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E633" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F633" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G633" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H633" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="1" t="n">
-        <v>41296</v>
+        <v>41160</v>
       </c>
       <c r="B634" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C634" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D634" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H634" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>41260</v>
+        <v>41161</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D635" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E635" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H635" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
-        <v>41297</v>
+        <v>41162</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D636" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E636" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G636" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H636" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
-        <v>41261</v>
+        <v>41163</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H637" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>41298</v>
+        <v>41164</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H638" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>41262</v>
+        <v>41165</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D639" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H639" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>41299</v>
+        <v>41166</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Pinacle</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal, fer</t>
         </is>
       </c>
       <c r="H640" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
-        <v>41263</v>
+        <v>41175</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H641" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
-        <v>41300</v>
+        <v>41176</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D642" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E642" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G642" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H642" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
-        <v>41264</v>
+        <v>41177</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D643" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E643" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G643" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H643" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
-        <v>41301</v>
+        <v>41178</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D644" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E644" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H644" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
-        <v>41265</v>
+        <v>41179</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D645" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E645" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H645" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>41302</v>
+        <v>41216</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G646" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, cire</t>
         </is>
       </c>
       <c r="H646" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>41266</v>
+        <v>41180</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H647" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
-        <v>41303</v>
+        <v>41217</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
           <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G648" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, cire</t>
         </is>
       </c>
       <c r="H648" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
-        <v>41267</v>
+        <v>41181</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G649" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H649" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
-        <v>41304</v>
+        <v>41218</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
           <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G650" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, cire</t>
         </is>
       </c>
       <c r="H650" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
-        <v>41268</v>
+        <v>41182</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G651" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H651" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
-        <v>41305</v>
+        <v>41219</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G652" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H652" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
-        <v>41269</v>
+        <v>41183</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H653" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
-        <v>41306</v>
+        <v>41220</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G654" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H654" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
-        <v>41270</v>
+        <v>41184</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D655" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E655" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G655" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H655" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
-        <v>41307</v>
+        <v>41221</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Interrupteur</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D656" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E656" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G656" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H656" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
-        <v>41271</v>
+        <v>41185</v>
       </c>
       <c r="B657" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C657" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D657" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E657" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F657" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G657" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H657" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="1" t="n">
-        <v>41308</v>
+        <v>41222</v>
       </c>
       <c r="B658" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C658" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D658" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E658" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G658" s="2" t="inlineStr">
         <is>
-          <t>bronze, plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H658" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
-        <v>41272</v>
+        <v>41186</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D659" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E659" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F659" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G659" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H659" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="1" t="n">
-        <v>41273</v>
+        <v>41223</v>
       </c>
       <c r="B660" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C660" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D660" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E660" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F660" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G660" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H660" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="1" t="n">
-        <v>41274</v>
+        <v>41187</v>
       </c>
       <c r="B661" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C661" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D661" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E661" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F661" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G661" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H661" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="1" t="n">
-        <v>41238</v>
+        <v>41224</v>
       </c>
       <c r="B662" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C662" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D662" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E662" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F662" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G662" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H662" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="1" t="n">
-        <v>41275</v>
+        <v>41188</v>
       </c>
       <c r="B663" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C663" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D663" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E663" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F663" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G663" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H663" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="1" t="n">
-        <v>41239</v>
+        <v>41225</v>
       </c>
       <c r="B664" s="2" t="inlineStr">
         <is>
           <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C664" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D664" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E664" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F664" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G664" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H664" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="1" t="n">
-        <v>41276</v>
+        <v>41189</v>
       </c>
       <c r="B665" s="2" t="inlineStr">
         <is>
-          <t>Gond</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C665" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D665" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E665" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F665" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G665" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H665" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="1" t="n">
-        <v>41240</v>
+        <v>41226</v>
       </c>
       <c r="B666" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C666" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D666" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E666" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H666" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
-        <v>41277</v>
+        <v>41190</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Clé</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D667" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E667" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G667" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H667" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
-        <v>41241</v>
+        <v>41227</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D668" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E668" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H668" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
-        <v>41278</v>
+        <v>41191</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Gache</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D669" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E669" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F669" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G669" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H669" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="1" t="n">
-        <v>41242</v>
+        <v>41228</v>
       </c>
       <c r="B670" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C670" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D670" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E670" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F670" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G670" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H670" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="1" t="n">
-        <v>41279</v>
+        <v>41192</v>
       </c>
       <c r="B671" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C671" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D671" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E671" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F671" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G671" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H671" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="1" t="n">
-        <v>41243</v>
+        <v>41229</v>
       </c>
       <c r="B672" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C672" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D672" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E672" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F672" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G672" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H672" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="1" t="n">
-        <v>41280</v>
+        <v>41193</v>
       </c>
       <c r="B673" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Conduit</t>
         </is>
       </c>
       <c r="C673" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D673" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E673" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F673" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G673" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H673" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="1" t="n">
-        <v>41244</v>
+        <v>41230</v>
       </c>
       <c r="B674" s="2" t="inlineStr">
         <is>
-          <t>Pinacle</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C674" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D674" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E674" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F674" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G674" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H674" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="1" t="n">
-        <v>41281</v>
+        <v>41194</v>
       </c>
       <c r="B675" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C675" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D675" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E675" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F675" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G675" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H675" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="1" t="n">
-        <v>41245</v>
+        <v>41231</v>
       </c>
       <c r="B676" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C676" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D676" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E676" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F676" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G676" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H676" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="1" t="n">
-        <v>41282</v>
+        <v>41195</v>
       </c>
       <c r="B677" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Porte manteau</t>
         </is>
       </c>
       <c r="C677" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D677" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E677" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F677" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>porte-manteau</t>
         </is>
       </c>
       <c r="G677" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H677" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="1" t="n">
-        <v>41246</v>
+        <v>41232</v>
       </c>
       <c r="B678" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C678" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D678" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E678" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G678" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H678" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="1" t="n">
-        <v>41283</v>
+        <v>41196</v>
       </c>
       <c r="B679" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Porte manteau</t>
         </is>
       </c>
       <c r="C679" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D679" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E679" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F679" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>porte-manteau</t>
         </is>
       </c>
       <c r="G679" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H679" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="1" t="n">
-        <v>41356</v>
+        <v>41233</v>
       </c>
       <c r="B680" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C680" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D680" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E680" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F680" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G680" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H680" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="1" t="n">
-        <v>41320</v>
+        <v>41197</v>
       </c>
       <c r="B681" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C681" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D681" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E681" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F681" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G681" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H681" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="1" t="n">
-        <v>41357</v>
+        <v>41234</v>
       </c>
       <c r="B682" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C682" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D682" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E682" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F682" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G682" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H682" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="1" t="n">
-        <v>41321</v>
+        <v>41198</v>
       </c>
       <c r="B683" s="2" t="inlineStr">
         <is>
-          <t>Cremaillère</t>
+          <t>Poignée de tirage</t>
         </is>
       </c>
       <c r="C683" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D683" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E683" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F683" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G683" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H683" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="1" t="n">
-        <v>41358</v>
+        <v>41235</v>
       </c>
       <c r="B684" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C684" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D684" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E684" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F684" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G684" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H684" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="1" t="n">
-        <v>41322</v>
+        <v>41199</v>
       </c>
       <c r="B685" s="2" t="inlineStr">
         <is>
-          <t>Cremaillère</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C685" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D685" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E685" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F685" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G685" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H685" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="1" t="n">
-        <v>41359</v>
+        <v>41236</v>
       </c>
       <c r="B686" s="2" t="inlineStr">
         <is>
           <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C686" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D686" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E686" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F686" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G686" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H686" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="1" t="n">
-        <v>41323</v>
+        <v>41200</v>
       </c>
       <c r="B687" s="2" t="inlineStr">
         <is>
-          <t>Poignée à poucier avec plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C687" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D687" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E687" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F687" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G687" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H687" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="1" t="n">
-        <v>41360</v>
+        <v>41237</v>
       </c>
       <c r="B688" s="2" t="inlineStr">
         <is>
-          <t>Fragment de poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C688" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D688" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E688" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F688" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G688" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H688" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="1" t="n">
-        <v>41324</v>
+        <v>41201</v>
       </c>
       <c r="B689" s="2" t="inlineStr">
         <is>
-          <t>Poignée à poucier avec plaque de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C689" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D689" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E689" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F689" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G689" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze, métal</t>
         </is>
       </c>
       <c r="H689" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="1" t="n">
-        <v>41361</v>
+        <v>41202</v>
       </c>
       <c r="B690" s="2" t="inlineStr">
         <is>
-          <t>Gache</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C690" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D690" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E690" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F690" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G690" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H690" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="1" t="n">
-        <v>41325</v>
+        <v>41203</v>
       </c>
       <c r="B691" s="2" t="inlineStr">
         <is>
-          <t>Poignée à poucier avec plaque de propreté</t>
+          <t>Pinacle</t>
         </is>
       </c>
       <c r="C691" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D691" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E691" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F691" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G691" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H691" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="1" t="n">
-        <v>41362</v>
+        <v>41204</v>
       </c>
       <c r="B692" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Pinacle</t>
         </is>
       </c>
       <c r="C692" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D692" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E692" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F692" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G692" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H692" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="1" t="n">
-        <v>41326</v>
+        <v>41168</v>
       </c>
       <c r="B693" s="2" t="inlineStr">
         <is>
-          <t>Poignée à poucier avec plaque de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C693" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D693" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E693" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F693" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G693" s="2" t="inlineStr">
         <is>
           <t>bronze, fer</t>
         </is>
       </c>
       <c r="H693" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="1" t="n">
-        <v>41363</v>
+        <v>41205</v>
       </c>
       <c r="B694" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Fixation de barre à tapis</t>
         </is>
       </c>
       <c r="C694" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D694" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E694" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F694" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G694" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H694" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="1" t="n">
-        <v>41327</v>
+        <v>41169</v>
       </c>
       <c r="B695" s="2" t="inlineStr">
         <is>
-          <t>Poignée à poucier avec plaque de propreté</t>
+          <t>Crosse</t>
         </is>
       </c>
       <c r="C695" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D695" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E695" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F695" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G695" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H695" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="1" t="n">
-        <v>41364</v>
+        <v>41206</v>
       </c>
       <c r="B696" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C696" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D696" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E696" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F696" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G696" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H696" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
       <c r="A697" s="1" t="n">
-        <v>41328</v>
+        <v>41170</v>
       </c>
       <c r="B697" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Poignée avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C697" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D697" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E697" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F697" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G697" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H697" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="1" t="n">
-        <v>41365</v>
+        <v>41171</v>
       </c>
       <c r="B698" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C698" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D698" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E698" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F698" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G698" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H698" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
       <c r="A699" s="1" t="n">
-        <v>41329</v>
+        <v>41208</v>
       </c>
       <c r="B699" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Cimaise</t>
         </is>
       </c>
       <c r="C699" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D699" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E699" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F699" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G699" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H699" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="1" t="n">
-        <v>41366</v>
+        <v>41172</v>
       </c>
       <c r="B700" s="2" t="inlineStr">
         <is>
           <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C700" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D700" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E700" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F700" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G700" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H700" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
       <c r="A701" s="1" t="n">
-        <v>41330</v>
+        <v>41209</v>
       </c>
       <c r="B701" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation de cimaise</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C701" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D701" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E701" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F701" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G701" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H701" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="1" t="n">
-        <v>41367</v>
+        <v>41173</v>
       </c>
       <c r="B702" s="2" t="inlineStr">
         <is>
           <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C702" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D702" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E702" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F702" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G702" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H702" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="1" t="n">
-        <v>41331</v>
+        <v>41210</v>
       </c>
       <c r="B703" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C703" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D703" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E703" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F703" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G703" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H703" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
       <c r="A704" s="1" t="n">
-        <v>41368</v>
+        <v>41174</v>
       </c>
       <c r="B704" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C704" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D704" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E704" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F704" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G704" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H704" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
       <c r="A705" s="1" t="n">
-        <v>41332</v>
+        <v>41211</v>
       </c>
       <c r="B705" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C705" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D705" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E705" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F705" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G705" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>or, fer</t>
         </is>
       </c>
       <c r="H705" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
       <c r="A706" s="1" t="n">
-        <v>41369</v>
+        <v>41284</v>
       </c>
       <c r="B706" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C706" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D706" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E706" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F706" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G706" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H706" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
       <c r="A707" s="1" t="n">
-        <v>41333</v>
+        <v>41248</v>
       </c>
       <c r="B707" s="2" t="inlineStr">
         <is>
           <t>Poignée</t>
         </is>
       </c>
       <c r="C707" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D707" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E707" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F707" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G707" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H707" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
       <c r="A708" s="1" t="n">
-        <v>41370</v>
+        <v>41285</v>
       </c>
       <c r="B708" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C708" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D708" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E708" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F708" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G708" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H708" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="1" t="n">
-        <v>41334</v>
+        <v>41249</v>
       </c>
       <c r="B709" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de fixation</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C709" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D709" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E709" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F709" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G709" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H709" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="1" t="n">
-        <v>41371</v>
+        <v>41286</v>
       </c>
       <c r="B710" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C710" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D710" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E710" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F710" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G710" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H710" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="1" t="n">
-        <v>41335</v>
+        <v>41250</v>
       </c>
       <c r="B711" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C711" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D711" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E711" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F711" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G711" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H711" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="1" t="n">
-        <v>41372</v>
+        <v>41287</v>
       </c>
       <c r="B712" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C712" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D712" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E712" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F712" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G712" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H712" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="1" t="n">
-        <v>41373</v>
+        <v>41251</v>
       </c>
       <c r="B713" s="2" t="inlineStr">
         <is>
           <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C713" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D713" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E713" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F713" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G713" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H713" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="1" t="n">
-        <v>41337</v>
+        <v>41288</v>
       </c>
       <c r="B714" s="2" t="inlineStr">
         <is>
-          <t>Sonnette</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C714" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D714" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E714" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F714" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G714" s="2" t="inlineStr">
         <is>
-          <t>bronze, ciment, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H714" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
       <c r="A715" s="1" t="n">
-        <v>41374</v>
+        <v>41252</v>
       </c>
       <c r="B715" s="2" t="inlineStr">
         <is>
           <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C715" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D715" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E715" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F715" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G715" s="2" t="inlineStr">
         <is>
           <t>bronze, fer</t>
         </is>
       </c>
       <c r="H715" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="1" t="n">
-        <v>41338</v>
+        <v>41289</v>
       </c>
       <c r="B716" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C716" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D716" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E716" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F716" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G716" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H716" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="1" t="n">
-        <v>41375</v>
+        <v>41253</v>
       </c>
       <c r="B717" s="2" t="inlineStr">
         <is>
-          <t>Crémone: tige, 2 conduits, pompe, bouton de tirage</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C717" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D717" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E717" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F717" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G717" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer, bois, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H717" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="1" t="n">
-        <v>41339</v>
+        <v>41290</v>
       </c>
       <c r="B718" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C718" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D718" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E718" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F718" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G718" s="2" t="inlineStr">
         <is>
-          <t>bronze, plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H718" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="1" t="n">
-        <v>41376</v>
+        <v>41254</v>
       </c>
       <c r="B719" s="2" t="inlineStr">
         <is>
-          <t>Crémone: tige, poignée</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C719" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D719" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E719" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F719" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G719" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H719" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
       <c r="A720" s="1" t="n">
-        <v>41340</v>
+        <v>41291</v>
       </c>
       <c r="B720" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation de cimaise</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C720" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D720" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E720" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F720" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G720" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H720" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="1" t="n">
-        <v>41377</v>
+        <v>41255</v>
       </c>
       <c r="B721" s="2" t="inlineStr">
         <is>
-          <t>Crémone: tige, pompe, 2 conduits</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C721" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D721" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E721" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F721" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G721" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H721" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
       <c r="A722" s="1" t="n">
-        <v>41378</v>
+        <v>41292</v>
       </c>
       <c r="B722" s="2" t="inlineStr">
         <is>
-          <t>Crémone: tige, poignée</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C722" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D722" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E722" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F722" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G722" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H722" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="1" t="n">
-        <v>41342</v>
+        <v>41256</v>
       </c>
       <c r="B723" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C723" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D723" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E723" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F723" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G723" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H723" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="1" t="n">
-        <v>41379</v>
+        <v>41293</v>
       </c>
       <c r="B724" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C724" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D724" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E724" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F724" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G724" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H724" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
       <c r="A725" s="1" t="n">
-        <v>41343</v>
+        <v>41257</v>
       </c>
       <c r="B725" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Bouton de tirage</t>
         </is>
       </c>
       <c r="C725" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D725" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E725" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F725" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G725" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H725" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="1" t="n">
-        <v>41344</v>
+        <v>41294</v>
       </c>
       <c r="B726" s="2" t="inlineStr">
         <is>
-          <t>Crochet</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C726" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D726" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E726" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F726" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G726" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H726" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
       <c r="A727" s="1" t="n">
-        <v>41345</v>
+        <v>41258</v>
       </c>
       <c r="B727" s="2" t="inlineStr">
         <is>
-          <t>Bouchon à gaz</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C727" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D727" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E727" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F727" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G727" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H727" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="1" t="n">
-        <v>41309</v>
+        <v>41295</v>
       </c>
       <c r="B728" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C728" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D728" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E728" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F728" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G728" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H728" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="1" t="n">
-        <v>41346</v>
+        <v>41259</v>
       </c>
       <c r="B729" s="2" t="inlineStr">
         <is>
-          <t>Gond</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C729" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D729" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E729" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F729" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G729" s="2" t="inlineStr">
         <is>
           <t>bronze, fer</t>
         </is>
       </c>
       <c r="H729" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="1" t="n">
-        <v>41310</v>
+        <v>41296</v>
       </c>
       <c r="B730" s="2" t="inlineStr">
         <is>
-          <t>Support de fixation</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C730" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D730" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E730" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F730" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G730" s="2" t="inlineStr">
         <is>
-          <t>bronze, plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H730" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="1" t="n">
-        <v>41311</v>
+        <v>41260</v>
       </c>
       <c r="B731" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C731" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D731" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E731" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F731" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G731" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H731" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="1" t="n">
-        <v>41348</v>
+        <v>41297</v>
       </c>
       <c r="B732" s="2" t="inlineStr">
         <is>
           <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C732" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D732" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E732" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F732" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G732" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H732" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="1" t="n">
-        <v>41312</v>
+        <v>41261</v>
       </c>
       <c r="B733" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C733" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D733" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E733" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F733" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G733" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H733" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
       <c r="A734" s="1" t="n">
-        <v>41349</v>
+        <v>41298</v>
       </c>
       <c r="B734" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C734" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D734" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E734" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F734" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G734" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H734" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
       <c r="A735" s="1" t="n">
-        <v>41313</v>
+        <v>41262</v>
       </c>
       <c r="B735" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C735" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D735" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E735" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F735" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G735" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H735" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="1" t="n">
-        <v>41350</v>
+        <v>41299</v>
       </c>
       <c r="B736" s="2" t="inlineStr">
         <is>
-          <t>Sonnette</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C736" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D736" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E736" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F736" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G736" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H736" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="1" t="n">
-        <v>41314</v>
+        <v>41263</v>
       </c>
       <c r="B737" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C737" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D737" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E737" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F737" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G737" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H737" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="1" t="n">
-        <v>41351</v>
+        <v>41300</v>
       </c>
       <c r="B738" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C738" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D738" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E738" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F738" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G738" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H738" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="1" t="n">
-        <v>41315</v>
+        <v>41264</v>
       </c>
       <c r="B739" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C739" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D739" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E739" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F739" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G739" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H739" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="1" t="n">
-        <v>41352</v>
+        <v>41301</v>
       </c>
       <c r="B740" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C740" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D740" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E740" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F740" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G740" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H740" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="1" t="n">
-        <v>41316</v>
+        <v>41265</v>
       </c>
       <c r="B741" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C741" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D741" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E741" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F741" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G741" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H741" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="1" t="n">
-        <v>41353</v>
+        <v>41302</v>
       </c>
       <c r="B742" s="2" t="inlineStr">
         <is>
-          <t>Crochet</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C742" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D742" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E742" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F742" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G742" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H742" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="1" t="n">
-        <v>41317</v>
+        <v>41266</v>
       </c>
       <c r="B743" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C743" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D743" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E743" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F743" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G743" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H743" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
       <c r="A744" s="1" t="n">
-        <v>41354</v>
+        <v>41303</v>
       </c>
       <c r="B744" s="2" t="inlineStr">
         <is>
-          <t>Elément</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C744" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D744" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E744" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F744" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G744" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H744" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
       <c r="A745" s="1" t="n">
-        <v>41318</v>
+        <v>41267</v>
       </c>
       <c r="B745" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C745" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D745" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E745" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F745" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G745" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H745" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="1" t="n">
-        <v>41319</v>
+        <v>41304</v>
       </c>
       <c r="B746" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C746" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D746" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E746" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F746" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G746" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H746" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="1" t="n">
-        <v>41392</v>
+        <v>41268</v>
       </c>
       <c r="B747" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C747" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D747" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E747" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F747" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G747" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H747" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
       <c r="A748" s="1" t="n">
-        <v>41380</v>
+        <v>41305</v>
       </c>
       <c r="B748" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C748" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D748" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E748" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F748" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G748" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H748" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="1" t="n">
-        <v>41381</v>
+        <v>41269</v>
       </c>
       <c r="B749" s="2" t="inlineStr">
         <is>
-          <t>Gache</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C749" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D749" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E749" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F749" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G749" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H749" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
       <c r="A750" s="1" t="n">
-        <v>41382</v>
+        <v>41306</v>
       </c>
       <c r="B750" s="2" t="inlineStr">
         <is>
-          <t>Cimaise</t>
+          <t>Support de fixation</t>
         </is>
       </c>
       <c r="C750" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D750" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E750" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F750" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G750" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H750" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="1" t="n">
-        <v>41383</v>
+        <v>41270</v>
       </c>
       <c r="B751" s="2" t="inlineStr">
         <is>
-          <t>Barre</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C751" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D751" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E751" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F751" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G751" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H751" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="1" t="n">
-        <v>41384</v>
+        <v>41307</v>
       </c>
       <c r="B752" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Bouton de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C752" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D752" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E752" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F752" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G752" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H752" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="1" t="n">
-        <v>41385</v>
+        <v>41271</v>
       </c>
       <c r="B753" s="2" t="inlineStr">
         <is>
-          <t>Conduit</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C753" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D753" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E753" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F753" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G753" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H753" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="1" t="n">
-        <v>41386</v>
+        <v>41308</v>
       </c>
       <c r="B754" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Support de fixation</t>
         </is>
       </c>
       <c r="C754" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D754" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E754" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F754" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G754" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, plâtre</t>
         </is>
       </c>
       <c r="H754" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
       <c r="A755" s="1" t="n">
-        <v>41387</v>
+        <v>41272</v>
       </c>
       <c r="B755" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C755" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D755" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E755" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F755" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G755" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H755" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="1" t="n">
-        <v>41388</v>
+        <v>41273</v>
       </c>
       <c r="B756" s="2" t="inlineStr">
         <is>
-          <t>Bouton de tirage avec plaquette de propreté</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C756" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D756" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E756" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F756" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G756" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, vernis</t>
         </is>
       </c>
       <c r="H756" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="1" t="n">
-        <v>41389</v>
+        <v>41274</v>
       </c>
       <c r="B757" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C757" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D757" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E757" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F757" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G757" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H757" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="1" t="n">
-        <v>41390</v>
+        <v>41238</v>
       </c>
       <c r="B758" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaque de propreté</t>
         </is>
       </c>
       <c r="C758" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D758" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E758" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F758" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G758" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H758" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="1" t="n">
-        <v>41391</v>
+        <v>41275</v>
       </c>
       <c r="B759" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C759" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D759" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E759" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F759" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G759" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H759" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="1" t="n">
-        <v>41156</v>
+        <v>41239</v>
       </c>
       <c r="B760" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Poignée de tirage avec plaquette de propreté</t>
         </is>
       </c>
       <c r="C760" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D760" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E760" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F760" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G760" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H760" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="1" t="n">
-        <v>41157</v>
+        <v>41276</v>
       </c>
       <c r="B761" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Gond</t>
         </is>
       </c>
       <c r="C761" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D761" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E761" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F761" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G761" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H761" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="1" t="n">
-        <v>41158</v>
+        <v>41240</v>
       </c>
       <c r="B762" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C762" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D762" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E762" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F762" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G762" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H762" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="1" t="n">
-        <v>41159</v>
+        <v>41277</v>
       </c>
       <c r="B763" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C763" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D763" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E763" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F763" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G763" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H763" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="1" t="n">
-        <v>41160</v>
+        <v>41241</v>
       </c>
       <c r="B764" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C764" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D764" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E764" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F764" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G764" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H764" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="1" t="n">
-        <v>41161</v>
+        <v>41278</v>
       </c>
       <c r="B765" s="2" t="inlineStr">
         <is>
           <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C765" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D765" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E765" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F765" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G765" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H765" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="1" t="n">
-        <v>41162</v>
+        <v>41242</v>
       </c>
       <c r="B766" s="2" t="inlineStr">
         <is>
-          <t>Entrée de serrure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C766" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D766" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E766" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F766" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G766" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H766" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="1" t="n">
-        <v>41163</v>
+        <v>41279</v>
       </c>
       <c r="B767" s="2" t="inlineStr">
         <is>
-          <t>Plaquette de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C767" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D767" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E767" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F767" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G767" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H767" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="1" t="n">
-        <v>41164</v>
+        <v>41243</v>
       </c>
       <c r="B768" s="2" t="inlineStr">
         <is>
-          <t>Poignée de tirage</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C768" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D768" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E768" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F768" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G768" s="2" t="inlineStr">
         <is>
-          <t>bronze, vernis</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H768" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="1" t="n">
-        <v>41165</v>
+        <v>41280</v>
       </c>
       <c r="B769" s="2" t="inlineStr">
         <is>
-          <t>Clé</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C769" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D769" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E769" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F769" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G769" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H769" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="1" t="n">
-        <v>41166</v>
+        <v>41244</v>
       </c>
       <c r="B770" s="2" t="inlineStr">
         <is>
           <t>Pinacle</t>
         </is>
       </c>
       <c r="C770" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D770" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E770" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F770" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G770" s="2" t="inlineStr">
         <is>
-          <t>métal, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H770" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="1" t="n">
-        <v>39394</v>
+        <v>41281</v>
       </c>
       <c r="B771" s="2" t="inlineStr">
         <is>
-          <t>L'élagueur</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C771" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D771" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert / Verbeyst</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E771" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F771" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G771" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H771" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="1" t="n">
-        <v>41153</v>
+        <v>41245</v>
       </c>
       <c r="B772" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C772" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D772" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E772" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F772" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G772" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H772" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="1" t="n">
-        <v>41154</v>
+        <v>41282</v>
       </c>
       <c r="B773" s="2" t="inlineStr">
         <is>
-          <t>Plaque de propreté</t>
+          <t>Entrée de serrure</t>
         </is>
       </c>
       <c r="C773" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D773" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E773" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F773" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G773" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H773" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="1" t="n">
-        <v>41155</v>
+        <v>41246</v>
       </c>
       <c r="B774" s="2" t="inlineStr">
         <is>
           <t>Poignée</t>
         </is>
       </c>
       <c r="C774" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D774" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E774" s="2" t="inlineStr">
         <is>
           <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F774" s="2" t="inlineStr">
         <is>
           <t>poignée</t>
         </is>
       </c>
       <c r="G774" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H774" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="1" t="n">
-        <v>86706</v>
+        <v>41283</v>
       </c>
       <c r="B775" s="2" t="inlineStr">
         <is>
-          <t>aigle-lutrin</t>
+          <t>Plaquette de propreté</t>
         </is>
       </c>
       <c r="C775" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D775" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D775" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E775" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F775" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G775" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H775" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="1" t="n">
-        <v>43517</v>
+        <v>41247</v>
       </c>
       <c r="B776" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C776" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D776" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D776" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E776" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F776" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G776" s="2" t="inlineStr">
         <is>
-          <t>cuir, or</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H776" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="1" t="n">
-        <v>43564</v>
+        <v>86706</v>
       </c>
       <c r="B777" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C777" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D777" s="2"/>
       <c r="E777" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F777" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G777" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H777" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>doré, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="1" t="n">
-        <v>70246</v>
+        <v>45036</v>
       </c>
       <c r="B778" s="2" t="inlineStr">
         <is>
-          <t>Le silence de la tombe</t>
+          <t>Les deux taureaux - Abattoirs d'Anderlecht</t>
         </is>
       </c>
       <c r="C778" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Gilles</t>
+          <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D778" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien / J. Petermann</t>
+          <t>Bonheur, Isidore Jules / Fonderie d'art du Val d'Osne</t>
         </is>
       </c>
       <c r="E778" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1897 - 1901</t>
         </is>
       </c>
       <c r="F778" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G778" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H778" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="1" t="n">
-        <v>86693</v>
+        <v>70246</v>
       </c>
       <c r="B779" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Le silence de la tombe</t>
         </is>
       </c>
       <c r="C779" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D779" s="2" t="inlineStr">
         <is>
-          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
+          <t>Dillens, Juliaan / J. Petermann</t>
         </is>
       </c>
       <c r="E779" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F779" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G779" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H779" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="1" t="n">
         <v>71973</v>
       </c>
       <c r="B780" s="2" t="inlineStr">
         <is>
           <t>Jeton destiné aux membres du Conseil d'administration de Bruxelles-Kermesse pour l'Exposition de 1897</t>
         </is>
       </c>
       <c r="C780" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D780" s="2"/>
       <c r="E780" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F780" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G780" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H780" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="1" t="n">
-        <v>86697</v>
+        <v>86693</v>
       </c>
       <c r="B781" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C781" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D781" s="2" t="inlineStr">
         <is>
-          <t>Nesme, Henry</t>
+          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
         </is>
       </c>
       <c r="E781" s="2" t="inlineStr">
         <is>
           <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F781" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G781" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H781" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="1" t="n">
-        <v>98613</v>
+        <v>86697</v>
       </c>
       <c r="B782" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Paul Panda Farnana</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C782" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D782" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Guillaume</t>
+          <t>Nesme, Henry</t>
         </is>
       </c>
       <c r="E782" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F782" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G782" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H782" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="1" t="n">
-        <v>41212</v>
+        <v>43517</v>
       </c>
       <c r="B783" s="2" t="inlineStr">
         <is>
-          <t>Tisonnier</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C783" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D783" s="2"/>
       <c r="E783" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F783" s="2" t="inlineStr">
         <is>
-          <t>objet d'âtre</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G783" s="2" t="inlineStr">
         <is>
-          <t>bronze, métal</t>
+          <t>cuir, or</t>
         </is>
       </c>
       <c r="H783" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'impression, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="1" t="n">
-        <v>41213</v>
+        <v>43564</v>
       </c>
       <c r="B784" s="2" t="inlineStr">
         <is>
-          <t>Pelle</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C784" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D784" s="2"/>
       <c r="E784" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F784" s="2" t="inlineStr">
         <is>
-          <t>objet d'âtre</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G784" s="2" t="inlineStr">
         <is>
-          <t>bronze, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H784" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="1" t="n">
-        <v>41214</v>
+        <v>66533</v>
       </c>
       <c r="B785" s="2" t="inlineStr">
         <is>
-          <t>Pincette</t>
+          <t>Médaille : Portrait de Georges Montefiore Levi </t>
         </is>
       </c>
       <c r="C785" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D785" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E785" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F785" s="2" t="inlineStr">
         <is>
-          <t>objet d'âtre</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G785" s="2" t="inlineStr">
         <is>
-          <t>bronze, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H785" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="1" t="n">
-        <v>41215</v>
+        <v>42834</v>
       </c>
       <c r="B786" s="2" t="inlineStr">
         <is>
-          <t>Balai</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C786" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D786" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E786" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F786" s="2" t="inlineStr">
         <is>
-          <t>objet d'âtre</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G786" s="2" t="inlineStr">
         <is>
-          <t>bronze, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H786" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="1" t="n">
-        <v>66533</v>
+        <v>41212</v>
       </c>
       <c r="B787" s="2" t="inlineStr">
         <is>
-          <t>Médaille : Portrait de Georges Montefiore Levi </t>
+          <t>Tisonnier</t>
         </is>
       </c>
       <c r="C787" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D787" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E787" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F787" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>objet d'âtre</t>
         </is>
       </c>
       <c r="G787" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, métal</t>
         </is>
       </c>
       <c r="H787" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="1" t="n">
-        <v>42834</v>
+        <v>41213</v>
       </c>
       <c r="B788" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Pelle</t>
         </is>
       </c>
       <c r="C788" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D788" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E788" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F788" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet d'âtre</t>
         </is>
       </c>
       <c r="G788" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, métal</t>
         </is>
       </c>
       <c r="H788" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="1" t="n">
-        <v>43323</v>
+        <v>41214</v>
       </c>
       <c r="B789" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Pincette</t>
         </is>
       </c>
       <c r="C789" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D789" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D789" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E789" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F789" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet d'âtre</t>
         </is>
       </c>
       <c r="G789" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>bronze, métal</t>
         </is>
       </c>
       <c r="H789" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="1" t="n">
-        <v>43306</v>
+        <v>41215</v>
       </c>
       <c r="B790" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Balai</t>
         </is>
       </c>
       <c r="C790" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D790" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D790" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E790" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F790" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet d'âtre</t>
         </is>
       </c>
       <c r="G790" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>bronze, métal</t>
         </is>
       </c>
       <c r="H790" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="1" t="n">
-        <v>38643</v>
+        <v>98613</v>
       </c>
       <c r="B791" s="2" t="inlineStr">
         <is>
-          <t>Le peintre Franz Binjé</t>
+          <t>Portrait de Paul Panda Farnana</t>
         </is>
       </c>
       <c r="C791" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D791" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Constantin / Fonderie Verbeyst</t>
+          <t>Charlier, Guillaume</t>
         </is>
       </c>
       <c r="E791" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F791" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G791" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H791" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="1" t="n">
-        <v>99641</v>
+        <v>52787</v>
       </c>
       <c r="B792" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Soupière avec couvercle et plateau</t>
         </is>
       </c>
       <c r="C792" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D792" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D792" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E792" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F792" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>soupière, plateau</t>
         </is>
       </c>
       <c r="G792" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H792" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="1" t="n">
-        <v>99487</v>
+        <v>51448</v>
       </c>
       <c r="B793" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Arbre de la Liberté</t>
         </is>
       </c>
       <c r="C793" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D793" s="2" t="inlineStr">
         <is>
-          <t>Denis,  G.</t>
+          <t>De Ridder, Th.</t>
         </is>
       </c>
       <c r="E793" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F793" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G793" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H793" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="1" t="n">
-        <v>52787</v>
+        <v>105938</v>
       </c>
       <c r="B794" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle et plateau</t>
+          <t>Ostensoir tourelle</t>
         </is>
       </c>
       <c r="C794" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D794" s="2"/>
       <c r="E794" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F794" s="2" t="inlineStr">
         <is>
-          <t>soupière, plateau</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G794" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H794" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="1" t="n">
-        <v>53078</v>
+        <v>68182</v>
       </c>
       <c r="B795" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle</t>
+          <t>Clochette Manneken-Pis </t>
         </is>
       </c>
       <c r="C795" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D795" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D795" s="2"/>
       <c r="E795" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F795" s="2" t="inlineStr">
         <is>
-          <t>soupière</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G795" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H795" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="1" t="n">
-        <v>51448</v>
+        <v>53078</v>
       </c>
       <c r="B796" s="2" t="inlineStr">
         <is>
-          <t>Arbre de la Liberté</t>
+          <t>Soupière avec couvercle</t>
         </is>
       </c>
       <c r="C796" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D796" s="2" t="inlineStr">
         <is>
-          <t>De Ridder, Th.</t>
+          <t>Pompe, Robert</t>
         </is>
       </c>
       <c r="E796" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F796" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>soupière</t>
         </is>
       </c>
       <c r="G796" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H796" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="1" t="n">
-        <v>41207</v>
+        <v>66276</v>
       </c>
       <c r="B797" s="2" t="inlineStr">
         <is>
-          <t>Extrémité de luminaire </t>
+          <t>Combat de jaguars</t>
         </is>
       </c>
       <c r="C797" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D797" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Gaspar,  Jean-Marie</t>
         </is>
       </c>
       <c r="E797" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1903</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F797" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G797" s="2" t="inlineStr">
         <is>
-          <t>fer, peinture</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H797" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="1" t="n">
-        <v>105938</v>
+        <v>38643</v>
       </c>
       <c r="B798" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir tourelle</t>
+          <t>Le peintre Franz Binjé</t>
         </is>
       </c>
       <c r="C798" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D798" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D798" s="2" t="inlineStr">
+        <is>
+          <t>Meunier, Constantin / Fonderie Verbeyst</t>
+        </is>
+      </c>
       <c r="E798" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F798" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G798" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H798" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="1" t="n">
         <v>66534</v>
       </c>
       <c r="B799" s="2" t="inlineStr">
         <is>
           <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
         </is>
       </c>
       <c r="C799" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D799" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E799" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
@@ -30091,3669 +30099,3669 @@
         </is>
       </c>
       <c r="E800" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F800" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G800" s="2" t="inlineStr">
         <is>
           <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H800" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, poli, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="1" t="n">
-        <v>68182</v>
+        <v>73505</v>
       </c>
       <c r="B801" s="2" t="inlineStr">
         <is>
-          <t>Clochette Manneken-Pis </t>
+          <t>La déesse du Bocq</t>
         </is>
       </c>
       <c r="C801" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D801" s="2"/>
+          <t>Art en espace public - Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D801" s="2" t="inlineStr">
+        <is>
+          <t>Lambeaux, Jef / J. Petermann</t>
+        </is>
+      </c>
       <c r="E801" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F801" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G801" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H801" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="802">
       <c r="A802" s="1" t="n">
-        <v>66276</v>
+        <v>74908</v>
       </c>
       <c r="B802" s="2" t="inlineStr">
         <is>
-          <t>Combat de jaguars</t>
+          <t>Accessoires divers de foyer en fer forgé : pelle, pince à braises, brosse</t>
         </is>
       </c>
       <c r="C802" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D802" s="2"/>
       <c r="E802" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F802" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>accessoire de foyer</t>
         </is>
       </c>
       <c r="G802" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H802" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="803">
       <c r="A803" s="1" t="n">
-        <v>73505</v>
+        <v>40653</v>
       </c>
       <c r="B803" s="2" t="inlineStr">
         <is>
-          <t>La déesse du Bocq</t>
+          <t>Pavots</t>
         </is>
       </c>
       <c r="C803" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Gilles</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D803" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / J. Petermann</t>
+          <t>Flamand, Auguste</t>
         </is>
       </c>
       <c r="E803" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F803" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G803" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H803" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="804">
       <c r="A804" s="1" t="n">
-        <v>74908</v>
+        <v>86759</v>
       </c>
       <c r="B804" s="2" t="inlineStr">
         <is>
-          <t>Accessoires divers de foyer en fer forgé : pelle, pince à braises, brosse</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C804" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D804" s="2"/>
       <c r="E804" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F804" s="2" t="inlineStr">
         <is>
-          <t>accessoire de foyer</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G804" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H804" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="1" t="n">
-        <v>86759</v>
+        <v>41207</v>
       </c>
       <c r="B805" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Extrémité de luminaire </t>
         </is>
       </c>
       <c r="C805" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D805" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D805" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E805" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1903</t>
         </is>
       </c>
       <c r="F805" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G805" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer, peinture</t>
         </is>
       </c>
       <c r="H805" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="806">
       <c r="A806" s="1" t="n">
-        <v>40653</v>
+        <v>43306</v>
       </c>
       <c r="B806" s="2" t="inlineStr">
         <is>
-          <t>Pavots</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C806" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D806" s="2"/>
       <c r="E806" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F806" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G806" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H806" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="1" t="n">
-        <v>92404</v>
+        <v>43323</v>
       </c>
       <c r="B807" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C807" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D807" s="2"/>
       <c r="E807" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F807" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G807" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H807" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de repoussage</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="808">
       <c r="A808" s="1" t="n">
-        <v>95733</v>
+        <v>99641</v>
       </c>
       <c r="B808" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Vraie Croix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C808" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D808" s="2"/>
       <c r="E808" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1940</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F808" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G808" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, verre, perle</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H808" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="809">
       <c r="A809" s="1" t="n">
-        <v>43324</v>
+        <v>99487</v>
       </c>
       <c r="B809" s="2" t="inlineStr">
         <is>
-          <t>arbre-reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C809" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D809" s="2"/>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D809" s="2" t="inlineStr">
+        <is>
+          <t>Denis,  G.</t>
+        </is>
+      </c>
       <c r="E809" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F809" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G809" s="2" t="inlineStr">
         <is>
-          <t>cuivre, papier, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H809" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="810">
       <c r="A810" s="1" t="n">
-        <v>95745</v>
+        <v>11379</v>
       </c>
       <c r="B810" s="2" t="inlineStr">
         <is>
-          <t>cachet de l'église Saint-Job</t>
+          <t>cuillère</t>
         </is>
       </c>
       <c r="C810" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D810" s="2"/>
       <c r="E810" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F810" s="2" t="inlineStr">
         <is>
-          <t>cachet</t>
+          <t>cuillère</t>
         </is>
       </c>
       <c r="G810" s="2" t="inlineStr">
         <is>
-          <t>cuivre, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H810" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="811">
       <c r="A811" s="1" t="n">
-        <v>96808</v>
+        <v>41341</v>
       </c>
       <c r="B811" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>Support tablette</t>
         </is>
       </c>
       <c r="C811" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D811" s="2"/>
+          <t>Musée Horta</t>
+        </is>
+      </c>
+      <c r="D811" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E811" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1906</t>
         </is>
       </c>
       <c r="F811" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G811" s="2" t="inlineStr">
         <is>
-          <t>cuivre, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H811" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="1" t="n">
-        <v>38910</v>
+        <v>41347</v>
       </c>
       <c r="B812" s="2" t="inlineStr">
         <is>
-          <t>Antiope surprise</t>
+          <t>Support tablette</t>
         </is>
       </c>
       <c r="C812" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D812" s="2" t="inlineStr">
         <is>
-          <t>Dauphinot, Charles Henri</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E812" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1906</t>
         </is>
       </c>
       <c r="F812" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>quincaillerie</t>
         </is>
       </c>
       <c r="G812" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H812" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="813">
       <c r="A813" s="1" t="n">
-        <v>99644</v>
+        <v>66235</v>
       </c>
       <c r="B813" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C813" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D813" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D813" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E813" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F813" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G813" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H813" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="814">
       <c r="A814" s="1" t="n">
-        <v>45036</v>
+        <v>38910</v>
       </c>
       <c r="B814" s="2" t="inlineStr">
         <is>
-          <t>Les deux taureaux - Abattoirs d'Anderlecht</t>
+          <t>Antiope surprise</t>
         </is>
       </c>
       <c r="C814" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D814" s="2" t="inlineStr">
         <is>
-          <t>Bonheur, Isidore Jules / Fonderie d'art du Val d'Osne</t>
+          <t>Dauphinot, Charles Henri</t>
         </is>
       </c>
       <c r="E814" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F814" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G814" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H814" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="815">
       <c r="A815" s="1" t="n">
-        <v>41167</v>
+        <v>66248</v>
       </c>
       <c r="B815" s="2" t="inlineStr">
         <is>
-          <t>Support tablette</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C815" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D815" s="2"/>
       <c r="E815" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1906</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F815" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G815" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cristal, émail, cuivre</t>
         </is>
       </c>
       <c r="H815" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, technique d'assemblage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="816">
       <c r="A816" s="1" t="n">
-        <v>11379</v>
+        <v>66207</v>
       </c>
       <c r="B816" s="2" t="inlineStr">
         <is>
-          <t>cuillère</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C816" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D816" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D816" s="2" t="inlineStr">
+        <is>
+          <t>Van Gent,  Alfred Joseph</t>
+        </is>
+      </c>
       <c r="E816" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1930</t>
         </is>
       </c>
       <c r="F816" s="2" t="inlineStr">
         <is>
-          <t>cuillère</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G816" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H816" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="817">
       <c r="A817" s="1" t="n">
-        <v>66207</v>
+        <v>43298</v>
       </c>
       <c r="B817" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C817" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D817" s="2"/>
       <c r="E817" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1930</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F817" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>meuble lié à la prédication, à la lecture et au chant</t>
         </is>
       </c>
       <c r="G817" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H817" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="818">
       <c r="A818" s="1" t="n">
-        <v>66235</v>
+        <v>88163</v>
       </c>
       <c r="B818" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C818" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D818" s="2"/>
       <c r="E818" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F818" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G818" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H818" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="819">
       <c r="A819" s="1" t="n">
-        <v>66248</v>
+        <v>88164</v>
       </c>
       <c r="B819" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C819" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D819" s="2"/>
       <c r="E819" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F819" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G819" s="2" t="inlineStr">
         <is>
-          <t>cristal, émail, cuivre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H819" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage, technique d'émaillage</t>
+          <t>technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="820">
       <c r="A820" s="1" t="n">
-        <v>41341</v>
+        <v>88165</v>
       </c>
       <c r="B820" s="2" t="inlineStr">
         <is>
-          <t>Support tablette</t>
+          <t>porte-cierges</t>
         </is>
       </c>
       <c r="C820" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D820" s="2"/>
       <c r="E820" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1906</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F820" s="2" t="inlineStr">
         <is>
-          <t>quincaillerie</t>
+          <t>chandelier pascal</t>
         </is>
       </c>
       <c r="G820" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H820" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="821">
       <c r="A821" s="1" t="n">
-        <v>41347</v>
+        <v>41167</v>
       </c>
       <c r="B821" s="2" t="inlineStr">
         <is>
           <t>Support tablette</t>
         </is>
       </c>
       <c r="C821" s="2" t="inlineStr">
         <is>
           <t>Musée Horta</t>
         </is>
       </c>
       <c r="D821" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E821" s="2" t="inlineStr">
         <is>
           <t>1901 - 1906</t>
         </is>
       </c>
       <c r="F821" s="2" t="inlineStr">
         <is>
           <t>quincaillerie</t>
         </is>
       </c>
       <c r="G821" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H821" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="822">
       <c r="A822" s="1" t="n">
-        <v>43298</v>
+        <v>92404</v>
       </c>
       <c r="B822" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C822" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D822" s="2"/>
       <c r="E822" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F822" s="2" t="inlineStr">
         <is>
-          <t>meuble lié à la prédication, à la lecture et au chant</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G822" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H822" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>argenté, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="823">
       <c r="A823" s="1" t="n">
-        <v>88163</v>
+        <v>95733</v>
       </c>
       <c r="B823" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Reliquaire de la Vraie Croix</t>
         </is>
       </c>
       <c r="C823" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D823" s="2"/>
       <c r="E823" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 1940</t>
         </is>
       </c>
       <c r="F823" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G823" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>métal, bois, verre, perle</t>
         </is>
       </c>
       <c r="H823" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>technique de sculpture, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="824">
       <c r="A824" s="1" t="n">
-        <v>88164</v>
+        <v>43324</v>
       </c>
       <c r="B824" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>arbre-reliquaire</t>
         </is>
       </c>
       <c r="C824" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D824" s="2"/>
       <c r="E824" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F824" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G824" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, papier, verre</t>
         </is>
       </c>
       <c r="H824" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="825">
       <c r="A825" s="1" t="n">
-        <v>88165</v>
+        <v>95745</v>
       </c>
       <c r="B825" s="2" t="inlineStr">
         <is>
-          <t>porte-cierges</t>
+          <t>cachet de l'église Saint-Job</t>
         </is>
       </c>
       <c r="C825" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D825" s="2"/>
       <c r="E825" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F825" s="2" t="inlineStr">
         <is>
-          <t>chandelier pascal</t>
+          <t>cachet</t>
         </is>
       </c>
       <c r="G825" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, bois</t>
         </is>
       </c>
       <c r="H825" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="1" t="n">
-        <v>43041</v>
+        <v>96808</v>
       </c>
       <c r="B826" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C826" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D826" s="2"/>
       <c r="E826" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F826" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G826" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, verre</t>
         </is>
       </c>
       <c r="H826" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'assemblage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="1" t="n">
-        <v>40641</v>
+        <v>99644</v>
       </c>
       <c r="B827" s="2" t="inlineStr">
         <is>
-          <t>Chandelle des prés</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C827" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D827" s="2"/>
       <c r="E827" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F827" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G827" s="2" t="inlineStr">
         <is>
-          <t>fer, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H827" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="1" t="n">
-        <v>43311</v>
+        <v>43041</v>
       </c>
       <c r="B828" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C828" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
-      <c r="D828" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D828" s="2"/>
       <c r="E828" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F828" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G828" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H828" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="1" t="n">
-        <v>12006</v>
+        <v>40641</v>
       </c>
       <c r="B829" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chandelle des prés</t>
         </is>
       </c>
       <c r="C829" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D829" s="2" t="inlineStr">
         <is>
-          <t>Van Rijswijck-Bogaerts,  Lambert</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E829" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F829" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G829" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>fer, verre</t>
         </is>
       </c>
       <c r="H829" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="1" t="n">
-        <v>42776</v>
+        <v>12006</v>
       </c>
       <c r="B830" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C830" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D830" s="2"/>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D830" s="2" t="inlineStr">
+        <is>
+          <t>Van Rijswijck-Bogaerts,  Lambert</t>
+        </is>
+      </c>
       <c r="E830" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F830" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G830" s="2" t="inlineStr">
         <is>
-          <t>vermeil</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H830" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="1" t="n">
-        <v>95731</v>
+        <v>42776</v>
       </c>
       <c r="B831" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C831" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D831" s="2"/>
       <c r="E831" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F831" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G831" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>vermeil</t>
         </is>
       </c>
       <c r="H831" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="1" t="n">
-        <v>36073</v>
+        <v>43311</v>
       </c>
       <c r="B832" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur </t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C832" s="2" t="inlineStr">
         <is>
-          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D832" s="2" t="inlineStr">
         <is>
-          <t>Rion, Lucien</t>
+          <t>Hellner,  Richard</t>
         </is>
       </c>
       <c r="E832" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F832" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G832" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H832" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="1" t="n">
-        <v>36085</v>
+        <v>36073</v>
       </c>
       <c r="B833" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur de cheminée</t>
+          <t>Cache-radiateur </t>
         </is>
       </c>
       <c r="C833" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D833" s="2" t="inlineStr">
         <is>
           <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E833" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F833" s="2" t="inlineStr">
         <is>
           <t>radiateur</t>
         </is>
       </c>
       <c r="G833" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H833" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="1" t="n">
-        <v>63653</v>
+        <v>36085</v>
       </c>
       <c r="B834" s="2" t="inlineStr">
         <is>
-          <t>Les Arts d'Agrément (socle lampadaire rampe droite grand escalier)</t>
+          <t>Cache-radiateur de cheminée</t>
         </is>
       </c>
       <c r="C834" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D834" s="2" t="inlineStr">
         <is>
-          <t>Puttemans, Auguste / Van Aerschodt, Alphonse</t>
+          <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E834" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1906</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F834" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G834" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H834" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="1" t="n">
-        <v>63654</v>
+        <v>63653</v>
       </c>
       <c r="B835" s="2" t="inlineStr">
         <is>
-          <t>La Terre et le Feu (socle lampadaire rampe gauche grand escalier)</t>
+          <t>Les Arts d'Agrément (socle lampadaire rampe droite grand escalier)</t>
         </is>
       </c>
       <c r="C835" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D835" s="2" t="inlineStr">
         <is>
           <t>Puttemans, Auguste / Van Aerschodt, Alphonse</t>
         </is>
       </c>
       <c r="E835" s="2" t="inlineStr">
         <is>
           <t>1904 - 1906</t>
         </is>
       </c>
       <c r="F835" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G835" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H835" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
       <c r="A836" s="1" t="n">
-        <v>67648</v>
+        <v>63654</v>
       </c>
       <c r="B836" s="2" t="inlineStr">
         <is>
-          <t>balcon</t>
+          <t>La Terre et le Feu (socle lampadaire rampe gauche grand escalier)</t>
         </is>
       </c>
       <c r="C836" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D836" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Puttemans, Auguste / Van Aerschodt, Alphonse</t>
         </is>
       </c>
       <c r="E836" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - 1906</t>
         </is>
       </c>
       <c r="F836" s="2" t="inlineStr">
         <is>
-          <t>élément de façade</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G836" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H836" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
       <c r="A837" s="1" t="n">
-        <v>66241</v>
+        <v>95731</v>
       </c>
       <c r="B837" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C837" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D837" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Beyaert,  Charles</t>
         </is>
       </c>
       <c r="E837" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F837" s="2" t="inlineStr">
         <is>
-          <t>horloge</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G837" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal, verre</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H837" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
       <c r="A838" s="1" t="n">
-        <v>43000</v>
+        <v>67648</v>
       </c>
       <c r="B838" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>balcon</t>
         </is>
       </c>
       <c r="C838" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D838" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D838" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E838" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1905</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F838" s="2" t="inlineStr">
         <is>
-          <t>vase, horloge</t>
+          <t>élément de façade</t>
         </is>
       </c>
       <c r="G838" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H838" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
       <c r="A839" s="1" t="n">
-        <v>105950</v>
+        <v>66241</v>
       </c>
       <c r="B839" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C839" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D839" s="2" t="inlineStr">
         <is>
-          <t>Dehin [frères]</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E839" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F839" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>horloge</t>
         </is>
       </c>
       <c r="G839" s="2" t="inlineStr">
         <is>
-          <t>laiton, marbre</t>
+          <t>bronze, marbre, métal, verre</t>
         </is>
       </c>
       <c r="H839" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
       <c r="A840" s="1" t="n">
-        <v>66208</v>
+        <v>43000</v>
       </c>
       <c r="B840" s="2" t="inlineStr">
         <is>
-          <t>Portrait du journaliste et politicien Jean Volders (1855-1896)</t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C840" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D840" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D840" s="2"/>
       <c r="E840" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F840" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>vase, horloge</t>
         </is>
       </c>
       <c r="G840" s="2" t="inlineStr">
         <is>
-          <t>plâtre, cuivre</t>
+          <t>bronze, marbre, métal</t>
         </is>
       </c>
       <c r="H840" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de galvanisation</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="841">
       <c r="A841" s="1" t="n">
-        <v>66209</v>
+        <v>105950</v>
       </c>
       <c r="B841" s="2" t="inlineStr">
         <is>
-          <t>Portrait du médecin et politicien César de Paepe (1841/2-1890)</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C841" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D841" s="2" t="inlineStr">
         <is>
-          <t>Hengoe</t>
+          <t>Dehin [frères]</t>
         </is>
       </c>
       <c r="E841" s="2" t="inlineStr">
         <is>
           <t>1906 - </t>
         </is>
       </c>
       <c r="F841" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G841" s="2" t="inlineStr">
         <is>
-          <t>plâtre, cuivre</t>
+          <t>laiton, marbre</t>
         </is>
       </c>
       <c r="H841" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de galvanisation</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="842">
       <c r="A842" s="1" t="n">
-        <v>88228</v>
+        <v>66208</v>
       </c>
       <c r="B842" s="2" t="inlineStr">
         <is>
-          <t>Statue en bronze d'un arbalétrier portant une arbalète</t>
+          <t>Portrait du journaliste et politicien Jean Volders (1855-1896)</t>
         </is>
       </c>
       <c r="C842" s="2" t="inlineStr">
         <is>
-          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D842" s="2" t="inlineStr">
         <is>
-          <t>De Wever, A.</t>
+          <t>Hengoe,</t>
         </is>
       </c>
       <c r="E842" s="2" t="inlineStr">
         <is>
           <t>1906 - </t>
         </is>
       </c>
-      <c r="F842" s="2"/>
+      <c r="F842" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
       <c r="G842" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre, cuivre</t>
         </is>
       </c>
       <c r="H842" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de galvanisation</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="843">
       <c r="A843" s="1" t="n">
-        <v>66263</v>
+        <v>66209</v>
       </c>
       <c r="B843" s="2" t="inlineStr">
         <is>
-          <t>L'artiste dans une attitude de méditation</t>
+          <t>Portrait du médecin et politicien César de Paepe (1841/2-1890)</t>
         </is>
       </c>
       <c r="C843" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D843" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
+          <t>Hengoe</t>
         </is>
       </c>
       <c r="E843" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F843" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G843" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre, cuivre</t>
         </is>
       </c>
       <c r="H843" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de sculpture, technique de galvanisation</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="844">
       <c r="A844" s="1" t="n">
-        <v>39409</v>
+        <v>88228</v>
       </c>
       <c r="B844" s="2" t="inlineStr">
         <is>
-          <t>Vase des Bacchanales ou le Vase de la folle chanson</t>
+          <t>Statue en bronze d'un arbalétrier portant une arbalète</t>
         </is>
       </c>
       <c r="C844" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="D844" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid / Jacobs, Henri / Fonderie Nationale des Bronzes</t>
+          <t>De Wever, A.</t>
         </is>
       </c>
       <c r="E844" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1906 - </t>
+        </is>
+      </c>
+      <c r="F844" s="2"/>
       <c r="G844" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H844" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="845">
       <c r="A845" s="1" t="n">
-        <v>38573</v>
+        <v>66263</v>
       </c>
       <c r="B845" s="2" t="inlineStr">
         <is>
-          <t>Buste d'Ernest Discailles</t>
+          <t>L'artiste dans une attitude de méditation</t>
         </is>
       </c>
       <c r="C845" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D845" s="2" t="inlineStr">
         <is>
-          <t>Bender, Valentine</t>
+          <t>Lambeaux, Jef / Lambeaux,  Jef</t>
         </is>
       </c>
       <c r="E845" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F845" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G845" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H845" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="846">
       <c r="A846" s="1" t="n">
-        <v>30662</v>
+        <v>39409</v>
       </c>
       <c r="B846" s="2" t="inlineStr">
         <is>
-          <t>calice [culte catholique]</t>
+          <t>Vase des Bacchanales ou le Vase de la folle chanson</t>
         </is>
       </c>
       <c r="C846" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D846" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D846" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid / Jacobs, Henri / Fonderie Nationale des Bronzes</t>
+        </is>
+      </c>
       <c r="E846" s="2" t="inlineStr">
         <is>
-          <t>1908 - 1908</t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F846" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vase, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G846" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, émail</t>
+          <t>bronze, granit</t>
         </is>
       </c>
       <c r="H846" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux, technique des métaux, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="847">
       <c r="A847" s="1" t="n">
-        <v>38729</v>
+        <v>30662</v>
       </c>
       <c r="B847" s="2" t="inlineStr">
         <is>
-          <t>Le statuaire Charles Vanderstappen</t>
+          <t>calice [culte catholique]</t>
         </is>
       </c>
       <c r="C847" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D847" s="2"/>
       <c r="E847" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - 1908</t>
         </is>
       </c>
       <c r="F847" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G847" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton, argent, émail</t>
         </is>
       </c>
       <c r="H847" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>doré, technique des métaux, technique des métaux, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="848">
       <c r="A848" s="1" t="n">
-        <v>51441</v>
+        <v>38573</v>
       </c>
       <c r="B848" s="2" t="inlineStr">
         <is>
-          <t>La famille</t>
+          <t>Buste d'Ernest Discailles</t>
         </is>
       </c>
       <c r="C848" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D848" s="2" t="inlineStr">
         <is>
-          <t>Desmaré, Mathieu</t>
+          <t>Bender, Valentine</t>
         </is>
       </c>
       <c r="E848" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F848" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G848" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H848" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="849">
       <c r="A849" s="1" t="n">
-        <v>106133</v>
+        <v>51441</v>
       </c>
       <c r="B849" s="2" t="inlineStr">
         <is>
-          <t>Croix pectorale des chapelains de la basilique de Lourdes</t>
+          <t>La famille</t>
         </is>
       </c>
       <c r="C849" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D849" s="2" t="inlineStr">
         <is>
-          <t>Armand-Calliat, Joseph</t>
+          <t>Desmaré, Mathieu</t>
         </is>
       </c>
       <c r="E849" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F849" s="2" t="inlineStr">
         <is>
-          <t>médaillon, croix et calvaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G849" s="2" t="inlineStr">
         <is>
-          <t>émail, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H849" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="850">
       <c r="A850" s="1" t="n">
-        <v>70859</v>
+        <v>106133</v>
       </c>
       <c r="B850" s="2" t="inlineStr">
         <is>
-          <t>aigle-lutrin</t>
+          <t>Croix pectorale des chapelains de la basilique de Lourdes</t>
         </is>
       </c>
       <c r="C850" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D850" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Armand-Calliat, Joseph</t>
         </is>
       </c>
       <c r="E850" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F850" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>médaillon, croix et calvaire</t>
         </is>
       </c>
       <c r="G850" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>émail, argent</t>
         </is>
       </c>
       <c r="H850" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, martelé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
       <c r="A851" s="1" t="n">
-        <v>40643</v>
+        <v>38729</v>
       </c>
       <c r="B851" s="2" t="inlineStr">
         <is>
-          <t>Mousseron</t>
+          <t>Le statuaire Charles Vanderstappen</t>
         </is>
       </c>
       <c r="C851" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D851" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Scholz, Hélène</t>
         </is>
       </c>
       <c r="E851" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F851" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G851" s="2" t="inlineStr">
         <is>
-          <t>verre, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H851" s="2" t="inlineStr">
         <is>
-          <t>technique du verre, forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
       <c r="A852" s="1" t="n">
-        <v>38609</v>
+        <v>70859</v>
       </c>
       <c r="B852" s="2" t="inlineStr">
         <is>
-          <t>Buste du bourgmestre F. Blum</t>
+          <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C852" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D852" s="2" t="inlineStr">
         <is>
-          <t>Canneel, Eugène</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E852" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F852" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G852" s="2" t="inlineStr">
         <is>
-          <t>marbre, plâtre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H852" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
       <c r="A853" s="1" t="n">
-        <v>69180</v>
+        <v>40643</v>
       </c>
       <c r="B853" s="2" t="inlineStr">
         <is>
-          <t>Auguste Bija, Portrait en buste de Madame Bija, bronze, 1911.</t>
+          <t>Mousseron</t>
         </is>
       </c>
       <c r="C853" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D853" s="2" t="inlineStr">
         <is>
-          <t>Bija, Auguste</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E853" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F853" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G853" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre, fer</t>
         </is>
       </c>
       <c r="H853" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
       <c r="A854" s="1" t="n">
-        <v>88161</v>
+        <v>69180</v>
       </c>
       <c r="B854" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Auguste Bija, Portrait en buste de Madame Bija, bronze, 1911.</t>
         </is>
       </c>
       <c r="C854" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D854" s="2" t="inlineStr">
         <is>
-          <t>Haan,  Aloïs Hubertus</t>
+          <t>Bija, Auguste</t>
         </is>
       </c>
       <c r="E854" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F854" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G854" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H854" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
       <c r="A855" s="1" t="n">
-        <v>41355</v>
+        <v>38609</v>
       </c>
       <c r="B855" s="2" t="inlineStr">
         <is>
-          <t>Poignée</t>
+          <t>Buste du bourgmestre F. Blum</t>
         </is>
       </c>
       <c r="C855" s="2" t="inlineStr">
         <is>
-          <t>Musée Horta</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D855" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E855" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1928</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F855" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G855" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>marbre, plâtre</t>
         </is>
       </c>
       <c r="H855" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="856">
       <c r="A856" s="1" t="n">
-        <v>43293</v>
+        <v>88161</v>
       </c>
       <c r="B856" s="2" t="inlineStr">
         <is>
-          <t>Missalae Romanum</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C856" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D856" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D856" s="2" t="inlineStr">
+        <is>
+          <t>Haan,  Aloïs Hubertus</t>
+        </is>
+      </c>
       <c r="E856" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F856" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G856" s="2" t="inlineStr">
         <is>
-          <t>argent, cuir</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H856" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="857">
       <c r="A857" s="1" t="n">
-        <v>39407</v>
+        <v>41355</v>
       </c>
       <c r="B857" s="2" t="inlineStr">
         <is>
-          <t>Mémorial Major Ernest Cambier</t>
+          <t>Poignée</t>
         </is>
       </c>
       <c r="C857" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée Horta</t>
         </is>
       </c>
       <c r="D857" s="2" t="inlineStr">
         <is>
-          <t>Cito, Claus</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E857" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - 1928</t>
         </is>
       </c>
       <c r="F857" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G857" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue, marbre</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H857" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de sculpture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="858">
       <c r="A858" s="1" t="n">
-        <v>77834</v>
+        <v>43293</v>
       </c>
       <c r="B858" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : portrait du bourgmestre Adolphe Max (1869-1939)</t>
+          <t>Missalae Romanum</t>
         </is>
       </c>
       <c r="C858" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D858" s="2"/>
       <c r="E858" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F858" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G858" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, cuir</t>
         </is>
       </c>
       <c r="H858" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="859">
       <c r="A859" s="1" t="n">
-        <v>86696</v>
+        <v>39407</v>
       </c>
       <c r="B859" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Mémorial Major Ernest Cambier</t>
         </is>
       </c>
       <c r="C859" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D859" s="2" t="inlineStr">
         <is>
-          <t>Spoorenberg, J.C.</t>
+          <t>Cito, Claus</t>
         </is>
       </c>
       <c r="E859" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F859" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G859" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>bronze, pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H859" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, martelé, doré</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="860">
       <c r="A860" s="1" t="n">
-        <v>70259</v>
+        <v>77834</v>
       </c>
       <c r="B860" s="2" t="inlineStr">
         <is>
-          <t>Le Pompier</t>
+          <t>Médaillon : portrait du bourgmestre Adolphe Max (1869-1939)</t>
         </is>
       </c>
       <c r="C860" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D860" s="2"/>
       <c r="E860" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F860" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G860" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H860" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="861">
       <c r="A861" s="1" t="n">
-        <v>46974</v>
+        <v>86696</v>
       </c>
       <c r="B861" s="2" t="inlineStr">
         <is>
-          <t>Service à café et à thé avec plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C861" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D861" s="2" t="inlineStr">
         <is>
-          <t>Wolfers Frères [firme]</t>
+          <t>Spoorenberg, J.C.</t>
         </is>
       </c>
       <c r="E861" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F861" s="2" t="inlineStr">
         <is>
-          <t>service de table, théière, sucrier, cafetière, plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G861" s="2" t="inlineStr">
         <is>
-          <t>argent, palissandre</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H861" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de fonte</t>
+          <t>technique de fonte, martelé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="862">
       <c r="A862" s="1" t="n">
-        <v>11317</v>
+        <v>70259</v>
       </c>
       <c r="B862" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>Le Pompier</t>
         </is>
       </c>
       <c r="C862" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D862" s="2" t="inlineStr">
         <is>
-          <t>Mère, Clément</t>
+          <t>De Haen, Victor</t>
         </is>
       </c>
       <c r="E862" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F862" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G862" s="2" t="inlineStr">
         <is>
-          <t>parchemin, cuir, ivoire, palissandre</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H862" s="2" t="inlineStr">
         <is>
-          <t>couture, technique de repoussage, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="863">
       <c r="A863" s="1" t="n">
-        <v>11353</v>
+        <v>46974</v>
       </c>
       <c r="B863" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
+          <t>Service à café et à thé avec plateau</t>
         </is>
       </c>
       <c r="C863" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D863" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D863" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers Frères [firme]</t>
+        </is>
+      </c>
       <c r="E863" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F863" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>service de table, théière, sucrier, cafetière, plateau</t>
         </is>
       </c>
       <c r="G863" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, palissandre</t>
         </is>
       </c>
       <c r="H863" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage</t>
+          <t>martelé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="864">
       <c r="A864" s="1" t="n">
-        <v>66243</v>
+        <v>11317</v>
       </c>
       <c r="B864" s="2" t="inlineStr">
         <is>
-          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="C864" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D864" s="2" t="inlineStr">
         <is>
-          <t>Theunis,  Pierre</t>
+          <t>Mère, Clément</t>
         </is>
       </c>
       <c r="E864" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F864" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G864" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H864" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
+          <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="865">
       <c r="A865" s="1" t="n">
-        <v>64205</v>
+        <v>11353</v>
       </c>
       <c r="B865" s="2" t="inlineStr">
         <is>
-          <t>Poêle de chauffage</t>
+          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
         </is>
       </c>
       <c r="C865" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D865" s="2"/>
       <c r="E865" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F865" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G865" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H865" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>ciselé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="866">
       <c r="A866" s="1" t="n">
-        <v>77351</v>
+        <v>66243</v>
       </c>
       <c r="B866" s="2" t="inlineStr">
         <is>
-          <t>Faisan</t>
+          <t>Médaille commémorant la loi sur la protection de l'enfance en Belgique</t>
         </is>
       </c>
       <c r="C866" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D866" s="2" t="inlineStr">
         <is>
-          <t>Van Dantzig, Rachel</t>
+          <t>Theunis,  Pierre</t>
         </is>
       </c>
       <c r="E866" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1949</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F866" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G866" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H866" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="867">
       <c r="A867" s="1" t="n">
-        <v>70262</v>
+        <v>64205</v>
       </c>
       <c r="B867" s="2" t="inlineStr">
         <is>
-          <t>L'ouvrier (l'enfourneur)</t>
+          <t>Poêle de chauffage</t>
         </is>
       </c>
       <c r="C867" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Gilles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D867" s="2" t="inlineStr">
         <is>
-          <t>Stoffyn,  Paul</t>
+          <t>Les Fonderies Bruxelloises [atelier]</t>
         </is>
       </c>
       <c r="E867" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F867" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G867" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H867" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="868">
       <c r="A868" s="1" t="n">
         <v>42828</v>
       </c>
       <c r="B868" s="2" t="inlineStr">
         <is>
           <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C868" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D868" s="2" t="inlineStr">
         <is>
           <t>Stoffijn ou Stoffyn,  Paul / Stoffyn,  Paul</t>
         </is>
       </c>
       <c r="E868" s="2" t="inlineStr">
         <is>
           <t>1920 - 1920</t>
         </is>
       </c>
       <c r="F868" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G868" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H868" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="869">
       <c r="A869" s="1" t="n">
-        <v>39892</v>
+        <v>70262</v>
       </c>
       <c r="B869" s="2" t="inlineStr">
         <is>
-          <t>Madame Theunis</t>
+          <t>L'ouvrier (l'enfourneur)</t>
         </is>
       </c>
       <c r="C869" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D869" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Pierre</t>
+          <t>Stoffyn,  Paul</t>
         </is>
       </c>
       <c r="E869" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F869" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G869" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H869" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="870">
       <c r="A870" s="1" t="n">
-        <v>39403</v>
+        <v>77351</v>
       </c>
       <c r="B870" s="2" t="inlineStr">
         <is>
-          <t>Edmond Galoppin</t>
+          <t>Faisan</t>
         </is>
       </c>
       <c r="C870" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D870" s="2" t="inlineStr">
         <is>
-          <t>Lecroart, Jean</t>
+          <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E870" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F870" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G870" s="2" t="inlineStr">
         <is>
-          <t>bronze, grès</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H870" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="871">
       <c r="A871" s="1" t="n">
-        <v>69517</v>
+        <v>39403</v>
       </c>
       <c r="B871" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée </t>
+          <t>Edmond Galoppin</t>
         </is>
       </c>
       <c r="C871" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D871" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D871" s="2" t="inlineStr">
+        <is>
+          <t>Lecroart, Jean</t>
+        </is>
+      </c>
       <c r="E871" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F871" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>oeuvre d'art en espace public, relief</t>
         </is>
       </c>
       <c r="G871" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze, grès</t>
         </is>
       </c>
       <c r="H871" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="872">
       <c r="A872" s="1" t="n">
-        <v>42629</v>
+        <v>39892</v>
       </c>
       <c r="B872" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Boniface</t>
+          <t>Madame Theunis</t>
         </is>
       </c>
       <c r="C872" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D872" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D872" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Pierre</t>
+        </is>
+      </c>
       <c r="E872" s="2" t="inlineStr">
         <is>
-          <t>1921 - 1940</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F872" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix, reliquaire</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G872" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, os, cire d'abeille</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H872" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, technique d'assemblage, technique de sculpture, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="873">
       <c r="A873" s="1" t="n">
-        <v>42634</v>
+        <v>69517</v>
       </c>
       <c r="B873" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Trophée: balle couronnée </t>
         </is>
       </c>
       <c r="C873" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D873" s="2"/>
       <c r="E873" s="2" t="inlineStr">
         <is>
-          <t>1921 - 1950</t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F873" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G873" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H873" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de fonte</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="874">
       <c r="A874" s="1" t="n">
-        <v>95736</v>
+        <v>42629</v>
       </c>
       <c r="B874" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Reliquaire de saint Boniface</t>
         </is>
       </c>
       <c r="C874" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D874" s="2"/>
       <c r="E874" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - 1940</t>
         </is>
       </c>
       <c r="F874" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix, reliquaire</t>
         </is>
       </c>
       <c r="G874" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>laiton, verre, os, cire d'abeille</t>
         </is>
       </c>
       <c r="H874" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte, technique de repoussage</t>
+          <t>technique d'émaillage, technique d'assemblage, technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="875">
       <c r="A875" s="1" t="n">
-        <v>69518</v>
+        <v>42634</v>
       </c>
       <c r="B875" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C875" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D875" s="2"/>
       <c r="E875" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - 1950</t>
         </is>
       </c>
       <c r="F875" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G875" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H875" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de repoussage</t>
+          <t>technique d'assemblage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="876">
       <c r="A876" s="1" t="n">
-        <v>39402</v>
+        <v>69518</v>
       </c>
       <c r="B876" s="2" t="inlineStr">
         <is>
-          <t>Borée, dieu du vent</t>
+          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
         </is>
       </c>
       <c r="C876" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D876" s="2"/>
       <c r="E876" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F876" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G876" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H876" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>doré, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="877">
       <c r="A877" s="1" t="n">
-        <v>66526</v>
+        <v>39402</v>
       </c>
       <c r="B877" s="2" t="inlineStr">
         <is>
-          <t>Médaille commémorative du sous-lieutenant Jacques Philippson, mort au front en 1918</t>
+          <t>Borée, dieu du vent</t>
         </is>
       </c>
       <c r="C877" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D877" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Vanhamme, Joseph / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E877" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F877" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G877" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H877" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="878">
       <c r="A878" s="1" t="n">
-        <v>86692</v>
+        <v>95736</v>
       </c>
       <c r="B878" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C878" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D878" s="2"/>
       <c r="E878" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1964</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F878" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G878" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H878" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé</t>
+          <t>technique des métaux, technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="879">
       <c r="A879" s="1" t="n">
-        <v>39399</v>
+        <v>66526</v>
       </c>
       <c r="B879" s="2" t="inlineStr">
         <is>
-          <t>Nestor de Tière</t>
+          <t>Médaille commémorative du sous-lieutenant Jacques Philippson, mort au front en 1918</t>
         </is>
       </c>
       <c r="C879" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D879" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E879" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F879" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, buste</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G879" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H879" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de sculpture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="880">
       <c r="A880" s="1" t="n">
-        <v>11157</v>
+        <v>39399</v>
       </c>
       <c r="B880" s="2" t="inlineStr">
         <is>
-          <t>Lampe de table</t>
+          <t>Nestor de Tière</t>
         </is>
       </c>
       <c r="C880" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D880" s="2" t="inlineStr">
         <is>
-          <t>Gaspard, Maurice</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E880" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F880" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G880" s="2" t="inlineStr">
         <is>
-          <t>or, laiton, bronze</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H880" s="2" t="inlineStr">
         <is>
-          <t>damasquiné</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
       <c r="A881" s="1" t="n">
-        <v>70330</v>
+        <v>86692</v>
       </c>
       <c r="B881" s="2" t="inlineStr">
         <is>
-          <t>Monument commémoratif aux Ucclois morts pour la patrie (1914-1918; 1940-1945)</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C881" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public -  Uccle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D881" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre / Verbeyst,  / Van Hoey, Ch.</t>
+          <t>Nesme, Henry</t>
         </is>
       </c>
       <c r="E881" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1948</t>
+          <t>1924 - 1964</t>
         </is>
       </c>
       <c r="F881" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, monument commémoratif</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G881" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H881" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="1" t="n">
-        <v>86760</v>
+        <v>11157</v>
       </c>
       <c r="B882" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Lampe de table</t>
         </is>
       </c>
       <c r="C882" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D882" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D882" s="2" t="inlineStr">
+        <is>
+          <t>Gaspard, Maurice</t>
+        </is>
+      </c>
       <c r="E882" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1975</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F882" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G882" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>or, laiton, bronze</t>
         </is>
       </c>
       <c r="H882" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>damasquiné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
       <c r="A883" s="1" t="n">
-        <v>86761</v>
+        <v>70330</v>
       </c>
       <c r="B883" s="2" t="inlineStr">
         <is>
-          <t>Custode des malades</t>
+          <t>Monument commémoratif aux Ucclois morts pour la patrie (1914-1918; 1940-1945)</t>
         </is>
       </c>
       <c r="C883" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D883" s="2"/>
+          <t>Art en espace public -  Uccle</t>
+        </is>
+      </c>
+      <c r="D883" s="2" t="inlineStr">
+        <is>
+          <t>Grandmoulin, Léandre / Verbeyst,  / Van Hoey, Ch.</t>
+        </is>
+      </c>
       <c r="E883" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1975</t>
+          <t>1925 - 1948</t>
         </is>
       </c>
       <c r="F883" s="2" t="inlineStr">
         <is>
-          <t>custode</t>
+          <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G883" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H883" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
       <c r="A884" s="1" t="n">
-        <v>86762</v>
+        <v>86760</v>
       </c>
       <c r="B884" s="2" t="inlineStr">
         <is>
-          <t>boîte à hosties</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C884" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D884" s="2"/>
       <c r="E884" s="2" t="inlineStr">
         <is>
           <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F884" s="2" t="inlineStr">
         <is>
-          <t>coupe ou boite à hosties</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G884" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H884" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
       <c r="A885" s="1" t="n">
-        <v>92396</v>
+        <v>86761</v>
       </c>
       <c r="B885" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Custode des malades</t>
         </is>
       </c>
       <c r="C885" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D885" s="2"/>
       <c r="E885" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1950</t>
+          <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F885" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>custode</t>
         </is>
       </c>
       <c r="G885" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H885" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
       <c r="A886" s="1" t="n">
-        <v>38783</v>
+        <v>86762</v>
       </c>
       <c r="B886" s="2" t="inlineStr">
         <is>
-          <t>Buste Émile Verhaeren</t>
+          <t>boîte à hosties</t>
         </is>
       </c>
       <c r="C886" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D886" s="2"/>
       <c r="E886" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F886" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>coupe ou boite à hosties</t>
         </is>
       </c>
       <c r="G886" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H886" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="887">
       <c r="A887" s="1" t="n">
-        <v>28792</v>
+        <v>53076</v>
       </c>
       <c r="B887" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à Henry Villard</t>
+          <t>Trophée : prix du jeu de balle gagné par A. Schaken</t>
         </is>
       </c>
       <c r="C887" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D887" s="2" t="inlineStr">
         <is>
-          <t>De Soete, Pierre</t>
+          <t>Simonet, Jean</t>
         </is>
       </c>
       <c r="E887" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F887" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G887" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H887" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="888">
       <c r="A888" s="1" t="n">
-        <v>53076</v>
+        <v>28792</v>
       </c>
       <c r="B888" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balle gagné par A. Schaken</t>
+          <t>Plaque commémorative à Henry Villard</t>
         </is>
       </c>
       <c r="C888" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D888" s="2" t="inlineStr">
         <is>
-          <t>Simonet, Jean</t>
+          <t>De Soete, Pierre</t>
         </is>
       </c>
       <c r="E888" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F888" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G888" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H888" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
       <c r="A889" s="1" t="n">
-        <v>39801</v>
+        <v>38783</v>
       </c>
       <c r="B889" s="2" t="inlineStr">
         <is>
-          <t>La Reine Astrid</t>
+          <t>Buste Émile Verhaeren</t>
         </is>
       </c>
       <c r="C889" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D889" s="2" t="inlineStr">
         <is>
-          <t>Boiniaerts, Jef / Boüüaert, Joseph Grégoire (Jef)</t>
+          <t>Lorrain, Charlotte Louise Jenny</t>
         </is>
       </c>
       <c r="E889" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F889" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G889" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H889" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
       <c r="A890" s="1" t="n">
-        <v>43648</v>
+        <v>39801</v>
       </c>
       <c r="B890" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>La Reine Astrid</t>
         </is>
       </c>
       <c r="C890" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D890" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D890" s="2" t="inlineStr">
+        <is>
+          <t>Boiniaerts, Jef / Boüüaert, Joseph Grégoire (Jef)</t>
+        </is>
+      </c>
       <c r="E890" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1927</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F890" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G890" s="2" t="inlineStr">
         <is>
-          <t>argent, argent, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H890" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
       <c r="A891" s="1" t="n">
-        <v>84350</v>
+        <v>92396</v>
       </c>
       <c r="B891" s="2" t="inlineStr">
         <is>
-          <t>Enseigne</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C891" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D891" s="2" t="inlineStr">
         <is>
-          <t>Vanderborght (fonderie)</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E891" s="2" t="inlineStr">
         <is>
-          <t>1928 - 2002</t>
+          <t>1926 - 1950</t>
         </is>
       </c>
       <c r="F891" s="2" t="inlineStr">
         <is>
-          <t>élément de façade</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G891" s="2" t="inlineStr">
         <is>
-          <t>zinc</t>
+          <t>argent, vermeil, verre</t>
         </is>
       </c>
       <c r="H891" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
       <c r="A892" s="1" t="n">
-        <v>42826</v>
+        <v>43648</v>
       </c>
       <c r="B892" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Léopold Speekaert</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C892" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D892" s="2"/>
       <c r="E892" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1927 - 1927</t>
         </is>
       </c>
       <c r="F892" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G892" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, argent, verre</t>
         </is>
       </c>
       <c r="H892" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="893">
       <c r="A893" s="1" t="n">
-        <v>99650</v>
+        <v>42826</v>
       </c>
       <c r="B893" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Portrait du peintre Léopold Speekaert</t>
         </is>
       </c>
       <c r="C893" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D893" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D893" s="2" t="inlineStr">
+        <is>
+          <t>Guaisnet,  Auguste</t>
+        </is>
+      </c>
       <c r="E893" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F893" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
-[...2 lines deleted...]
-      <c r="G893" s="2"/>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G893" s="2" t="inlineStr">
+        <is>
+          <t>cuivre</t>
+        </is>
+      </c>
       <c r="H893" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="894">
       <c r="A894" s="1" t="n">
-        <v>66212</v>
+        <v>84350</v>
       </c>
       <c r="B894" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
+          <t>Enseigne</t>
         </is>
       </c>
       <c r="C894" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D894" s="2" t="inlineStr">
         <is>
-          <t>Canneel,  Jean</t>
+          <t>Vanderborght (fonderie)</t>
         </is>
       </c>
       <c r="E894" s="2" t="inlineStr">
         <is>
-          <t>1929 - 1950</t>
+          <t>1928 - 2002</t>
         </is>
       </c>
       <c r="F894" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>élément de façade</t>
         </is>
       </c>
       <c r="G894" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>zinc</t>
         </is>
       </c>
       <c r="H894" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="895">
       <c r="A895" s="1" t="n">
         <v>66236</v>
       </c>
       <c r="B895" s="2" t="inlineStr">
         <is>
           <t>Portrait de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
         </is>
       </c>
       <c r="C895" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D895" s="2" t="inlineStr">
         <is>
           <t>Nelissen,  G.</t>
         </is>
       </c>
       <c r="E895" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
@@ -33795,6383 +33803,6455 @@
         </is>
       </c>
       <c r="E896" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F896" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G896" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H896" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte, moulé, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="897">
       <c r="A897" s="1" t="n">
-        <v>39411</v>
+        <v>66212</v>
       </c>
       <c r="B897" s="2" t="inlineStr">
         <is>
-          <t>Hommage au Maréchal Foch</t>
+          <t>Portrait de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
         </is>
       </c>
       <c r="C897" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D897" s="2" t="inlineStr">
         <is>
-          <t>Norga, Sylvain</t>
+          <t>Canneel,  Jean</t>
         </is>
       </c>
       <c r="E897" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1929 - 1950</t>
         </is>
       </c>
       <c r="F897" s="2" t="inlineStr">
         <is>
-          <t>relief, oeuvre d'art en espace public</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G897" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H897" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="898">
       <c r="A898" s="1" t="n">
-        <v>92397</v>
+        <v>70464</v>
       </c>
       <c r="B898" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>Femme assise, les bras écartées (campus CERIA)</t>
         </is>
       </c>
       <c r="C898" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D898" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Grandmoulin, Léandre / De Coene, Ruisbroek</t>
         </is>
       </c>
       <c r="E898" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F898" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G898" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, cire d'abeille</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H898" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="899">
       <c r="A899" s="1" t="n">
-        <v>92398</v>
+        <v>39411</v>
       </c>
       <c r="B899" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>Hommage au Maréchal Foch</t>
         </is>
       </c>
       <c r="C899" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D899" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Charles</t>
+          <t>Norga, Sylvain</t>
         </is>
       </c>
       <c r="E899" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F899" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G899" s="2" t="inlineStr">
         <is>
-          <t>argent, perle, pierre précieuse</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H899" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux, doré, technique de sculpture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="900">
       <c r="A900" s="1" t="n">
-        <v>30693</v>
+        <v>99650</v>
       </c>
       <c r="B900" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C900" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D900" s="2"/>
       <c r="E900" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F900" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
-[...6 lines deleted...]
-      </c>
+          <t>calice</t>
+        </is>
+      </c>
+      <c r="G900" s="2"/>
       <c r="H900" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="901">
       <c r="A901" s="1" t="n">
-        <v>11231</v>
+        <v>43604</v>
       </c>
       <c r="B901" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer l'adresse de René Magritte</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C901" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D901" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D901" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E901" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1980</t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F901" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G901" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aluminium</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H901" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage</t>
+          <t>technique de sculpture, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="902">
       <c r="A902" s="1" t="n">
-        <v>43604</v>
+        <v>43636</v>
       </c>
       <c r="B902" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Le baptême du Christ</t>
         </is>
       </c>
       <c r="C902" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D902" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E902" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F902" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G902" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H902" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="903">
       <c r="A903" s="1" t="n">
-        <v>11250</v>
+        <v>43637</v>
       </c>
       <c r="B903" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>Christ en croix</t>
         </is>
       </c>
       <c r="C903" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D903" s="2" t="inlineStr">
         <is>
-          <t>Fonderies S. Demoulin,</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E903" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F903" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G903" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H903" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="904">
       <c r="A904" s="1" t="n">
-        <v>43636</v>
+        <v>30693</v>
       </c>
       <c r="B904" s="2" t="inlineStr">
         <is>
-          <t>Le baptême du Christ</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C904" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D904" s="2"/>
       <c r="E904" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F904" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G904" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H904" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="905">
       <c r="A905" s="1" t="n">
-        <v>43637</v>
+        <v>11231</v>
       </c>
       <c r="B905" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix</t>
+          <t>Planche à imprimer l'adresse de René Magritte</t>
         </is>
       </c>
       <c r="C905" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D905" s="2"/>
       <c r="E905" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1980</t>
         </is>
       </c>
       <c r="F905" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G905" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>encre, papier, aluminium</t>
         </is>
       </c>
       <c r="H905" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="906">
       <c r="A906" s="1" t="n">
-        <v>66240</v>
+        <v>11250</v>
       </c>
       <c r="B906" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Joseph Jean Michel (1890-1974)</t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C906" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D906" s="2" t="inlineStr">
         <is>
-          <t>De Bremaecker, Eugène / De Bremaecker, Eugène Jean</t>
+          <t>Fonderies S. Demoulin,</t>
         </is>
       </c>
       <c r="E906" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F906" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G906" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H906" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'assemblage, moulé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="907">
       <c r="A907" s="1" t="n">
-        <v>57541</v>
+        <v>66240</v>
       </c>
       <c r="B907" s="2" t="inlineStr">
         <is>
-          <t>Poignée de cuisine standardisée Cubex</t>
+          <t>Portrait de Joseph Jean Michel (1890-1974)</t>
         </is>
       </c>
       <c r="C907" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D907" s="2" t="inlineStr">
         <is>
-          <t>De Koninck, Louis-Herman</t>
+          <t>De Bremaecker, Eugène / De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E907" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F907" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G907" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H907" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="908">
       <c r="A908" s="1" t="n">
-        <v>57542</v>
+        <v>57541</v>
       </c>
       <c r="B908" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
+          <t>Poignée de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C908" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D908" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E908" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F908" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G908" s="2" t="inlineStr">
         <is>
-          <t>cuir, acier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H908" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="909">
       <c r="A909" s="1" t="n">
-        <v>77350</v>
+        <v>57542</v>
       </c>
       <c r="B909" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre David Van Buuren (1886-1955)</t>
+          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C909" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D909" s="2" t="inlineStr">
         <is>
-          <t>Deprest, A.</t>
+          <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E909" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F909" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative, relief</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G909" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuir, acier</t>
         </is>
       </c>
       <c r="H909" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>technique du cuir, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="910">
       <c r="A910" s="1" t="n">
-        <v>69962</v>
+        <v>43083</v>
       </c>
       <c r="B910" s="2" t="inlineStr">
         <is>
-          <t>armure</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="C910" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D910" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Subes,  Raymond</t>
         </is>
       </c>
       <c r="E910" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F910" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G910" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H910" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, couture</t>
+          <t>technique de sculpture, technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="911">
       <c r="A911" s="1" t="n">
-        <v>69980</v>
+        <v>69962</v>
       </c>
       <c r="B911" s="2" t="inlineStr">
         <is>
-          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>armure</t>
         </is>
       </c>
       <c r="C911" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D911" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E911" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F911" s="2" t="inlineStr">
         <is>
-          <t>percussion, accessoire de musique</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G911" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H911" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="912">
       <c r="A912" s="1" t="n">
-        <v>69981</v>
+        <v>69980</v>
       </c>
       <c r="B912" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C912" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D912" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E912" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F912" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>percussion, accessoire de musique</t>
         </is>
       </c>
       <c r="G912" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H912" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="913">
       <c r="A913" s="1" t="n">
-        <v>69983</v>
+        <v>69981</v>
       </c>
       <c r="B913" s="2" t="inlineStr">
         <is>
-          <t>Paire de buisines de l’Ommegang de 1930</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C913" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D913" s="2" t="inlineStr">
         <is>
-          <t>C.</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E913" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F913" s="2" t="inlineStr">
         <is>
-          <t>instrument à vent</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G913" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H913" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="914">
       <c r="A914" s="1" t="n">
-        <v>69984</v>
+        <v>69983</v>
       </c>
       <c r="B914" s="2" t="inlineStr">
         <is>
-          <t>Morion de l’Ommegang de Bruxelles</t>
+          <t>Paire de buisines de l’Ommegang de 1930</t>
         </is>
       </c>
       <c r="C914" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D914" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>C.</t>
         </is>
       </c>
       <c r="E914" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F914" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>instrument à vent</t>
         </is>
       </c>
       <c r="G914" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H914" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="915">
       <c r="A915" s="1" t="n">
-        <v>69985</v>
+        <v>69984</v>
       </c>
       <c r="B915" s="2" t="inlineStr">
         <is>
           <t>Morion de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C915" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D915" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E915" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F915" s="2" t="inlineStr">
         <is>
           <t>protection corporelle</t>
         </is>
       </c>
       <c r="G915" s="2" t="inlineStr">
         <is>
           <t>métal, cuir</t>
         </is>
       </c>
       <c r="H915" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="916">
       <c r="A916" s="1" t="n">
-        <v>69986</v>
+        <v>69985</v>
       </c>
       <c r="B916" s="2" t="inlineStr">
         <is>
-          <t>Paire de morions de l’Ommegang de Bruxelles</t>
+          <t>Morion de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C916" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D916" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E916" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F916" s="2" t="inlineStr">
         <is>
           <t>protection corporelle</t>
         </is>
       </c>
       <c r="G916" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H916" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="917">
       <c r="A917" s="1" t="n">
-        <v>69987</v>
+        <v>69986</v>
       </c>
       <c r="B917" s="2" t="inlineStr">
         <is>
           <t>Paire de morions de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C917" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D917" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E917" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F917" s="2" t="inlineStr">
         <is>
           <t>protection corporelle</t>
         </is>
       </c>
       <c r="G917" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H917" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="918">
       <c r="A918" s="1" t="n">
-        <v>86699</v>
+        <v>69987</v>
       </c>
       <c r="B918" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Paire de morions de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C918" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D918" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D918" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E918" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F918" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G918" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H918" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="919">
       <c r="A919" s="1" t="n">
-        <v>43083</v>
+        <v>77350</v>
       </c>
       <c r="B919" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>Portrait du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C919" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D919" s="2" t="inlineStr">
         <is>
-          <t>Subes,  Raymond</t>
+          <t>Deprest, A.</t>
         </is>
       </c>
       <c r="E919" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F919" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>plaque commémorative, relief</t>
         </is>
       </c>
       <c r="G919" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H919" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, technique d'assemblage</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="920">
       <c r="A920" s="1" t="n">
-        <v>93385</v>
+        <v>86699</v>
       </c>
       <c r="B920" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C920" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D920" s="2"/>
       <c r="E920" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F920" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G920" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H920" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="921">
       <c r="A921" s="1" t="n">
-        <v>93386</v>
+        <v>92397</v>
       </c>
       <c r="B921" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="C921" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D921" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D921" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E921" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F921" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G921" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, verre, cire d'abeille</t>
         </is>
       </c>
       <c r="H921" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="922">
       <c r="A922" s="1" t="n">
-        <v>93387</v>
+        <v>92398</v>
       </c>
       <c r="B922" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C922" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D922" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D922" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Charles</t>
+        </is>
+      </c>
       <c r="E922" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F922" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G922" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, perle, pierre précieuse</t>
         </is>
       </c>
       <c r="H922" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>martelé, technique des métaux, doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="923">
       <c r="A923" s="1" t="n">
-        <v>93388</v>
+        <v>93385</v>
       </c>
       <c r="B923" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C923" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D923" s="2"/>
       <c r="E923" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F923" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G923" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H923" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="924">
       <c r="A924" s="1" t="n">
-        <v>95654</v>
+        <v>93386</v>
       </c>
       <c r="B924" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C924" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D924" s="2"/>
       <c r="E924" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1950</t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F924" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G924" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H924" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="925">
       <c r="A925" s="1" t="n">
-        <v>99657</v>
+        <v>93387</v>
       </c>
       <c r="B925" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C925" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D925" s="2"/>
       <c r="E925" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F925" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G925" s="2" t="inlineStr">
         <is>
-          <t>cristal, laiton</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H925" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="926">
       <c r="A926" s="1" t="n">
-        <v>105954</v>
+        <v>93388</v>
       </c>
       <c r="B926" s="2" t="inlineStr">
         <is>
-          <t>Fonts baptismaux</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C926" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D926" s="2"/>
       <c r="E926" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F926" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G926" s="2" t="inlineStr">
         <is>
-          <t>laiton, pierre</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H926" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="927">
       <c r="A927" s="1" t="n">
-        <v>95729</v>
+        <v>95654</v>
       </c>
       <c r="B927" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à la mémoire du révérend Joseph Verheyen (1912-1934)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C927" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D927" s="2"/>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D927" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E927" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1931 - 1950</t>
         </is>
       </c>
       <c r="F927" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G927" s="2" t="inlineStr">
         <is>
-          <t>pierre, cuivre</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H927" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="928">
       <c r="A928" s="1" t="n">
-        <v>30646</v>
+        <v>105954</v>
       </c>
       <c r="B928" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Fonts baptismaux</t>
         </is>
       </c>
       <c r="C928" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D928" s="2"/>
       <c r="E928" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F928" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G928" s="2" t="inlineStr">
         <is>
-          <t>argent, or, pierre</t>
+          <t>laiton, pierre</t>
         </is>
       </c>
       <c r="H928" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de sculpture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="929">
       <c r="A929" s="1" t="n">
-        <v>93358</v>
+        <v>99657</v>
       </c>
       <c r="B929" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C929" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D929" s="2"/>
       <c r="E929" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F929" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G929" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>cristal, laiton</t>
         </is>
       </c>
       <c r="H929" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="930">
       <c r="A930" s="1" t="n">
-        <v>92379</v>
+        <v>30646</v>
       </c>
       <c r="B930" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C930" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D930" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D930" s="2" t="inlineStr">
+        <is>
+          <t>Dom Martin O.S.B., René Etienne</t>
+        </is>
+      </c>
       <c r="E930" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F930" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G930" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent, or, pierre</t>
         </is>
       </c>
       <c r="H930" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="931">
       <c r="A931" s="1" t="n">
-        <v>92380</v>
+        <v>95729</v>
       </c>
       <c r="B931" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Plaque commémorative à la mémoire du révérend Joseph Verheyen (1912-1934)</t>
         </is>
       </c>
       <c r="C931" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D931" s="2"/>
       <c r="E931" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F931" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G931" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>pierre, cuivre</t>
         </is>
       </c>
       <c r="H931" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="932">
       <c r="A932" s="1" t="n">
-        <v>92381</v>
+        <v>43601</v>
       </c>
       <c r="B932" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C932" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D932" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D932" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
       <c r="E932" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F932" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G932" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H932" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="933">
       <c r="A933" s="1" t="n">
-        <v>92382</v>
+        <v>43649</v>
       </c>
       <c r="B933" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C933" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D933" s="2"/>
+      <c r="D933" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E933" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F933" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G933" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H933" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="934">
       <c r="A934" s="1" t="n">
-        <v>92383</v>
+        <v>11349</v>
       </c>
       <c r="B934" s="2" t="inlineStr">
         <is>
-          <t>porte-encensoir</t>
+          <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C934" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D934" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D934" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers Frères [firme]</t>
+        </is>
+      </c>
       <c r="E934" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F934" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>couvert de service</t>
         </is>
       </c>
       <c r="G934" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H934" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>ciselé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="935">
       <c r="A935" s="1" t="n">
-        <v>38645</v>
+        <v>104399</v>
       </c>
       <c r="B935" s="2" t="inlineStr">
         <is>
-          <t>S.M. Astrid</t>
+          <t>Calice du chanoine Barette</t>
         </is>
       </c>
       <c r="C935" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D935" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Alfons</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E935" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F935" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice, patène</t>
         </is>
       </c>
       <c r="G935" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, pierre précieuse, nacre, coquille animale, gomme-laque</t>
         </is>
       </c>
       <c r="H935" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="936">
       <c r="A936" s="1" t="n">
-        <v>43601</v>
+        <v>104348</v>
       </c>
       <c r="B936" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Monstrance-reliquaire de saint Albert</t>
         </is>
       </c>
       <c r="C936" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D936" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E936" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F936" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G936" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>émail, argent, gomme-laque</t>
         </is>
       </c>
       <c r="H936" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="937">
       <c r="A937" s="1" t="n">
-        <v>11349</v>
+        <v>104372</v>
       </c>
       <c r="B937" s="2" t="inlineStr">
         <is>
-          <t>Service argenterie "Mona Lisa"</t>
+          <t>Burettes et plateau</t>
         </is>
       </c>
       <c r="C937" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D937" s="2" t="inlineStr">
         <is>
-          <t>Wolfers Frères [firme]</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E937" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F937" s="2" t="inlineStr">
         <is>
-          <t>couvert de service</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G937" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, ivoire</t>
         </is>
       </c>
       <c r="H937" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="938">
       <c r="A938" s="1" t="n">
-        <v>43649</v>
+        <v>38645</v>
       </c>
       <c r="B938" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>S.M. Astrid</t>
         </is>
       </c>
       <c r="C938" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D938" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Mauquoy, Alfons</t>
         </is>
       </c>
       <c r="E938" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F938" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G938" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H938" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="939">
       <c r="A939" s="1" t="n">
-        <v>104348</v>
+        <v>77345</v>
       </c>
       <c r="B939" s="2" t="inlineStr">
         <is>
-          <t>Monstrance-reliquaire de saint Albert</t>
+          <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C939" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D939" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E939" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F939" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G939" s="2" t="inlineStr">
         <is>
-          <t>émail, argent, gomme-laque</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H939" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="940">
       <c r="A940" s="1" t="n">
-        <v>104372</v>
+        <v>92365</v>
       </c>
       <c r="B940" s="2" t="inlineStr">
         <is>
-          <t>Burettes et plateau</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C940" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D940" s="2"/>
       <c r="E940" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F940" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G940" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H940" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="941">
       <c r="A941" s="1" t="n">
-        <v>104399</v>
+        <v>92366</v>
       </c>
       <c r="B941" s="2" t="inlineStr">
         <is>
-          <t>Calice du chanoine Barette</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C941" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D941" s="2"/>
       <c r="E941" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F941" s="2" t="inlineStr">
         <is>
-          <t>calice, patène</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G941" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse, nacre, coquille animale, gomme-laque</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H941" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="942">
       <c r="A942" s="1" t="n">
-        <v>77345</v>
+        <v>92367</v>
       </c>
       <c r="B942" s="2" t="inlineStr">
         <is>
-          <t>Portrait de David Van Buuren (1886-1955)</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C942" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D942" s="2"/>
       <c r="E942" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F942" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G942" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H942" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="943">
       <c r="A943" s="1" t="n">
-        <v>92365</v>
+        <v>92368</v>
       </c>
       <c r="B943" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>rampe d'escalier</t>
         </is>
       </c>
       <c r="C943" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D943" s="2"/>
       <c r="E943" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F943" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>élément en fer</t>
         </is>
       </c>
       <c r="G943" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H943" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="944">
       <c r="A944" s="1" t="n">
-        <v>92366</v>
+        <v>39401</v>
       </c>
       <c r="B944" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>Hubert Krains</t>
         </is>
       </c>
       <c r="C944" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D944" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D944" s="2" t="inlineStr">
+        <is>
+          <t>Wissaert, Paul / Delbrassine, Fernand / Verbeyst</t>
+        </is>
+      </c>
       <c r="E944" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F944" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G944" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bronze, grès, pierre</t>
         </is>
       </c>
       <c r="H944" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="945">
       <c r="A945" s="1" t="n">
-        <v>92367</v>
+        <v>40302</v>
       </c>
       <c r="B945" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>Le Bébé</t>
         </is>
       </c>
       <c r="C945" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D945" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D945" s="2" t="inlineStr">
+        <is>
+          <t>Ianchelevici, Idel</t>
+        </is>
+      </c>
       <c r="E945" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F945" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G945" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H945" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="946">
       <c r="A946" s="1" t="n">
-        <v>92368</v>
+        <v>92369</v>
       </c>
       <c r="B946" s="2" t="inlineStr">
         <is>
-          <t>rampe d'escalier</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C946" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D946" s="2"/>
       <c r="E946" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F946" s="2" t="inlineStr">
         <is>
-          <t>élément en fer</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G946" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H946" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="947">
       <c r="A947" s="1" t="n">
-        <v>92369</v>
+        <v>92370</v>
       </c>
       <c r="B947" s="2" t="inlineStr">
         <is>
           <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C947" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D947" s="2"/>
       <c r="E947" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F947" s="2" t="inlineStr">
         <is>
           <t>lanterne</t>
         </is>
       </c>
       <c r="G947" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H947" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="948">
       <c r="A948" s="1" t="n">
-        <v>92370</v>
+        <v>92379</v>
       </c>
       <c r="B948" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C948" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D948" s="2"/>
       <c r="E948" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F948" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G948" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H948" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="949">
       <c r="A949" s="1" t="n">
-        <v>39401</v>
+        <v>92380</v>
       </c>
       <c r="B949" s="2" t="inlineStr">
         <is>
-          <t>Hubert Krains</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C949" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D949" s="2"/>
       <c r="E949" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F949" s="2" t="inlineStr">
         <is>
-          <t>relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G949" s="2" t="inlineStr">
         <is>
-          <t>bronze, grès, pierre</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H949" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, taillé</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="950">
       <c r="A950" s="1" t="n">
-        <v>40302</v>
+        <v>92381</v>
       </c>
       <c r="B950" s="2" t="inlineStr">
         <is>
-          <t>Le Bébé</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C950" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D950" s="2"/>
       <c r="E950" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F950" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G950" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H950" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="951">
       <c r="A951" s="1" t="n">
-        <v>93382</v>
+        <v>92382</v>
       </c>
       <c r="B951" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C951" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D951" s="2"/>
       <c r="E951" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F951" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G951" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, pierre précieuse</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H951" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="952">
       <c r="A952" s="1" t="n">
-        <v>30694</v>
+        <v>92383</v>
       </c>
       <c r="B952" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>porte-encensoir</t>
         </is>
       </c>
       <c r="C952" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D952" s="2"/>
       <c r="E952" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F952" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G952" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H952" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="953">
       <c r="A953" s="1" t="n">
-        <v>104387</v>
+        <v>93358</v>
       </c>
       <c r="B953" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir-soleil</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C953" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D953" s="2"/>
       <c r="E953" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1938</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F953" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G953" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal, diamant, perle, gomme-laque, coquille animale, pierre précieuse, vermeil</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H953" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="954">
       <c r="A954" s="1" t="n">
-        <v>88450</v>
+        <v>30694</v>
       </c>
       <c r="B954" s="2" t="inlineStr">
         <is>
-          <t>Pierre De Soete, sans titre [Portrait en buste d'un inconnu], bronze, 1936.</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C954" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D954" s="2"/>
       <c r="E954" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1936 - 1936</t>
         </is>
       </c>
       <c r="F954" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G954" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H954" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="955">
       <c r="A955" s="1" t="n">
-        <v>38644</v>
+        <v>104387</v>
       </c>
       <c r="B955" s="2" t="inlineStr">
         <is>
-          <t>S.M. Léopold III</t>
+          <t>Ostensoir-soleil</t>
         </is>
       </c>
       <c r="C955" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D955" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Alfons</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E955" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1936 - 1938</t>
         </is>
       </c>
       <c r="F955" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G955" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, cristal, diamant, perle, gomme-laque, coquille animale, pierre précieuse, vermeil</t>
         </is>
       </c>
       <c r="H955" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="956">
       <c r="A956" s="1" t="n">
-        <v>39610</v>
+        <v>88450</v>
       </c>
       <c r="B956" s="2" t="inlineStr">
         <is>
-          <t>Buste d'Adolphe Max</t>
+          <t>Pierre De Soete, sans titre [Portrait en buste d'un inconnu], bronze, 1936.</t>
         </is>
       </c>
       <c r="C956" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D956" s="2"/>
       <c r="E956" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F956" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
-      <c r="G956" s="2"/>
+      <c r="G956" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H956" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="957">
       <c r="A957" s="1" t="n">
-        <v>93360</v>
+        <v>93382</v>
       </c>
       <c r="B957" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C957" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
-      <c r="D957" s="2"/>
+      <c r="D957" s="2" t="inlineStr">
+        <is>
+          <t>Pharazyn,  J.</t>
+        </is>
+      </c>
       <c r="E957" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F957" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G957" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, vermeil, pierre précieuse</t>
         </is>
       </c>
       <c r="H957" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="958">
       <c r="A958" s="1" t="n">
-        <v>93361</v>
+        <v>38644</v>
       </c>
       <c r="B958" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>S.M. Léopold III</t>
         </is>
       </c>
       <c r="C958" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D958" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D958" s="2" t="inlineStr">
+        <is>
+          <t>Mauquoy, Alfons</t>
+        </is>
+      </c>
       <c r="E958" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F958" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G958" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H958" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="959">
       <c r="A959" s="1" t="n">
-        <v>93379</v>
+        <v>39610</v>
       </c>
       <c r="B959" s="2" t="inlineStr">
         <is>
-          <t>grille de baptistère</t>
+          <t>Buste d'Adolphe Max</t>
         </is>
       </c>
       <c r="C959" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D959" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D959" s="2" t="inlineStr">
+        <is>
+          <t>Van Cutsem,  Louis</t>
+        </is>
+      </c>
       <c r="E959" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F959" s="2" t="inlineStr">
         <is>
-          <t>élément en fer</t>
-[...6 lines deleted...]
-      </c>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G959" s="2"/>
       <c r="H959" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="960">
       <c r="A960" s="1" t="n">
-        <v>93383</v>
+        <v>104389</v>
       </c>
       <c r="B960" s="2" t="inlineStr">
         <is>
+          <t>Calice</t>
+        </is>
+      </c>
+      <c r="C960" s="2" t="inlineStr">
+        <is>
+          <t>Basilique Nationale du Sacré-Coeur</t>
+        </is>
+      </c>
+      <c r="D960" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
+      <c r="E960" s="2" t="inlineStr">
+        <is>
+          <t>1938 - </t>
+        </is>
+      </c>
+      <c r="F960" s="2" t="inlineStr">
+        <is>
           <t>calice</t>
         </is>
       </c>
-      <c r="C960" s="2" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="G960" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, malachite</t>
         </is>
       </c>
       <c r="H960" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="961">
       <c r="A961" s="1" t="n">
-        <v>99649</v>
+        <v>106070</v>
       </c>
       <c r="B961" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ostensoir-soleil</t>
         </is>
       </c>
       <c r="C961" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D961" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E961" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F961" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G961" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, émail, ivoire</t>
         </is>
       </c>
       <c r="H961" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="962">
       <c r="A962" s="1" t="n">
-        <v>104389</v>
+        <v>88189</v>
       </c>
       <c r="B962" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>ostensoir-reliquaire</t>
         </is>
       </c>
       <c r="C962" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D962" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E962" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F962" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir, reliquaire</t>
         </is>
       </c>
       <c r="G962" s="2" t="inlineStr">
         <is>
-          <t>argent, malachite</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H962" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="963">
       <c r="A963" s="1" t="n">
-        <v>106070</v>
+        <v>93379</v>
       </c>
       <c r="B963" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir-soleil</t>
+          <t>grille de baptistère</t>
         </is>
       </c>
       <c r="C963" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D963" s="2"/>
       <c r="E963" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F963" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>élément en fer</t>
         </is>
       </c>
       <c r="G963" s="2" t="inlineStr">
         <is>
-          <t>métal, émail, ivoire</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H963" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="964">
       <c r="A964" s="1" t="n">
-        <v>88189</v>
+        <v>93383</v>
       </c>
       <c r="B964" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C964" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D964" s="2"/>
       <c r="E964" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F964" s="2" t="inlineStr">
         <is>
-          <t>ostensoir, reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G964" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H964" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="965">
       <c r="A965" s="1" t="n">
-        <v>92392</v>
+        <v>93360</v>
       </c>
       <c r="B965" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C965" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D965" s="2"/>
       <c r="E965" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F965" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G965" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H965" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="966">
       <c r="A966" s="1" t="n">
-        <v>38924</v>
+        <v>93361</v>
       </c>
       <c r="B966" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C966" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D966" s="2"/>
       <c r="E966" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F966" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G966" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H966" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="967">
       <c r="A967" s="1" t="n">
-        <v>66250</v>
+        <v>99649</v>
       </c>
       <c r="B967" s="2" t="inlineStr">
         <is>
-          <t>Sceau de la commune de Saint-Gilles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C967" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D967" s="2" t="inlineStr">
         <is>
-          <t>inconnu,</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E967" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
-[...2 lines deleted...]
-      <c r="F967" s="2"/>
+          <t>1938 - </t>
+        </is>
+      </c>
+      <c r="F967" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G967" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H967" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="968">
       <c r="A968" s="1" t="n">
-        <v>43105</v>
+        <v>92392</v>
       </c>
       <c r="B968" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C968" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D968" s="2" t="inlineStr">
         <is>
-          <t>F. Jacques et frères</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E968" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1960</t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F968" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G968" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H968" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="969">
       <c r="A969" s="1" t="n">
-        <v>43013</v>
+        <v>38924</v>
       </c>
       <c r="B969" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C969" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D969" s="2" t="inlineStr">
         <is>
-          <t>Billaux-Grossé ,</t>
+          <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E969" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F969" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G969" s="2" t="inlineStr">
         <is>
-          <t>vermeil</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H969" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'émaillage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="970">
       <c r="A970" s="1" t="n">
-        <v>88158</v>
+        <v>66250</v>
       </c>
       <c r="B970" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Sceau de la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C970" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D970" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D970" s="2" t="inlineStr">
+        <is>
+          <t>inconnu,</t>
+        </is>
+      </c>
       <c r="E970" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1940 - 1945</t>
+        </is>
+      </c>
+      <c r="F970" s="2"/>
       <c r="G970" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H970" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="971">
       <c r="A971" s="1" t="n">
-        <v>95739</v>
+        <v>43105</v>
       </c>
       <c r="B971" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C971" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D971" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D971" s="2" t="inlineStr">
+        <is>
+          <t>F. Jacques et frères</t>
+        </is>
+      </c>
       <c r="E971" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1940 - 1960</t>
         </is>
       </c>
       <c r="F971" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G971" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H971" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="972">
       <c r="A972" s="1" t="n">
-        <v>93384</v>
+        <v>43013</v>
       </c>
       <c r="B972" s="2" t="inlineStr">
         <is>
-          <t>calice holemans</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C972" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D972" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Billaux-Grossé ,</t>
         </is>
       </c>
       <c r="E972" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1950</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F972" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G972" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, malachite</t>
+          <t>vermeil</t>
         </is>
       </c>
       <c r="H972" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
+          <t>technique des métaux, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="973">
       <c r="A973" s="1" t="n">
-        <v>66237</v>
+        <v>88158</v>
       </c>
       <c r="B973" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Paul-Henri Spaak, bourgmestre de Saint-Gilles de 1952 à 1957</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C973" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D973" s="2"/>
       <c r="E973" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F973" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G973" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H973" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de sculpture</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="974">
       <c r="A974" s="1" t="n">
-        <v>86700</v>
+        <v>66237</v>
       </c>
       <c r="B974" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>Portrait de Paul-Henri Spaak, bourgmestre de Saint-Gilles de 1952 à 1957</t>
         </is>
       </c>
       <c r="C974" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D974" s="2" t="inlineStr">
         <is>
-          <t>Vandenhoute, Emile</t>
+          <t>Nemon,  Oscar / Nemon, Oscar</t>
         </is>
       </c>
       <c r="E974" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F974" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G974" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H974" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="975">
       <c r="A975" s="1" t="n">
-        <v>88159</v>
+        <v>86700</v>
       </c>
       <c r="B975" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C975" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D975" s="2" t="inlineStr">
         <is>
           <t>Vandenhoute, Emile</t>
         </is>
       </c>
       <c r="E975" s="2" t="inlineStr">
         <is>
           <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F975" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G975" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H975" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="976">
       <c r="A976" s="1" t="n">
-        <v>99626</v>
+        <v>88159</v>
       </c>
       <c r="B976" s="2" t="inlineStr">
         <is>
-          <t>Le Christ enseignant</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C976" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D976" s="2" t="inlineStr">
         <is>
-          <t>Colruyt,  Camille</t>
+          <t>Vandenhoute, Emile</t>
         </is>
       </c>
       <c r="E976" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F976" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G976" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre, marbre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H976" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="977">
       <c r="A977" s="1" t="n">
-        <v>11931</v>
+        <v>95739</v>
       </c>
       <c r="B977" s="2" t="inlineStr">
         <is>
-          <t>médaille commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C977" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D977" s="2"/>
       <c r="E977" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F977" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G977" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H977" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="978">
       <c r="A978" s="1" t="n">
-        <v>95735</v>
+        <v>93384</v>
       </c>
       <c r="B978" s="2" t="inlineStr">
         <is>
+          <t>calice holemans</t>
+        </is>
+      </c>
+      <c r="C978" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D978" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
+      <c r="E978" s="2" t="inlineStr">
+        <is>
+          <t>1941 - 1950</t>
+        </is>
+      </c>
+      <c r="F978" s="2" t="inlineStr">
+        <is>
           <t>calice</t>
         </is>
       </c>
-      <c r="C978" s="2" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G978" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, émail</t>
+          <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H978" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="979">
       <c r="A979" s="1" t="n">
-        <v>104893</v>
+        <v>11931</v>
       </c>
       <c r="B979" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir-soleil</t>
+          <t>médaille commémorative</t>
         </is>
       </c>
       <c r="C979" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D979" s="2"/>
       <c r="E979" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F979" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G979" s="2" t="inlineStr">
         <is>
-          <t>argent, opale, vermeil, gomme-laque, pierre précieuse, diamant</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H979" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="980">
       <c r="A980" s="1" t="n">
-        <v>105832</v>
+        <v>99626</v>
       </c>
       <c r="B980" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir-soleil Devroye</t>
+          <t>Le Christ enseignant</t>
         </is>
       </c>
       <c r="C980" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D980" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Colruyt,  Camille</t>
         </is>
       </c>
       <c r="E980" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1975</t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F980" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G980" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, cuivre, marbre</t>
         </is>
       </c>
       <c r="H980" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="981">
       <c r="A981" s="1" t="n">
-        <v>66518</v>
+        <v>95735</v>
       </c>
       <c r="B981" s="2" t="inlineStr">
         <is>
-          <t>Médaille: Portrait du Général Ernest Edouard Wiener </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C981" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D981" s="2" t="inlineStr">
         <is>
-          <t>Georlette, Louis</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E981" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F981" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G981" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, vermeil, émail</t>
         </is>
       </c>
       <c r="H981" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="982">
       <c r="A982" s="1" t="n">
-        <v>86805</v>
+        <v>104893</v>
       </c>
       <c r="B982" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Ostensoir-soleil</t>
         </is>
       </c>
       <c r="C982" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D982" s="2"/>
+          <t>Basilique Nationale du Sacré-Coeur</t>
+        </is>
+      </c>
+      <c r="D982" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E982" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F982" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G982" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, opale, vermeil, gomme-laque, pierre précieuse, diamant</t>
         </is>
       </c>
       <c r="H982" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="983">
       <c r="A983" s="1" t="n">
-        <v>92388</v>
+        <v>105832</v>
       </c>
       <c r="B983" s="2" t="inlineStr">
         <is>
-          <t>croix d'autel</t>
+          <t>Ostensoir-soleil Devroye</t>
         </is>
       </c>
       <c r="C983" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D983" s="2"/>
+          <t>Basilique Nationale du Sacré-Coeur</t>
+        </is>
+      </c>
+      <c r="D983" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E983" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1949 - 1975</t>
         </is>
       </c>
       <c r="F983" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G983" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H983" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, forgé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="984">
       <c r="A984" s="1" t="n">
-        <v>39012</v>
+        <v>66518</v>
       </c>
       <c r="B984" s="2" t="inlineStr">
         <is>
-          <t>Tête de jeune fille</t>
+          <t>Médaille: Portrait du Général Ernest Edouard Wiener </t>
         </is>
       </c>
       <c r="C984" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D984" s="2" t="inlineStr">
         <is>
-          <t>Fischweiler, Gustave</t>
+          <t>Georlette, Louis</t>
         </is>
       </c>
       <c r="E984" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F984" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G984" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H984" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="985">
       <c r="A985" s="1" t="n">
-        <v>30666</v>
+        <v>86805</v>
       </c>
       <c r="B985" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C985" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D985" s="2"/>
       <c r="E985" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F985" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G985" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H985" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="986">
       <c r="A986" s="1" t="n">
         <v>43602</v>
       </c>
       <c r="B986" s="2" t="inlineStr">
         <is>
           <t>copie d'une coupe de saint Remi</t>
         </is>
       </c>
       <c r="C986" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D986" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E986" s="2" t="inlineStr">
         <is>
           <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F986" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G986" s="2" t="inlineStr">
         <is>
           <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H986" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="987">
       <c r="A987" s="1" t="n">
-        <v>109659</v>
+        <v>30666</v>
       </c>
       <c r="B987" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Sainte-Croix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C987" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Croix</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D987" s="2"/>
       <c r="E987" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F987" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G987" s="2" t="inlineStr">
         <is>
-          <t>gomme-laque, laiton, pierre fine</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H987" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="988">
       <c r="A988" s="1" t="n">
-        <v>86802</v>
+        <v>109659</v>
       </c>
       <c r="B988" s="2" t="inlineStr">
         <is>
-          <t>marmite</t>
+          <t>Reliquaire de la Sainte-Croix</t>
         </is>
       </c>
       <c r="C988" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D988" s="2"/>
+          <t>Eglise Sainte-Croix</t>
+        </is>
+      </c>
+      <c r="D988" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
       <c r="E988" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F988" s="2" t="inlineStr">
         <is>
-          <t>chaudron</t>
+          <t>croix et calvaire, reliquaire</t>
         </is>
       </c>
       <c r="G988" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>gomme-laque, laiton, pierre fine</t>
         </is>
       </c>
       <c r="H988" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, cuivré</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="989">
       <c r="A989" s="1" t="n">
-        <v>87063</v>
+        <v>39012</v>
       </c>
       <c r="B989" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Tête de jeune fille</t>
         </is>
       </c>
       <c r="C989" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D989" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D989" s="2" t="inlineStr">
+        <is>
+          <t>Fischweiler, Gustave</t>
+        </is>
+      </c>
       <c r="E989" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F989" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G989" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H989" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="990">
       <c r="A990" s="1" t="n">
-        <v>87064</v>
+        <v>39263</v>
       </c>
       <c r="B990" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>Buste de Florimond Bruneau</t>
         </is>
       </c>
       <c r="C990" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D990" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D990" s="2" t="inlineStr">
+        <is>
+          <t>Ianchelevici, Idel</t>
+        </is>
+      </c>
       <c r="E990" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1958</t>
         </is>
       </c>
       <c r="F990" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G990" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H990" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="991">
       <c r="A991" s="1" t="n">
-        <v>87065</v>
+        <v>87063</v>
       </c>
       <c r="B991" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C991" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D991" s="2"/>
       <c r="E991" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F991" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G991" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H991" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="992">
       <c r="A992" s="1" t="n">
-        <v>87067</v>
+        <v>87064</v>
       </c>
       <c r="B992" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C992" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
-      <c r="D992" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D992" s="2"/>
       <c r="E992" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F992" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G992" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois, métal, stuc</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H992" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique d'assemblage, poli</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="993">
       <c r="A993" s="1" t="n">
-        <v>87071</v>
+        <v>87065</v>
       </c>
       <c r="B993" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C993" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D993" s="2"/>
       <c r="E993" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F993" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G993" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H993" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="994">
       <c r="A994" s="1" t="n">
-        <v>87095</v>
+        <v>87067</v>
       </c>
       <c r="B994" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C994" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D994" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
+          <t>Dupuis, Jacques / Bastin, Roger</t>
         </is>
       </c>
       <c r="E994" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F994" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G994" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, émail</t>
+          <t>marbre, bois, métal, stuc</t>
         </is>
       </c>
       <c r="H994" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>taillé, technique d'assemblage, poli</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="995">
       <c r="A995" s="1" t="n">
-        <v>39263</v>
+        <v>87071</v>
       </c>
       <c r="B995" s="2" t="inlineStr">
         <is>
-          <t>Buste de Florimond Bruneau</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C995" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D995" s="2"/>
       <c r="E995" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1958</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F995" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G995" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H995" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="996">
       <c r="A996" s="1" t="n">
-        <v>92395</v>
+        <v>87095</v>
       </c>
       <c r="B996" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C996" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D996" s="2" t="inlineStr">
         <is>
-          <t>Fervan [firme]</t>
+          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
         </is>
       </c>
       <c r="E996" s="2" t="inlineStr">
         <is>
-          <t>1951 - 1975</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F996" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G996" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>métal, argent, émail</t>
         </is>
       </c>
       <c r="H996" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="997">
       <c r="A997" s="1" t="n">
-        <v>104375</v>
+        <v>86802</v>
       </c>
       <c r="B997" s="2" t="inlineStr">
         <is>
-          <t>Calice des neuf provinces et patène</t>
+          <t>marmite</t>
         </is>
       </c>
       <c r="C997" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D997" s="2"/>
       <c r="E997" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F997" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chaudron</t>
         </is>
       </c>
       <c r="G997" s="2" t="inlineStr">
         <is>
-          <t>or, ébène, pierre précieuse, diamant</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H997" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé</t>
+          <t>technique des métaux, technique d'assemblage, cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="998">
       <c r="A998" s="1" t="n">
-        <v>104390</v>
+        <v>92388</v>
       </c>
       <c r="B998" s="2" t="inlineStr">
         <is>
-          <t>Chandeliers (6)</t>
+          <t>croix d'autel</t>
         </is>
       </c>
       <c r="C998" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D998" s="2"/>
       <c r="E998" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F998" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G998" s="2" t="inlineStr">
         <is>
-          <t>laiton, ivoire</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H998" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de sculpture, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="999">
       <c r="A999" s="1" t="n">
-        <v>30659</v>
+        <v>104375</v>
       </c>
       <c r="B999" s="2" t="inlineStr">
         <is>
-          <t>Calice dit "des Scouts"</t>
+          <t>Calice des neuf provinces et patène</t>
         </is>
       </c>
       <c r="C999" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D999" s="2"/>
+          <t>Basilique Nationale du Sacré-Coeur</t>
+        </is>
+      </c>
+      <c r="D999" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph / Rome, Paul</t>
+        </is>
+      </c>
       <c r="E999" s="2" t="inlineStr">
         <is>
-          <t>1954 - 1954</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F999" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G999" s="2" t="inlineStr">
         <is>
-          <t>ivoire, laiton</t>
+          <t>or, ébène, pierre précieuse, diamant</t>
         </is>
       </c>
       <c r="H999" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1000">
       <c r="A1000" s="1" t="n">
-        <v>104382</v>
+        <v>104390</v>
       </c>
       <c r="B1000" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Chandeliers (6)</t>
         </is>
       </c>
       <c r="C1000" s="2" t="inlineStr">
         <is>
           <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D1000" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Colruyt,  Camille</t>
         </is>
       </c>
       <c r="E1000" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F1000" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G1000" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire, gomme-laque, or</t>
+          <t>laiton, ivoire</t>
         </is>
       </c>
       <c r="H1000" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1001">
       <c r="A1001" s="1" t="n">
-        <v>88155</v>
+        <v>92395</v>
       </c>
       <c r="B1001" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C1001" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D1001" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Charles</t>
+          <t>Fervan [firme]</t>
         </is>
       </c>
       <c r="E1001" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1951 - 1975</t>
         </is>
       </c>
       <c r="F1001" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G1001" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H1001" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1002">
       <c r="A1002" s="1" t="n">
-        <v>104421</v>
+        <v>30659</v>
       </c>
       <c r="B1002" s="2" t="inlineStr">
         <is>
-          <t>Chandeliers triples (2)</t>
+          <t>Calice dit "des Scouts"</t>
         </is>
       </c>
       <c r="C1002" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D1002" s="2"/>
       <c r="E1002" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1954 - 1954</t>
         </is>
       </c>
       <c r="F1002" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1002" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>ivoire, laiton</t>
         </is>
       </c>
       <c r="H1002" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1003">
       <c r="A1003" s="1" t="n">
-        <v>81474</v>
+        <v>104382</v>
       </c>
       <c r="B1003" s="2" t="inlineStr">
         <is>
-          <t>Hommage à la dynastie - plaque commémorative</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C1003" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D1003" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Alfred / Minne, Gent</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E1003" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F1003" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G1003" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, ivoire, gomme-laque, or</t>
         </is>
       </c>
       <c r="H1003" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1004">
       <c r="A1004" s="1" t="n">
-        <v>30667</v>
+        <v>88155</v>
       </c>
       <c r="B1004" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C1004" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D1004" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D1004" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Charles</t>
+        </is>
+      </c>
       <c r="E1004" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F1004" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G1004" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H1004" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1005">
       <c r="A1005" s="1" t="n">
-        <v>104416</v>
+        <v>104421</v>
       </c>
       <c r="B1005" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Chandeliers triples (2)</t>
         </is>
       </c>
       <c r="C1005" s="2" t="inlineStr">
         <is>
           <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D1005" s="2" t="inlineStr">
         <is>
           <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E1005" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F1005" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G1005" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H1005" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1006">
       <c r="A1006" s="1" t="n">
-        <v>99648</v>
+        <v>81474</v>
       </c>
       <c r="B1006" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Hommage à la dynastie - plaque commémorative</t>
         </is>
       </c>
       <c r="C1006" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D1006" s="2"/>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D1006" s="2" t="inlineStr">
+        <is>
+          <t>Courtens, Alfred / Minne, Gent</t>
+        </is>
+      </c>
       <c r="E1006" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F1006" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G1006" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1006" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1007">
       <c r="A1007" s="1" t="n">
-        <v>104415</v>
+        <v>30667</v>
       </c>
       <c r="B1007" s="2" t="inlineStr">
         <is>
-          <t>Portes de la basilique (entrée 8)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C1007" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D1007" s="2"/>
       <c r="E1007" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1959</t>
+          <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F1007" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1007" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H1007" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1008">
       <c r="A1008" s="1" t="n">
-        <v>105944</v>
+        <v>104416</v>
       </c>
       <c r="B1008" s="2" t="inlineStr">
         <is>
-          <t>Christ en Croix</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C1008" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D1008" s="2" t="inlineStr">
         <is>
           <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E1008" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F1008" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G1008" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, ivoire, vermeil</t>
         </is>
       </c>
       <c r="H1008" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1009">
       <c r="A1009" s="1" t="n">
-        <v>78967</v>
+        <v>104415</v>
       </c>
       <c r="B1009" s="2" t="inlineStr">
         <is>
-          <t>Figure de proue</t>
+          <t>Portes de la basilique (entrée 8)</t>
         </is>
       </c>
       <c r="C1009" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D1009" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E1009" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1958 - 1959</t>
         </is>
       </c>
       <c r="F1009" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G1009" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H1009" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1010">
       <c r="A1010" s="1" t="n">
-        <v>30665</v>
+        <v>99648</v>
       </c>
       <c r="B1010" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C1010" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D1010" s="2"/>
       <c r="E1010" s="2" t="inlineStr">
         <is>
-          <t>1963 - 1963</t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F1010" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G1010" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H1010" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1011">
       <c r="A1011" s="1" t="n">
-        <v>66239</v>
+        <v>105944</v>
       </c>
       <c r="B1011" s="2" t="inlineStr">
         <is>
-          <t>Femme nue agenouillée</t>
+          <t>Christ en Croix</t>
         </is>
       </c>
       <c r="C1011" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D1011" s="2" t="inlineStr">
         <is>
-          <t>Vriens,  Antoine</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E1011" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F1011" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G1011" s="2" t="inlineStr">
         <is>
-          <t>bronze, bois</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H1011" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1012">
       <c r="A1012" s="1" t="n">
-        <v>30663</v>
+        <v>78967</v>
       </c>
       <c r="B1012" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Figure de proue</t>
         </is>
       </c>
       <c r="C1012" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D1012" s="2"/>
+          <t>Commune d'Uccle</t>
+        </is>
+      </c>
+      <c r="D1012" s="2" t="inlineStr">
+        <is>
+          <t>Glorie, Raymond</t>
+        </is>
+      </c>
       <c r="E1012" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1965</t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F1012" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G1012" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1012" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, doré, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1013">
       <c r="A1013" s="1" t="n">
-        <v>39439</v>
+        <v>30665</v>
       </c>
       <c r="B1013" s="2" t="inlineStr">
         <is>
-          <t>Deux médaillons, Mariette Van Molle (préfète)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C1013" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D1013" s="2" t="inlineStr">
         <is>
-          <t>Ianchelevici, Idel</t>
+          <t>Fratelli Tavani [firme],</t>
         </is>
       </c>
       <c r="E1013" s="2" t="inlineStr">
         <is>
-          <t>1965 - </t>
+          <t>1963 - 1963</t>
         </is>
       </c>
       <c r="F1013" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1013" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H1013" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1014">
       <c r="A1014" s="1" t="n">
-        <v>30660</v>
+        <v>66239</v>
       </c>
       <c r="B1014" s="2" t="inlineStr">
         <is>
-          <t>calice </t>
+          <t>Femme nue agenouillée</t>
         </is>
       </c>
       <c r="C1014" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D1014" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D1014" s="2" t="inlineStr">
+        <is>
+          <t>Vriens,  Antoine</t>
+        </is>
+      </c>
       <c r="E1014" s="2" t="inlineStr">
         <is>
-          <t>1966 - 1966</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F1014" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G1014" s="2" t="inlineStr">
         <is>
-          <t>palissandre, argent</t>
+          <t>bronze, bois</t>
         </is>
       </c>
       <c r="H1014" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1015">
       <c r="A1015" s="1" t="n">
-        <v>30661</v>
+        <v>30663</v>
       </c>
       <c r="B1015" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C1015" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D1015" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1015" s="2"/>
       <c r="E1015" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1965 - 1965</t>
         </is>
       </c>
       <c r="F1015" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G1015" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1015" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique d'émaillage, doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1016">
       <c r="A1016" s="1" t="n">
-        <v>66704</v>
+        <v>39439</v>
       </c>
       <c r="B1016" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - parking des Deux Portes</t>
+          <t>Deux médaillons, Mariette Van Molle (préfète)</t>
         </is>
       </c>
       <c r="C1016" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D1016" s="2" t="inlineStr">
         <is>
-          <t>Moeschal, Jacques</t>
+          <t>Ianchelevici, Idel</t>
         </is>
       </c>
       <c r="E1016" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1965 - </t>
         </is>
       </c>
       <c r="F1016" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G1016" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1016" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1017">
       <c r="A1017" s="1" t="n">
-        <v>66705</v>
+        <v>30660</v>
       </c>
       <c r="B1017" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - parking des Deux Portes</t>
+          <t>calice </t>
         </is>
       </c>
       <c r="C1017" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D1017" s="2"/>
       <c r="E1017" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1966 - 1966</t>
         </is>
       </c>
       <c r="F1017" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1017" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>palissandre, argent</t>
         </is>
       </c>
       <c r="H1017" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1018">
       <c r="A1018" s="1" t="n">
-        <v>87070</v>
+        <v>30661</v>
       </c>
       <c r="B1018" s="2" t="inlineStr">
         <is>
-          <t>croix d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C1018" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D1018" s="2" t="inlineStr">
         <is>
-          <t>Kervyn de Meerendré, Yves / Bastin, Roger</t>
+          <t>Biais &amp; Van Suetendael [firme],</t>
         </is>
       </c>
       <c r="E1018" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F1018" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1018" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H1018" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, poli, martelé</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1019">
       <c r="A1019" s="1" t="n">
-        <v>103995</v>
+        <v>66704</v>
       </c>
       <c r="B1019" s="2" t="inlineStr">
         <is>
-          <t>Distillateur à vin et support en fer forgé autrichien</t>
+          <t>Sans titre - parking des Deux Portes</t>
         </is>
       </c>
       <c r="C1019" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D1019" s="2"/>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D1019" s="2" t="inlineStr">
+        <is>
+          <t>Moeschal, Jacques</t>
+        </is>
+      </c>
       <c r="E1019" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F1019" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1019" s="2" t="inlineStr">
         <is>
-          <t>verre, fer, papier</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H1019" s="2" t="inlineStr">
         <is>
-          <t>forgé, gravé [verre]</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1020">
       <c r="A1020" s="1" t="n">
-        <v>70342</v>
+        <v>66705</v>
       </c>
       <c r="B1020" s="2" t="inlineStr">
         <is>
-          <t>Signe</t>
+          <t>Sans titre - parking des Deux Portes</t>
         </is>
       </c>
       <c r="C1020" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public -  Uccle</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D1020" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E1020" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F1020" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1020" s="2" t="inlineStr">
         <is>
           <t>acier</t>
         </is>
       </c>
       <c r="H1020" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1021">
       <c r="A1021" s="1" t="n">
-        <v>30664</v>
+        <v>87070</v>
       </c>
       <c r="B1021" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix d'autel</t>
         </is>
       </c>
       <c r="C1021" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D1021" s="2" t="inlineStr">
         <is>
-          <t>Biais &amp; Van Suetendael [firme],</t>
+          <t>Kervyn de Meerendré, Yves / Bastin, Roger</t>
         </is>
       </c>
       <c r="E1021" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F1021" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G1021" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H1021" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de fonte, poli, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1022">
       <c r="A1022" s="1" t="n">
-        <v>56841</v>
+        <v>103995</v>
       </c>
       <c r="B1022" s="2" t="inlineStr">
         <is>
-          <t>Où est la sortie?</t>
+          <t>Distillateur à vin et support en fer forgé autrichien</t>
         </is>
       </c>
       <c r="C1022" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D1022" s="2"/>
       <c r="E1022" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
-[...2 lines deleted...]
-      <c r="F1022" s="2"/>
+          <t>1969 - </t>
+        </is>
+      </c>
+      <c r="F1022" s="2" t="inlineStr">
+        <is>
+          <t>objet civil</t>
+        </is>
+      </c>
       <c r="G1022" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>verre, fer, papier</t>
         </is>
       </c>
       <c r="H1022" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>forgé, gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1023">
       <c r="A1023" s="1" t="n">
-        <v>38521</v>
+        <v>70342</v>
       </c>
       <c r="B1023" s="2" t="inlineStr">
         <is>
-          <t>Le restaurant du Rouge-Cloître</t>
+          <t>Signe</t>
         </is>
       </c>
       <c r="C1023" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D1023" s="2" t="inlineStr">
         <is>
-          <t>Borret , Albert</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E1023" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F1023" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1023" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H1023" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1024">
       <c r="A1024" s="1" t="n">
-        <v>69988</v>
+        <v>30664</v>
       </c>
       <c r="B1024" s="2" t="inlineStr">
         <is>
-          <t>Armet de l’Ommegang de Bruxelles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C1024" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D1024" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Biais &amp; Van Suetendael [firme],</t>
         </is>
       </c>
       <c r="E1024" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2010</t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F1024" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G1024" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H1024" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, tissage</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1025">
       <c r="A1025" s="1" t="n">
-        <v>88140</v>
+        <v>56841</v>
       </c>
       <c r="B1025" s="2" t="inlineStr">
         <is>
-          <t>Ensemble perfecto, blouse sans manches et jupe plissée</t>
+          <t>Où est la sortie?</t>
         </is>
       </c>
       <c r="C1025" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D1025" s="2" t="inlineStr">
         <is>
-          <t>Versace,  / Versace, Gianni</t>
+          <t>Van Der Biest, Lucien</t>
         </is>
       </c>
       <c r="E1025" s="2" t="inlineStr">
         <is>
-          <t>1991 - 1992</t>
-[...6 lines deleted...]
-      </c>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F1025" s="2"/>
       <c r="G1025" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H1025" s="2" t="inlineStr">
         <is>
-          <t>mousseline, clouté, taffetas</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1026">
       <c r="A1026" s="1" t="n">
-        <v>62464</v>
+        <v>38521</v>
       </c>
       <c r="B1026" s="2" t="inlineStr">
         <is>
-          <t>Pin’s (A Suivre)</t>
+          <t>Le restaurant du Rouge-Cloître</t>
         </is>
       </c>
       <c r="C1026" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D1026" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Borret , Albert</t>
         </is>
       </c>
       <c r="E1026" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F1026" s="2" t="inlineStr">
         <is>
-          <t>broche</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G1026" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1026" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1027">
       <c r="A1027" s="1" t="n">
-        <v>39909</v>
+        <v>69988</v>
       </c>
       <c r="B1027" s="2" t="inlineStr">
         <is>
-          <t>"Wijn op bier is plezier"</t>
+          <t>Armet de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1027" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1027" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1027" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F1027" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G1027" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1027" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux, technique d'assemblage, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1028">
       <c r="A1028" s="1" t="n">
-        <v>46195</v>
+        <v>88140</v>
       </c>
       <c r="B1028" s="2" t="inlineStr">
         <is>
-          <t>L'envol d'Icare</t>
+          <t>Ensemble perfecto, blouse sans manches et jupe plissée</t>
         </is>
       </c>
       <c r="C1028" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1028" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
+          <t>Versace,  / Versace, Gianni</t>
         </is>
       </c>
       <c r="E1028" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1991 - 1992</t>
         </is>
       </c>
       <c r="F1028" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>trois pièces, veste d'intérieur, haut sans manche, jupe</t>
         </is>
       </c>
       <c r="G1028" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue, granit</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H1028" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte</t>
+          <t>mousseline, clouté, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1029">
       <c r="A1029" s="1" t="n">
-        <v>67567</v>
+        <v>62464</v>
       </c>
       <c r="B1029" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Pin’s (A Suivre)</t>
         </is>
       </c>
       <c r="C1029" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Watermael-Boitsfort</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D1029" s="2" t="inlineStr">
         <is>
-          <t>Staccioli, Mauro</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E1029" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F1029" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>broche</t>
         </is>
       </c>
       <c r="G1029" s="2" t="inlineStr">
         <is>
-          <t>béton, asphalte</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1029" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1030">
       <c r="A1030" s="1" t="n">
-        <v>39985</v>
+        <v>39909</v>
       </c>
       <c r="B1030" s="2" t="inlineStr">
         <is>
-          <t>Inversion Trigonale</t>
+          <t>"Wijn op bier is plezier"</t>
         </is>
       </c>
       <c r="C1030" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D1030" s="2" t="inlineStr">
         <is>
-          <t>Verbruggen, Hubert</t>
+          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
         </is>
       </c>
       <c r="E1030" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F1030" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1030" s="2" t="inlineStr">
         <is>
-          <t>métal, acier</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1030" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1031">
       <c r="A1031" s="1" t="n">
-        <v>11885</v>
+        <v>46195</v>
       </c>
       <c r="B1031" s="2" t="inlineStr">
         <is>
-          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
+          <t>L'envol d'Icare</t>
         </is>
       </c>
       <c r="C1031" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D1031" s="2" t="inlineStr">
         <is>
-          <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
+          <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
         </is>
       </c>
       <c r="E1031" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1998</t>
+          <t>1993 - 1994</t>
         </is>
       </c>
       <c r="F1031" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1031" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, perle</t>
+          <t>bronze, pierre bleue, granit</t>
         </is>
       </c>
       <c r="H1031" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1032">
       <c r="A1032" s="1" t="n">
-        <v>39917</v>
+        <v>67567</v>
       </c>
       <c r="B1032" s="2" t="inlineStr">
         <is>
-          <t>Auguste</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C1032" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D1032" s="2" t="inlineStr">
         <is>
-          <t>Pam,</t>
+          <t>Staccioli, Mauro</t>
         </is>
       </c>
       <c r="E1032" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F1032" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1032" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>béton, asphalte</t>
         </is>
       </c>
       <c r="H1032" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1033">
       <c r="A1033" s="1" t="n">
-        <v>70005</v>
+        <v>39985</v>
       </c>
       <c r="B1033" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Inversion Trigonale</t>
         </is>
       </c>
       <c r="C1033" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1033" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D1033" s="2" t="inlineStr">
+        <is>
+          <t>Verbruggen, Hubert</t>
+        </is>
+      </c>
       <c r="E1033" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F1033" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G1033" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>métal, acier</t>
         </is>
       </c>
       <c r="H1033" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1034">
       <c r="A1034" s="1" t="n">
-        <v>70006</v>
+        <v>11885</v>
       </c>
       <c r="B1034" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
+          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C1034" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1034" s="2"/>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D1034" s="2" t="inlineStr">
+        <is>
+          <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
+        </is>
+      </c>
       <c r="E1034" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1998 - 1998</t>
         </is>
       </c>
       <c r="F1034" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1034" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, métal, perle</t>
         </is>
       </c>
       <c r="H1034" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1035">
       <c r="A1035" s="1" t="n">
-        <v>70007</v>
+        <v>39917</v>
       </c>
       <c r="B1035" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
+          <t>Auguste</t>
         </is>
       </c>
       <c r="C1035" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1035" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D1035" s="2" t="inlineStr">
+        <is>
+          <t>Pam,</t>
+        </is>
+      </c>
       <c r="E1035" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F1035" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G1035" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H1035" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1036">
       <c r="A1036" s="1" t="n">
-        <v>70008</v>
+        <v>69991</v>
       </c>
       <c r="B1036" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : l’épée</t>
+          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1036" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1036" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1036" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1036" s="2" t="inlineStr">
         <is>
-          <t>arme blanche, costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G1036" s="2" t="inlineStr">
         <is>
-          <t>fer, métal</t>
+          <t>bois, métal, fer, cuir</t>
         </is>
       </c>
       <c r="H1036" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, technique des métaux</t>
+          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1037">
       <c r="A1037" s="1" t="n">
-        <v>70009</v>
+        <v>69992</v>
       </c>
       <c r="B1037" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
+          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1037" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1037" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1037" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1037" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G1037" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois, métal, fer, cuir, matière plastique</t>
         </is>
       </c>
       <c r="H1037" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1038">
       <c r="A1038" s="1" t="n">
-        <v>70010</v>
+        <v>69993</v>
       </c>
       <c r="B1038" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
+          <t>Ensemble d’hallebardes de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1038" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1038" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1038" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1038" s="2" t="inlineStr">
         <is>
-          <t>bijou, objets ethnographiques</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G1038" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>bois, métal, fer</t>
         </is>
       </c>
       <c r="H1038" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1039">
       <c r="A1039" s="1" t="n">
-        <v>70011</v>
+        <v>69994</v>
       </c>
       <c r="B1039" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
+          <t>Ensemble de piques de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1039" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1039" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1039" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1039" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion, costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G1039" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1039" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1040">
       <c r="A1040" s="1" t="n">
-        <v>70014</v>
+        <v>69995</v>
       </c>
       <c r="B1040" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
+          <t>Masse d’armes du groupe des « Porteurs de masse » de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C1040" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1040" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1040" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1040" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure, costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G1040" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1040" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1041">
       <c r="A1041" s="1" t="n">
-        <v>69991</v>
+        <v>70003</v>
       </c>
       <c r="B1041" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
         </is>
       </c>
       <c r="C1041" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1041" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1041" s="2"/>
       <c r="E1041" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1041" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1041" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1041" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1042">
       <c r="A1042" s="1" t="n">
-        <v>69992</v>
+        <v>70004</v>
       </c>
       <c r="B1042" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
         </is>
       </c>
       <c r="C1042" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1042" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1042" s="2"/>
       <c r="E1042" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1042" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1042" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir, matière plastique</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1042" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1043">
       <c r="A1043" s="1" t="n">
-        <v>69993</v>
+        <v>70005</v>
       </c>
       <c r="B1043" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’hallebardes de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="C1043" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1043" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1043" s="2"/>
       <c r="E1043" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1043" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1043" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1043" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1044">
       <c r="A1044" s="1" t="n">
-        <v>69994</v>
+        <v>70006</v>
       </c>
       <c r="B1044" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de piques de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
         </is>
       </c>
       <c r="C1044" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1044" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1044" s="2"/>
       <c r="E1044" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1044" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1044" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H1044" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1045">
       <c r="A1045" s="1" t="n">
-        <v>69995</v>
+        <v>70007</v>
       </c>
       <c r="B1045" s="2" t="inlineStr">
         <is>
-          <t>Masse d’armes du groupe des « Porteurs de masse » de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
         </is>
       </c>
       <c r="C1045" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1045" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1045" s="2"/>
       <c r="E1045" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1045" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1045" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H1045" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1046">
       <c r="A1046" s="1" t="n">
-        <v>70003</v>
+        <v>70008</v>
       </c>
       <c r="B1046" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : l’épée</t>
         </is>
       </c>
       <c r="C1046" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1046" s="2"/>
+      <c r="D1046" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E1046" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1046" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>arme blanche, costume et parure</t>
         </is>
       </c>
       <c r="G1046" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>fer, métal</t>
         </is>
       </c>
       <c r="H1046" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique des métaux, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1047">
       <c r="A1047" s="1" t="n">
-        <v>70004</v>
+        <v>70009</v>
       </c>
       <c r="B1047" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
         </is>
       </c>
       <c r="C1047" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1047" s="2"/>
+      <c r="D1047" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E1047" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1047" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G1047" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1047" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1048">
       <c r="A1048" s="1" t="n">
-        <v>39981</v>
+        <v>70010</v>
       </c>
       <c r="B1048" s="2" t="inlineStr">
         <is>
-          <t>Silke</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
         </is>
       </c>
       <c r="C1048" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1048" s="2" t="inlineStr">
         <is>
-          <t>Blondel, Alfred</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1048" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1048" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>bijou, objets ethnographiques</t>
         </is>
       </c>
       <c r="G1048" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H1048" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1049">
       <c r="A1049" s="1" t="n">
-        <v>70479</v>
+        <v>70011</v>
       </c>
       <c r="B1049" s="2" t="inlineStr">
         <is>
-          <t>Ondes trigones</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
         </is>
       </c>
       <c r="C1049" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1049" s="2" t="inlineStr">
         <is>
-          <t>Verbruggen, Hubert</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1049" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1049" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>objet de dévotion, costume et parure</t>
         </is>
       </c>
       <c r="G1049" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H1049" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1050">
       <c r="A1050" s="1" t="n">
-        <v>44974</v>
+        <v>70014</v>
       </c>
       <c r="B1050" s="2" t="inlineStr">
         <is>
-          <t>Gare ô canard</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
         </is>
       </c>
       <c r="C1050" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1050" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1050" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1050" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>instrument de mesure, costume et parure</t>
         </is>
       </c>
       <c r="G1050" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1050" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1051">
       <c r="A1051" s="1" t="n">
-        <v>66433</v>
+        <v>39981</v>
       </c>
       <c r="B1051" s="2" t="inlineStr">
         <is>
-          <t>Oies</t>
+          <t>Silke</t>
         </is>
       </c>
       <c r="C1051" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ganshoren</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D1051" s="2" t="inlineStr">
         <is>
-          <t>Baup, J-M.</t>
+          <t>Blondel, Alfred</t>
         </is>
       </c>
       <c r="E1051" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F1051" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G1051" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H1051" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1052">
       <c r="A1052" s="1" t="n">
-        <v>70476</v>
+        <v>70479</v>
       </c>
       <c r="B1052" s="2" t="inlineStr">
         <is>
-          <t>Chantre de l'Indépendance cubaine</t>
+          <t>Ondes trigones</t>
         </is>
       </c>
       <c r="C1052" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D1052" s="2" t="inlineStr">
         <is>
-          <t>Villa-Soberon, José</t>
+          <t>Verbruggen, Hubert</t>
         </is>
       </c>
       <c r="E1052" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F1052" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, buste</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G1052" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H1052" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1053">
       <c r="A1053" s="1" t="n">
-        <v>40013</v>
+        <v>66433</v>
       </c>
       <c r="B1053" s="2" t="inlineStr">
         <is>
-          <t>Guatanamo</t>
+          <t>Oies</t>
         </is>
       </c>
       <c r="C1053" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D1053" s="2" t="inlineStr">
         <is>
-          <t>Venegas, Carlos</t>
+          <t>Baup, J-M.</t>
         </is>
       </c>
       <c r="E1053" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F1053" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G1053" s="2"/>
+          <t>oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G1053" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H1053" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1054">
       <c r="A1054" s="1" t="n">
-        <v>40011</v>
+        <v>70476</v>
       </c>
       <c r="B1054" s="2" t="inlineStr">
         <is>
-          <t>Buste de Francis Duriau</t>
+          <t>Chantre de l'Indépendance cubaine</t>
         </is>
       </c>
       <c r="C1054" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D1054" s="2" t="inlineStr">
         <is>
-          <t>D'Anastasi, Corinne</t>
+          <t>Villa-Soberon, José</t>
         </is>
       </c>
       <c r="E1054" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F1054" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G1054" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H1054" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1055">
       <c r="A1055" s="1" t="n">
-        <v>40063</v>
+        <v>40013</v>
       </c>
       <c r="B1055" s="2" t="inlineStr">
         <is>
-          <t>Nymphes et Vénus</t>
+          <t>Guatanamo</t>
         </is>
       </c>
       <c r="C1055" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D1055" s="2" t="inlineStr">
         <is>
-          <t>Le Docte, Philippe</t>
+          <t>Venegas, Carlos</t>
         </is>
       </c>
       <c r="E1055" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F1055" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G1055" s="2"/>
       <c r="H1055" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1056">
       <c r="A1056" s="1" t="n">
-        <v>55715</v>
+        <v>40011</v>
       </c>
       <c r="B1056" s="2" t="inlineStr">
         <is>
-          <t>Tom Frantzen, Maquette De Vaartkapoen [statues représentant un ouvrier qui fait chuter un agent de police], bronze, 2012.</t>
+          <t>Buste de Francis Duriau</t>
         </is>
       </c>
       <c r="C1056" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D1056" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom</t>
+          <t>D'Anastasi, Corinne</t>
         </is>
       </c>
       <c r="E1056" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F1056" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...2 lines deleted...]
-      <c r="G1056" s="2"/>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G1056" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H1056" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1057">
       <c r="A1057" s="1" t="n">
-        <v>64700</v>
+        <v>40063</v>
       </c>
       <c r="B1057" s="2" t="inlineStr">
         <is>
-          <t>Un livre à ciel ouvert</t>
+          <t>Nymphes et Vénus</t>
         </is>
       </c>
       <c r="C1057" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D1057" s="2" t="inlineStr">
         <is>
-          <t>Dutrieux, Daniel</t>
+          <t>Le Docte, Philippe</t>
         </is>
       </c>
       <c r="E1057" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F1057" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1057" s="2" t="inlineStr">
         <is>
-          <t>inox, peinture, pierre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1057" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, mosaïque</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1058">
       <c r="A1058" s="1" t="n">
-        <v>64605</v>
+        <v>55715</v>
       </c>
       <c r="B1058" s="2" t="inlineStr">
         <is>
-          <t>Pas à pas</t>
+          <t>Tom Frantzen, Maquette De Vaartkapoen [statues représentant un ouvrier qui fait chuter un agent de police], bronze, 2012.</t>
         </is>
       </c>
       <c r="C1058" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D1058" s="2" t="inlineStr">
         <is>
-          <t>Brevet, Nathalie / Rochette, Hughes</t>
+          <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E1058" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F1058" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, luminaire</t>
-[...6 lines deleted...]
-      </c>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G1058" s="2"/>
       <c r="H1058" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1059">
       <c r="A1059" s="1" t="n">
-        <v>64704</v>
+        <v>64700</v>
       </c>
       <c r="B1059" s="2" t="inlineStr">
         <is>
-          <t>Un jardin sous les étoiles</t>
+          <t>Un livre à ciel ouvert</t>
         </is>
       </c>
       <c r="C1059" s="2" t="inlineStr">
         <is>
           <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D1059" s="2" t="inlineStr">
         <is>
-          <t>Savitzkaya, Eugène / André, Marie / Kozakis, Nicolas</t>
+          <t>Dutrieux, Daniel</t>
         </is>
       </c>
       <c r="E1059" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F1059" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1059" s="2" t="inlineStr">
         <is>
-          <t>pierre, matière végétale, acier, béton</t>
+          <t>inox, peinture, pierre</t>
         </is>
       </c>
       <c r="H1059" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de galvanisation</t>
+          <t>technique des métaux, mosaïque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1060">
       <c r="A1060" s="1" t="n">
+        <v>64605</v>
+      </c>
+      <c r="B1060" s="2" t="inlineStr">
+        <is>
+          <t>Pas à pas</t>
+        </is>
+      </c>
+      <c r="C1060" s="2" t="inlineStr">
+        <is>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D1060" s="2" t="inlineStr">
+        <is>
+          <t>Brevet, Nathalie / Rochette, Hughes</t>
+        </is>
+      </c>
+      <c r="E1060" s="2" t="inlineStr">
+        <is>
+          <t>2014 - </t>
+        </is>
+      </c>
+      <c r="F1060" s="2" t="inlineStr">
+        <is>
+          <t>oeuvre d'art en espace public, luminaire</t>
+        </is>
+      </c>
+      <c r="G1060" s="2" t="inlineStr">
+        <is>
+          <t>inox, verre</t>
+        </is>
+      </c>
+      <c r="H1060" s="2" t="inlineStr">
+        <is>
+          <t>technique des métaux</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1061">
+      <c r="A1061" s="1" t="n">
+        <v>64704</v>
+      </c>
+      <c r="B1061" s="2" t="inlineStr">
+        <is>
+          <t>Un jardin sous les étoiles</t>
+        </is>
+      </c>
+      <c r="C1061" s="2" t="inlineStr">
+        <is>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D1061" s="2" t="inlineStr">
+        <is>
+          <t>Savitzkaya, Eugène / André, Marie / Kozakis, Nicolas</t>
+        </is>
+      </c>
+      <c r="E1061" s="2" t="inlineStr">
+        <is>
+          <t>2021 - </t>
+        </is>
+      </c>
+      <c r="F1061" s="2" t="inlineStr">
+        <is>
+          <t>oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G1061" s="2" t="inlineStr">
+        <is>
+          <t>pierre, matière végétale, acier, béton</t>
+        </is>
+      </c>
+      <c r="H1061" s="2" t="inlineStr">
+        <is>
+          <t>taillé, technique de galvanisation</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1062">
+      <c r="A1062" s="1" t="n">
         <v>49481</v>
       </c>
-      <c r="B1060" s="2" t="inlineStr">
+      <c r="B1062" s="2" t="inlineStr">
         <is>
           <t>Enseigne Au Manneken Pis</t>
         </is>
       </c>
-      <c r="C1060" s="2" t="inlineStr">
+      <c r="C1062" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D1060" s="2" t="inlineStr">
+      <c r="D1062" s="2" t="inlineStr">
         <is>
           <t>Vermeire, G.</t>
         </is>
       </c>
-      <c r="E1060" s="2" t="inlineStr">
+      <c r="E1062" s="2" t="inlineStr">
         <is>
           <t>? - 1935</t>
         </is>
       </c>
-      <c r="F1060" s="2" t="inlineStr">
+      <c r="F1062" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G1060" s="2" t="inlineStr">
+      <c r="G1062" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, fer</t>
         </is>
       </c>
-      <c r="H1060" s="2" t="inlineStr">
+      <c r="H1062" s="2" t="inlineStr">
         <is>
           <t>peint, forgé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">