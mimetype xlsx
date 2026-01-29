--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -215,400 +215,400 @@
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>60920</v>
+        <v>99058</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>30632</v>
+        <v>99067</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Dalmatique</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage, broché</t>
+          <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>98819</v>
+        <v>99168</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>soie, lin</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>99058</v>
+        <v>99173</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chasuble et accessoires </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chasuble, voile de calice, étole, manipule, pale</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>99067</v>
+        <v>99208</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99168</v>
+        <v>99209</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>broché, damas</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>99173</v>
+        <v>100245</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et accessoires </t>
+          <t>Ensemble d'étoles et manipules</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>chasuble, voile de calice, étole, manipule, pale</t>
+          <t>étole, manipule</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin</t>
+          <t>lin, fil de métal, soie, coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99208</v>
+        <v>60920</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broché, damas</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99209</v>
+        <v>30632</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>passementerie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100245</v>
+        <v>98819</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d'étoles et manipules</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>étole, manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>lin, fil de métal, soie, coton</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>30635</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
@@ -899,112 +899,112 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>58325</v>
+        <v>58078</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Robe à la française</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1765 - </t>
+          <t>1765 - 1775</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>58078</v>
+        <v>58325</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Robe à la française</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1775</t>
+          <t>1765 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>98856</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Chasuble, deux dalmatiques et un voile de calice</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
@@ -1259,189 +1259,189 @@
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>63648</v>
+        <v>37000</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>63650</v>
+        <v>45968</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>taffetas, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>37000</v>
+        <v>63648</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>broché, sergé</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>45968</v>
+        <v>63650</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>46523</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
@@ -1691,117 +1691,117 @@
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>58527</v>
+        <v>57759</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1891</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, bambou</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>broché, tulle, broderie</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57759</v>
+        <v>58527</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1891</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>coton, bambou</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>broché, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>80288</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>