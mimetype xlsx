--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -215,405 +215,405 @@
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99058</v>
+        <v>30632</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>passementerie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99067</v>
+        <v>98819</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99168</v>
+        <v>99058</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>broché, damas</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>99173</v>
+        <v>99067</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et accessoires </t>
+          <t>Dalmatique</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>chasuble, voile de calice, étole, manipule, pale</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>99208</v>
+        <v>99168</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99209</v>
+        <v>99173</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble et accessoires </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble, voile de calice, étole, manipule, pale</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>100245</v>
+        <v>99208</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d'étoles et manipules</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>étole, manipule</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>lin, fil de métal, soie, coton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>60920</v>
+        <v>99209</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>30632</v>
+        <v>100245</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Ensemble d'étoles et manipules</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole, manipule</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>lin, fil de métal, soie, coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage, broché</t>
+          <t>broché, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>98819</v>
+        <v>60920</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>broché, damas</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>30635</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1715 - 1720</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
@@ -1583,143 +1583,143 @@
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>58673</v>
+        <v>80997</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de mariée</t>
+          <t>Robe d'intérieur</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>broché</t>
+          <t>satin, broché, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>80997</v>
+        <v>80998</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe d'intérieur</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, dentelle, velours</t>
+          <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>80998</v>
+        <v>58673</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1876</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>57759</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>