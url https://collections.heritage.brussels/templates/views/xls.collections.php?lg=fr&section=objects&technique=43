--- v0 (2025-11-16)
+++ v1 (2026-01-09)
@@ -339,123 +339,123 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42632</v>
+        <v>95645</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>couronne de lumière</t>
+          <t>croix de clocher</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>mobilier du culte</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>forgé, technique d'assemblage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>95645</v>
+        <v>42631</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>croix de clocher</t>
+          <t>couronne de lumière</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>mobilier du culte</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>forgé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42631</v>
+        <v>42632</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>couronne de lumière</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>fer</t>
@@ -767,111 +767,111 @@
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>laiton, acier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>70782</v>
+        <v>95644</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Porte-cierges</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>95644</v>
+        <v>70782</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>Porte-cierges</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...2 lines deleted...]
-      <c r="D20" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>51448</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Arbre de la Liberté</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -999,467 +999,467 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>verre, fer</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92365</v>
+        <v>92370</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92366</v>
+        <v>92379</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92367</v>
+        <v>92380</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92368</v>
+        <v>92381</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>rampe d'escalier</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>élément en fer</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92369</v>
+        <v>92382</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92370</v>
+        <v>92383</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>porte-encensoir</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>92379</v>
+        <v>93358</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92380</v>
+        <v>92365</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92381</v>
+        <v>92366</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92382</v>
+        <v>92367</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92383</v>
+        <v>92368</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>porte-encensoir</t>
+          <t>rampe d'escalier</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>élément en fer</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>93358</v>
+        <v>92369</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>93379</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>grille de baptistère</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
@@ -1467,189 +1467,189 @@
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>élément en fer</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>87064</v>
+        <v>92388</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>croix d'autel</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>technique de sculpture, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>87065</v>
+        <v>87064</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>applique murale</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>applique</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>87071</v>
+        <v>87065</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>92388</v>
+        <v>87071</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>croix d'autel</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, forgé</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>103995</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Distillateur à vin et support en fer forgé autrichien</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>