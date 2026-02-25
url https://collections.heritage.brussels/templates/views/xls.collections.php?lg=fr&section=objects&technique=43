--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -999,467 +999,467 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>verre, fer</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92370</v>
+        <v>92365</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92379</v>
+        <v>92366</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92380</v>
+        <v>92367</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92381</v>
+        <v>92368</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>rampe d'escalier</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>élément en fer</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92382</v>
+        <v>92369</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92383</v>
+        <v>92370</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>porte-encensoir</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>93358</v>
+        <v>92379</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92365</v>
+        <v>92380</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92366</v>
+        <v>92381</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92367</v>
+        <v>92382</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92368</v>
+        <v>92383</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>rampe d'escalier</t>
+          <t>porte-encensoir</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>élément en fer</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>92369</v>
+        <v>93358</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>93379</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>grille de baptistère</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
@@ -1467,189 +1467,189 @@
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>élément en fer</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>fer</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>92388</v>
+        <v>87065</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>croix d'autel</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, forgé</t>
+          <t>forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>87064</v>
+        <v>87071</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>87065</v>
+        <v>92388</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>croix d'autel</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique de sculpture, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>87071</v>
+        <v>87064</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>103995</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Distillateur à vin et support en fer forgé autrichien</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>