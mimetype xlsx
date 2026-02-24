--- v0 (2026-01-09)
+++ v1 (2026-02-24)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -344,51 +344,51 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>11164</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>La rieuse</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Fonderie Nationale des Bronzes,  / Wouters, Rik</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1882 - 1916</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
@@ -424,51 +424,51 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>11162</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Maternité</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Minne, George</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1886 - 1941</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
@@ -580,51 +580,51 @@
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>argent, soie, émail, vermeil</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>toile, moiré, technique d'émaillage, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11160</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>L'agenouillé</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Fonderie Batardy,  / Minne, George</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
@@ -896,91 +896,91 @@
           <t>statuette</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>11163</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Squalers</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Fonderie Batardy,  / Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>11292</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Buste féminin</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, coulé à cire perdue</t>
@@ -1216,91 +1216,91 @@
           <t>statuette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>11161</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Buste de jeune fille</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Minne, George</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>11293</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Esprit du feu</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>chenet</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, coulé à cire perdue</t>
@@ -1523,163 +1523,203 @@
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>69154</v>
+        <v>68490</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Lukas Fay d'Herbe, La Madone et l'Enfant, plomb, s.d. [17e siècle].</t>
+          <t>Philippe Wolfers, Baigneuse, bronze, s.d.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Faydherbe, Lucas</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>68490</v>
+        <v>68799</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Philippe Wolfers, Baigneuse, bronze, s.d.</t>
+          <t>Eugène Jean De Bremaecker, L'homme au nez camus, bronze, s.d.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>69128</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Victor Rousseau, Femme nue au chapeau, bronze, s.d.</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="1" t="n">
+        <v>69154</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Lukas Fay d'Herbe, La Madone et l'Enfant, plomb, s.d. [17e siècle].</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Faydherbe, Lucas</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>plomb</t>
+        </is>
+      </c>
+      <c r="H39" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">