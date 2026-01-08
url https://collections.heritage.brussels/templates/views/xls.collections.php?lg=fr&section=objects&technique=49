--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -179,261 +179,261 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>30761</v>
+        <v>95674</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, argenté</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>40144</v>
+        <v>99581</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>95674</v>
+        <v>30761</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99581</v>
+        <v>40144</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>40137</v>
+        <v>88226</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, argent, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>88226</v>
+        <v>40137</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>86797</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Saint Joseph et l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
@@ -503,413 +503,413 @@
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>30910</v>
+        <v>43529</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>31042</v>
+        <v>70855</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D12" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>40142</v>
+        <v>86801</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>43529</v>
+        <v>86876</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70855</v>
+        <v>88188</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>86801</v>
+        <v>30910</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>86876</v>
+        <v>31042</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>88188</v>
+        <v>40142</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>40138</v>
+        <v>70864</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D19" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de fonte, argenté, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>70864</v>
+        <v>40138</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté, doré</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>46520</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Moules pour dentelle de Ténériffe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
@@ -979,301 +979,301 @@
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>métal, argent</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>36904</v>
+        <v>87826</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Surtout de table</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>soie, bambou, métal</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>argenté, sergé, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>87826</v>
+        <v>36904</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Surtout de table</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D25" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Van der Stappen,  Charles / Horta, Victor</t>
+        </is>
+      </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, bambou, métal</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>argenté, sergé, ottoman</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>30712</v>
+        <v>43594</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>43594</v>
+        <v>93438</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>93438</v>
+        <v>95672</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>95672</v>
+        <v>99747</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99747</v>
+        <v>30712</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>43546</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>