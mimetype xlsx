--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -503,413 +503,413 @@
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>43529</v>
+        <v>88188</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>70855</v>
+        <v>30910</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>86801</v>
+        <v>31042</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>86876</v>
+        <v>40142</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>88188</v>
+        <v>43529</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>30910</v>
+        <v>70855</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D16" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de fonte, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>31042</v>
+        <v>86801</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>40142</v>
+        <v>86876</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>70864</v>
+        <v>40138</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté, doré</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>40138</v>
+        <v>70864</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D20" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de fonte, argenté, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>46520</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Moules pour dentelle de Ténériffe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
@@ -1055,220 +1055,220 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>43594</v>
+        <v>93438</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>93438</v>
+        <v>95672</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>95672</v>
+        <v>99747</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>argenté, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>99747</v>
+        <v>30712</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de fonte</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>30712</v>
+        <v>43594</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>43546</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>