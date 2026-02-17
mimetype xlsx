--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -179,209 +179,209 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>69514</v>
+        <v>53103</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69516</v>
+        <v>53104</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>53103</v>
+        <v>69512</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>53104</v>
+        <v>69514</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69512</v>
+        <v>69516</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>52699</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
@@ -606,51 +606,51 @@
           <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>36905</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Berterham, Jan Baptist / Anonyme</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
+          <t>1699 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>52758</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Huilier</t>