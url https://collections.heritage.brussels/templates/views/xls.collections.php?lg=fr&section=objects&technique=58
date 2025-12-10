--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H353"/>
+  <dimension ref="A1:H400"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,1279 +179,1279 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>69223</v>
+        <v>40203</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pot de 5 litres à double anse  </t>
+          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>porcelaine, faïence</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69225</v>
+        <v>69390</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Grand pot à fond gris avec robinet </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>émail, grès, métal</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69226</v>
+        <v>69223</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Pot de couleur brune à double anse </t>
+          <t>Pot de 5 litres à double anse  </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69227</v>
+        <v>69225</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pot de 12 litres à double anse </t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69255</v>
+        <v>69226</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie de 2 litres à double anse </t>
+          <t>Pot de couleur brune à double anse </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>69258</v>
+        <v>69227</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Pot de 12 litres à double anse </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>69271</v>
+        <v>69255</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Gourde ansée à deux goulots</t>
+          <t>Pot à pharmacie de 2 litres à double anse </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>69292</v>
+        <v>69258</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Passoire à fond brun et jaune émaillé</t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>émail, grès</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>69390</v>
+        <v>69271</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Grand pot à fond gris avec robinet </t>
+          <t>Gourde ansée à deux goulots</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
-      <c r="F10" s="2"/>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>bouteille</t>
+        </is>
+      </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>émail, grès, métal</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>102351</v>
+        <v>69292</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases</t>
+          <t>Passoire à fond brun et jaune émaillé</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>102395</v>
+        <v>35828</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Trois carreaux de terre cuite à décor polychrome</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
+          <t>assiette, objets archéologiques</t>
+        </is>
+      </c>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>35828</v>
+        <v>102351</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Paire de vases</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>40203</v>
+        <v>102395</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
+          <t>Trois carreaux de terre cuite à décor polychrome</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
-[...6 lines deleted...]
-      </c>
+          <t>décor d'architecture</t>
+        </is>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>35858</v>
+        <v>35901</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>35859</v>
+        <v>35902</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>35860</v>
+        <v>35903</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>35861</v>
+        <v>35904</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>35862</v>
+        <v>35858</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Écuelle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>35875</v>
+        <v>35859</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Gobelet</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>35903</v>
+        <v>35860</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>35904</v>
+        <v>35861</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>35901</v>
+        <v>35862</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Écuelle</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>35902</v>
+        <v>35875</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Gobelet</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>35872</v>
+        <v>35821</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>35876</v>
+        <v>35820</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Cruchon</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>35877</v>
+        <v>35872</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1499</t>
+          <t>1400 - 1599</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>35878</v>
+        <v>35876</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Casserole tripode</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>35879</v>
+        <v>35877</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>35880</v>
+        <v>35878</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Pichet</t>
+          <t>Casserole tripode</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>35881</v>
+        <v>35879</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>35882</v>
+        <v>35880</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Pichet</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1499</t>
+          <t>1400 - 1599</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>35891</v>
+        <v>35881</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Statuette féminine</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1499</t>
-[...2 lines deleted...]
-      <c r="F33" s="2"/>
+          <t>1400 - 1599</t>
+        </is>
+      </c>
+      <c r="F33" s="2" t="inlineStr">
+        <is>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>35820</v>
+        <v>35882</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Cruchon</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>35821</v>
+        <v>35891</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Statuette féminine</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
-      <c r="F35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>35849</v>
+        <v>35906</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>35906</v>
+        <v>35907</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>35907</v>
+        <v>35849</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
@@ -1515,2013 +1515,2013 @@
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1475 - 1525</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>69254</v>
+        <v>35914</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Cruche Bartmann</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>35823</v>
+        <v>35915</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>35824</v>
+        <v>35916</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>35825</v>
+        <v>35917</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>pot de chambre, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>35826</v>
+        <v>35921</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Fiole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1699</t>
+          <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>flacon de toilette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>35863</v>
+        <v>35924</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>35864</v>
+        <v>35925</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F47" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>35865</v>
+        <v>35926</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>35866</v>
+        <v>35896</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Pot de fleur</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>35867</v>
+        <v>35897</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>35831</v>
+        <v>35899</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Carreau de pavage</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>35868</v>
+        <v>35900</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>35832</v>
+        <v>35905</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>35869</v>
+        <v>35908</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Cruchon</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>35870</v>
+        <v>35909</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Pichet</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>35834</v>
+        <v>35910</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>35873</v>
+        <v>35913</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>35874</v>
+        <v>69254</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Cruche Bartmann</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>35841</v>
+        <v>35823</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>35842</v>
+        <v>35824</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>35843</v>
+        <v>35825</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Carreau de pavage</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>35844</v>
+        <v>35826</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de pavage</t>
+          <t>Fiole</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1699</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>flacon de toilette, objets archéologiques</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>35845</v>
+        <v>35863</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>35846</v>
+        <v>35864</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>35883</v>
+        <v>35865</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Tèle</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>35847</v>
+        <v>35866</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Pot de fleur</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F66" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>35884</v>
+        <v>35867</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>35848</v>
+        <v>35831</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>35885</v>
+        <v>35868</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Pot à provision</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>35886</v>
+        <v>35832</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>35850</v>
+        <v>35869</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Cruchon</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>35887</v>
+        <v>35870</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Pichet</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>35888</v>
+        <v>35834</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Petite casserole</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>35889</v>
+        <v>35873</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>35853</v>
+        <v>35874</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Statuette de petit Jésus</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F75" s="2"/>
+      <c r="F75" s="2" t="inlineStr">
+        <is>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>35890</v>
+        <v>35841</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>35905</v>
+        <v>35842</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>35908</v>
+        <v>35843</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>35909</v>
+        <v>35844</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Carreaux de pavage</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>35910</v>
+        <v>35845</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>35913</v>
+        <v>35846</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>35914</v>
+        <v>35883</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>35915</v>
+        <v>35847</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>35916</v>
+        <v>35884</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>35917</v>
+        <v>35848</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>35921</v>
+        <v>35885</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à provision</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1600</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>ustensiles de conservation et rangement, objets archéologiques</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>35924</v>
+        <v>35886</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>35925</v>
+        <v>35850</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F88" s="2"/>
+      <c r="F88" s="2" t="inlineStr">
+        <is>
+          <t>broc, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>35926</v>
+        <v>35887</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>35896</v>
+        <v>35888</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Petite casserole</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F90" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F90" s="2" t="inlineStr">
+        <is>
+          <t>casserole, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>35897</v>
+        <v>35889</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F91" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <t>casserole, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>35899</v>
+        <v>35853</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Statuette de petit Jésus</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F92" s="2"/>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>35900</v>
+        <v>35890</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>78463</v>
+        <v>66284</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
+          <t>gourde</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1501 - 1700</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique], modelé, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>66284</v>
+        <v>78463</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>gourde</t>
+          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1700</t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>66327</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Paire d'albarelles en majolique à décor polychromé</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1550 - 1600</t>
@@ -3631,220 +3631,220 @@
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1599 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>carafe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>35857</v>
+        <v>35918</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"rose des Stuarts\"</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>35871</v>
+        <v>35919</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>35838</v>
+        <v>35920</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>35839</v>
+        <v>35922</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chope</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>35840</v>
+        <v>35923</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Coupe</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>35818</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Fragment de pot</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
@@ -3875,1221 +3875,1221 @@
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F106" s="2"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>35918</v>
+        <v>35857</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Fourneau de pipe \"rose des Stuarts\"</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>35919</v>
+        <v>35871</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>35920</v>
+        <v>35838</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>35922</v>
+        <v>35839</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Chope</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>35923</v>
+        <v>35840</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Coupe</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>86652</v>
+        <v>66280</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Cruche en grès de type « Bartman »</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D112" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>cruche</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>86653</v>
+        <v>66282</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Pot en grès au décor en camaïeu bleu</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>66340</v>
+        <v>66285</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Cruche en terre cuite glaçurée à trois anses</t>
+          <t>Plat lustré aux motifs végétaux</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D114" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], modelé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>66278</v>
+        <v>66224</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>technique de peinture, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>66279</v>
+        <v>66278</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>66280</v>
+        <v>66279</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>66282</v>
+        <v>11345</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>66285</v>
+        <v>11346</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Plat lustré aux motifs végétaux</t>
+          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>66332</v>
+        <v>11347</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>66224</v>
+        <v>11348</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
+          <t>Pochon en porcelaine au décor de pêcheurs</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique], doré</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>66314</v>
+        <v>11362</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11277</v>
+        <v>11364</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Service à thé japonais en porcelaine</t>
+          <t>Bol en porcelaine au décor de fleurs polychromes</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>peinture, porcelaine</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11278</v>
+        <v>11365</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Service à thé japonais en porcelaine</t>
+          <t>Bol en porcelaine au décor de dragon</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>peinture, porcelaine</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11279</v>
+        <v>11275</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Assiette au décor de personnages dits Immortels</t>
+          <t>Plat en faïence de Delft au décor fleuri</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11280</v>
+        <v>11277</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
+          <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11282</v>
+        <v>11278</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Petite assiette au décor de personnage dit "Immortel"</t>
+          <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11285</v>
+        <v>11279</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Assiette au décor de personnages dits Immortels</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11286</v>
+        <v>11280</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
-      <c r="F129" s="2"/>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative, assiette</t>
+        </is>
+      </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11288</v>
+        <v>11282</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
+          <t>Petite assiette au décor de personnage dit "Immortel"</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11345</v>
+        <v>11285</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11346</v>
+        <v>11286</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
-      <c r="F132" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F132" s="2"/>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11347</v>
+        <v>11288</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
+          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11348</v>
+        <v>66332</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Pochon en porcelaine au décor de pêcheurs</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D134" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11362</v>
+        <v>66340</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>Cruche en terre cuite glaçurée à trois anses</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D135" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>11364</v>
+        <v>66314</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de fleurs polychromes</t>
+          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D136" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>11365</v>
+        <v>86652</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de dragon</t>
+          <t>Cruche en grès de type « Bartman »</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>cruche</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>11275</v>
+        <v>86653</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor fleuri</t>
+          <t>Pot en grès au décor en camaïeu bleu</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>66335</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Rolwagen en porcelaine chinoise à décor bleu cobalt sur fond blanc sous glaçure transparente</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1620 - 1650</t>
@@ -5203,3441 +5203,3441 @@
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1673 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>86643</v>
+        <v>36872</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Paire de potiches couvertes au décor Imari de fleurs</t>
+          <t>Canon de pharmacie “Pasta Magister”</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D143" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Cornelis</t>
+        </is>
+      </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1675 - 1700</t>
-[...6 lines deleted...]
-      </c>
+          <t>1675 - 1725</t>
+        </is>
+      </c>
+      <c r="F143" s="2"/>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>36872</v>
+        <v>86643</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Canon de pharmacie “Pasta Magister”</t>
+          <t>Paire de potiches couvertes au décor Imari de fleurs</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1675 - 1725</t>
-[...2 lines deleted...]
-      <c r="F144" s="2"/>
+          <t>1675 - 1700</t>
+        </is>
+      </c>
+      <c r="F144" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine, peinture</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>11264</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>35827</v>
+        <v>39464</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Paire potiches Japon Imari</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D146" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1740</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>35829</v>
+        <v>36870</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Statuette de saint Jean Népomucène</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D147" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>35835</v>
+        <v>36876</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Cabillaud ou brochet </t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D148" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>35836</v>
+        <v>36877</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Terrine : pigeon</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D149" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>35837</v>
+        <v>36881</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Grande botte d'asperges au naturel</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D150" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>11341</v>
+        <v>36885</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D151" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1700 - 1799</t>
+        </is>
+      </c>
+      <c r="F151" s="2"/>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>11265</v>
+        <v>11341</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>36885</v>
+        <v>11265</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
-[...2 lines deleted...]
-      <c r="F153" s="2"/>
+          <t>1700 - 1725</t>
+        </is>
+      </c>
+      <c r="F153" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>39464</v>
+        <v>35827</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Paire potiches Japon Imari</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1740</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>36870</v>
+        <v>35829</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Statuette de saint Jean Népomucène</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>36876</v>
+        <v>35835</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Cabillaud ou brochet </t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>36877</v>
+        <v>35836</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Terrine : pigeon</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>36881</v>
+        <v>35837</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Grande botte d'asperges au naturel</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>86659</v>
+        <v>66281</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vases fleuris</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>86660</v>
+        <v>66288</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
+          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D160" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>86661</v>
+        <v>66289</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
+          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D161" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>86663</v>
+        <v>66221</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
+          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D162" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>86664</v>
+        <v>66225</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Assiette en faïence polychrome</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D163" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>86665</v>
+        <v>66227</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D164" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>86666</v>
+        <v>66277</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D165" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>86667</v>
+        <v>11342</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>86668</v>
+        <v>11343</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>86669</v>
+        <v>11266</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>86670</v>
+        <v>11267</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>86671</v>
+        <v>11268</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>86639</v>
+        <v>11269</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>86640</v>
+        <v>11270</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>86677</v>
+        <v>11271</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>86641</v>
+        <v>11273</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>92378</v>
+        <v>11274</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, or</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>86642</v>
+        <v>11283</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>86647</v>
+        <v>11284</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>86648</v>
+        <v>11287</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>86649</v>
+        <v>66316</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D179" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D179" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>86650</v>
+        <v>66317</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
+          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D180" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>86655</v>
+        <v>66320</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
+          <t>Potiche en faïence à décor de camaïeu bleu</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D181" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>86656</v>
+        <v>66321</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
+          <t>Grand bol en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D182" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>86657</v>
+        <v>86639</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>86658</v>
+        <v>66323</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D184" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>66315</v>
+        <v>86640</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>66316</v>
+        <v>66324</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>66317</v>
+        <v>86641</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>66281</v>
+        <v>66325</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D188" s="2"/>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>66320</v>
+        <v>86642</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de camaïeu bleu</t>
+          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>66321</v>
+        <v>66326</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Grand bol en faïence à décor de fleurs</t>
+          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>66323</v>
+        <v>66328</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>66324</v>
+        <v>66330</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
+          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>66288</v>
+        <v>66331</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>66325</v>
+        <v>66295</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>66289</v>
+        <v>66333</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
+          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>66326</v>
+        <v>66334</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
+          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>66328</v>
+        <v>66336</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
+          <t>Théière en porcelaine à décor de fumeur de pipe</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>66330</v>
+        <v>66299</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>66331</v>
+        <v>66337</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>66295</v>
+        <v>66300</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>66333</v>
+        <v>66338</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
+          <t>Vase balustre en faïence à décor polychrome</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>66334</v>
+        <v>66339</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
+          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>66336</v>
+        <v>66304</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fumeur de pipe</t>
+          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>66299</v>
+        <v>66307</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>66337</v>
+        <v>66308</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
+          <t>Deux plats en faïence à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>66300</v>
+        <v>66309</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
+          <t>Plat en faïence à décor de fleurs et de pagodes</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>66338</v>
+        <v>66310</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome</t>
+          <t>Assiette en faïence à décor de bouquet de fleurs</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>66339</v>
+        <v>66311</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique], doré</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>66304</v>
+        <v>66312</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>66221</v>
+        <v>66315</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>66307</v>
+        <v>86669</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>66308</v>
+        <v>86670</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Deux plats en faïence à décor de jardin fleuri</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>66225</v>
+        <v>86671</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence polychrome</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>66309</v>
+        <v>86677</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs et de pagodes</t>
+          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>66310</v>
+        <v>92378</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de bouquet de fleurs</t>
+          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>66227</v>
+        <v>86647</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>66311</v>
+        <v>86648</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>66312</v>
+        <v>86649</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>66277</v>
+        <v>86650</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>11283</v>
+        <v>86655</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>11284</v>
+        <v>86656</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>11287</v>
+        <v>86657</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>11342</v>
+        <v>86658</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>11343</v>
+        <v>86659</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Plat en faïence de Delft au décor de vases fleuris</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>11266</v>
+        <v>86660</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>11267</v>
+        <v>86661</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>11268</v>
+        <v>86663</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>11269</v>
+        <v>86664</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>11270</v>
+        <v>86665</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>11271</v>
+        <v>86666</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>11273</v>
+        <v>86667</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>11274</v>
+        <v>86668</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>36888</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>Assiette - décor bleu au saint Michel</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Fabrique de la rue de Laeken,  / Mombaers, Cornelis / Witsenburg, Dirck</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1705 - </t>
@@ -8867,313 +8867,313 @@
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1745 - 1755</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>86645</v>
+        <v>36867</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
+          <t>Petite chocolatière octogonale</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D240" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D240" s="2" t="inlineStr">
+        <is>
+          <t>Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>11272</v>
+        <v>36869</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Canards sur panier d'osier</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D241" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D241" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1800</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>36886</v>
+        <v>36874</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
+          <t>Terrine : grappe de raisins et feuilles de vigne</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Manufacture bruxelloise</t>
+          <t>Fabrique de la rue de la Montagne</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F242" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F242" s="2"/>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>36867</v>
+        <v>36879</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Petite chocolatière octogonale</t>
+          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de Laeken</t>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>terrine</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>36869</v>
+        <v>36886</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Canards sur panier d'osier</t>
+          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>36874</v>
+        <v>11272</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Terrine : grappe de raisins et feuilles de vigne</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
-[...2 lines deleted...]
-      <c r="F245" s="2"/>
+          <t>1750 - 1800</t>
+        </is>
+      </c>
+      <c r="F245" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>36879</v>
+        <v>86645</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>terrine</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>86651</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de sept paniers fleuris dans des réserves</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Dextra, Jan Theunis</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1751 - 1800</t>
@@ -9255,273 +9255,273 @@
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>86644</v>
+        <v>66319</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
+          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D250" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D250" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, vernis</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>66319</v>
+        <v>66301</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
+          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>faïence, vernis</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>66301</v>
+        <v>66302</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
+          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>66302</v>
+        <v>35851</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>35851</v>
+        <v>35852</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>35852</v>
+        <v>86644</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
         <v>36897</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Charles de Lorraine, Gouverneur-Général des Pays-Bas de 1744 à 1780</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Cyfflé, Paul Louis / Manufacture de Tervueren</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1777 - </t>
@@ -9719,3583 +9719,5459 @@
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1795 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>tasse</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>émail, grès, étain</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>86662</v>
+        <v>46782</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
+          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1850</t>
+        </is>
+      </c>
+      <c r="F262" s="2"/>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>moulé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>35892</v>
+        <v>35895</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
-      <c r="F263" s="2"/>
+      <c r="F263" s="2" t="inlineStr">
+        <is>
+          <t>pipe, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>35893</v>
+        <v>11234</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Vase à décor chinois</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F264" s="2"/>
+          <t>1800 - 1950</t>
+        </is>
+      </c>
+      <c r="F264" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>35830</v>
+        <v>35893</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F265" s="2"/>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>35833</v>
+        <v>35830</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>11234</v>
+        <v>35833</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Vase à décor chinois</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1950</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>46782</v>
+        <v>35892</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F268" s="2"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>35895</v>
+        <v>86662</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>86675</v>
+        <v>66283</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D270" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D270" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès, étain, fer</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>86676</v>
+        <v>66286</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D271" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D271" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>66318</v>
+        <v>66287</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>66283</v>
+        <v>66290</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>grès, étain, fer</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>66322</v>
+        <v>66291</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Pot à lait en faïence à décor végétal</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>66286</v>
+        <v>66292</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>66287</v>
+        <v>66216</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Plat en faïence à décor de papillons et insectes</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>66290</v>
+        <v>66222</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>66291</v>
+        <v>66226</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>66292</v>
+        <v>11340</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
+          <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Joseph Sewell &amp; co.</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>66294</v>
+        <v>11339</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Vase hexagonal en faïence à décor aux paons</t>
+          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>66296</v>
+        <v>66318</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>66297</v>
+        <v>66322</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Pot à lait en faïence à décor végétal</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D282" s="2"/>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>66298</v>
+        <v>66294</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de vase fleuri</t>
+          <t>Vase hexagonal en faïence à décor aux paons</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>66303</v>
+        <v>66296</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>66216</v>
+        <v>66297</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de papillons et insectes</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D285" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>66305</v>
+        <v>66298</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
+          <t>Assiette en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>66306</v>
+        <v>66303</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>66222</v>
+        <v>66305</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
+          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>66226</v>
+        <v>66306</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
         <v>66313</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>11339</v>
+        <v>86675</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
+          <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>11340</v>
+        <v>86676</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Paire de corbeilles en faïence blanche</t>
+          <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D292" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>36889</v>
+        <v>46879</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>47 assiettes aux oiseaux d'après Buffon</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bec-croisé d'Allemagne</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>36898</v>
+        <v>36889</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
+          <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
+          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique], moulé</t>
+          <t>moulé, cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>36895</v>
+        <v>36898</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Assiette décorée d'une femme revêtue de la faille</t>
+          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1830</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique], moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>36893</v>
+        <v>46902</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Service des peintres</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Busard de Marais</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1849</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>36901</v>
+        <v>46903</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Assiette - le jardin botanique de Bruxelles</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-Grièche rousse du Sénégal</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1870</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>67740</v>
+        <v>46904</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Buste de jeune femme</t>
+          <t>Assiette aux oiseaux d'après Buffon - Hibou des terres Magellaniques</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1843 - 1910</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique], technique de sculpture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>86673</v>
+        <v>46905</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Saint Domingue, appelé le Siffleur</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D299" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D299" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>35856</v>
+        <v>46906</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Victoria\"</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perroquet de Cuba</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D300" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>35854</v>
+        <v>46907</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe à la mouche</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de l'Esclavonie</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D301" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D301" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>35855</v>
+        <v>46908</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Rubens\"</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle à la longue queue du Sénégal</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D302" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D302" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>11281</v>
+        <v>46909</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor de fleurs</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Jaseur de Boheme</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D303" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>35894</v>
+        <v>46910</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de Cayenne</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D304" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>66264</v>
+        <v>46911</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale femelle du Sénégal</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1852 - 1908</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>69298</v>
+        <v>46912</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Pot trompeur aux initiales F.G.D. </t>
+          <t>Assiette aux oiseaux d'après Buffon - Maubeche grise</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D306" s="2"/>
+      <c r="D306" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1866 - </t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>11363</v>
+        <v>46913</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine avec anse en argent</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Cayenne</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D307" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D307" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>argent, porcelaine</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>40699</v>
+        <v>46914</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Plat oval du service de table Fleurs Héraldiques</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gros-Bec appellé queue en éventail de Virginie, femelle</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>72335</v>
+        <v>46915</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots trompeurs en grès </t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche blanc huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D309" s="2"/>
+      <c r="D309" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>86654</v>
+        <v>46916</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Théière en faïence à décor polychrome de fleurettes</t>
+          <t>Assiette aux oiseaux d'après Buffon - Martin-pêcheur, du Sénégal</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D310" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D310" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1930</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>43631</v>
+        <v>46880</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>Assiette aux oiseaux d'après Buffon - La Tourterelle</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...2 lines deleted...]
-      <c r="D311" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>40700</v>
+        <v>46917</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Nénuphars</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche rouge huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...2 lines deleted...]
-      <c r="D312" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D312" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>céramique, bronze</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>40702</v>
+        <v>46881</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Offrande. Brûle-parfums</t>
+          <t>Assiette aux oiseaux d'après Buffon - L'Urubu ou Roi des vautours de Cayenne</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Massier, Clément</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
-[...2 lines deleted...]
-      <c r="F313" s="2"/>
+          <t>1803 - </t>
+        </is>
+      </c>
+      <c r="F313" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>céramique, émail</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>11289</v>
+        <v>46918</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Service en porcelaine à décor de frise de lierre</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Pigeon Ramier</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Königliche Porzellan-Manufaktur</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>assiette, service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>11290</v>
+        <v>46882</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Assiette à dessert à bord doré</t>
+          <t>Assiette aux oiseaux d'après Buffon - La buse</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Etablissements Demeuldre</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>66238</v>
+        <v>46919</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Tigre assis</t>
+          <t>Assiette aux oiseaux d'après Buffon - Etourneau de la Louisiane</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>de Meester de Betzenbroeck,  Raymond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1995</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>93326</v>
+        <v>46883</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Pietà</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grand crapaud volant, de Cayenne</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Raes,  Lies</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>11655</v>
+        <v>46920</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coucou de Cayenne</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>11656</v>
+        <v>46884</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le hobereau</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>11657</v>
+        <v>46921</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perruche de la Guyane</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>11658</v>
+        <v>46885</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le balbuzard</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>11659</v>
+        <v>46922</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grimpereau de muraille mâle</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>11660</v>
+        <v>46886</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - La grande veuve d'Angola, réduite après sa mue</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>11661</v>
+        <v>46923</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de l'île de France</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>11662</v>
+        <v>46887</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle des Philippines</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>11663</v>
+        <v>46924</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche à la longue queue, de Madagascar</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>11664</v>
+        <v>46888</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bruant de France, appelé le Proyer</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>11665</v>
+        <v>46889</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Choucas du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>11666</v>
+        <v>46890</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Rossignol de Muraille, femelle</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>11667</v>
+        <v>46891</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Assiette aux oiseaux d'après Buffon - Caille des îles Malouines</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>11668</v>
+        <v>46892</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de Madagascar</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>11669</v>
+        <v>46893</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Lanier</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
-[...6 lines deleted...]
-      </c>
+          <t>1803 - </t>
+        </is>
+      </c>
+      <c r="F332" s="2"/>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>11670</v>
+        <v>46894</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>11651</v>
+        <v>46895</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>Assiettes aux oiseaux d'après Buffon - Perroquet à front blanc, du Sénégal</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>11652</v>
+        <v>46896</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-grièche, appellée l'Écorcheur, de Madagascar</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>11653</v>
+        <v>46897</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Assiette aux oiseaux d'après Buffon - Momot du Brésil</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>11654</v>
+        <v>46898</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coq</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>69294</v>
+        <v>46899</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
+          <t>Assiette aux oiseaux d'après Buffon - Ara Rouge</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D338" s="2"/>
+      <c r="D338" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1990</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'incision</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>86674</v>
+        <v>46900</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Assiette aux oiseaux d'après Buffon - Jacamar du Brésil</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D339" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D339" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>11337</v>
+        <v>46901</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Service à café à décor de fleurs</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Sénégal</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>A. Lanternier &amp; Co.</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>11344</v>
+        <v>104988</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Onze assiettes de forme carrée à glaçure jaune</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Canada</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D341" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>11352</v>
+        <v>36895</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>Assiette décorée d'une femme revêtue de la faille</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D342" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D342" s="2" t="inlineStr">
+        <is>
+          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+        </is>
+      </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>bois, céramique</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>39362</v>
+        <v>36901</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Vase ovoïde</t>
+          <t>Assiette - le jardin botanique de Bruxelles</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Craco, Arthur</t>
+          <t>Jacquet, Maximilien-Joseph</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1830 - 1870</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, grès</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>39363</v>
+        <v>36893</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Socle</t>
+          <t>Service des peintres</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Craco, Arthur</t>
+          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1830 - 1849</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>meuble de rangement et d'exposition</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>67741</v>
+        <v>67740</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme nue assise</t>
+          <t>Buste de jeune femme</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>De Korte,  Maurice / De Korte, Maurice</t>
+          <t>Van der Stappen,  Charles</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1843 - 1910</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique], technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>11291</v>
+        <v>35894</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>The American scene</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'impression, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>11338</v>
+        <v>11281</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Service à café "Napoleon Ivy"</t>
+          <t>Assiette en porcelaine au décor de fleurs</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D347" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>103991</v>
+        <v>35854</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+          <t>Fourneau de pipe à la mouche</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], ciselé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>42404</v>
+        <v>35855</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Céramique - Portrait</t>
+          <t>Fourneau de pipe \"Rubens\"</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
-[...2 lines deleted...]
-      <c r="F349" s="2"/>
+          <t>1850 - 1900</t>
+        </is>
+      </c>
+      <c r="F349" s="2" t="inlineStr">
+        <is>
+          <t>pipe, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>62992</v>
+        <v>35856</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Hommage à l’architecte Van Overstraeten</t>
+          <t>Fourneau de pipe \"Victoria\"</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>101299</v>
+        <v>86673</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>101295</v>
+        <v>66264</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Colliding Forces</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Moutaouakil, Anas</t>
+          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>100235</v>
+        <v>69298</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Mug Ursula 2024</t>
+          <t>Pot trompeur aux initiales F.G.D. </t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
+          <t>1866 - </t>
+        </is>
+      </c>
+      <c r="F353" s="2" t="inlineStr">
+        <is>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
+        </is>
+      </c>
+      <c r="G353" s="2" t="inlineStr">
+        <is>
+          <t>grès, émail</t>
+        </is>
+      </c>
+      <c r="H353" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="1" t="n">
+        <v>11363</v>
+      </c>
+      <c r="B354" s="2" t="inlineStr">
+        <is>
+          <t>Bol en porcelaine avec anse en argent</t>
+        </is>
+      </c>
+      <c r="C354" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D354" s="2"/>
+      <c r="E354" s="2" t="inlineStr">
+        <is>
+          <t>1867 - </t>
+        </is>
+      </c>
+      <c r="F354" s="2" t="inlineStr">
+        <is>
+          <t>bol</t>
+        </is>
+      </c>
+      <c r="G354" s="2" t="inlineStr">
+        <is>
+          <t>argent, porcelaine</t>
+        </is>
+      </c>
+      <c r="H354" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, modelé, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="1" t="n">
+        <v>40699</v>
+      </c>
+      <c r="B355" s="2" t="inlineStr">
+        <is>
+          <t>Plat oval du service de table Fleurs Héraldiques</t>
+        </is>
+      </c>
+      <c r="C355" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D355" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
+      <c r="E355" s="2" t="inlineStr">
+        <is>
+          <t>1878 - </t>
+        </is>
+      </c>
+      <c r="F355" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
+      <c r="G355" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H355" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="1" t="n">
+        <v>72335</v>
+      </c>
+      <c r="B356" s="2" t="inlineStr">
+        <is>
+          <t>Paire de pots trompeurs en grès </t>
+        </is>
+      </c>
+      <c r="C356" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D356" s="2"/>
+      <c r="E356" s="2" t="inlineStr">
+        <is>
+          <t>1880 - 1910</t>
+        </is>
+      </c>
+      <c r="F356" s="2" t="inlineStr">
+        <is>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
+        </is>
+      </c>
+      <c r="G356" s="2" t="inlineStr">
+        <is>
+          <t>grès, émail</t>
+        </is>
+      </c>
+      <c r="H356" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="1" t="n">
+        <v>43631</v>
+      </c>
+      <c r="B357" s="2" t="inlineStr">
+        <is>
+          <t>chemin de croix</t>
+        </is>
+      </c>
+      <c r="C357" s="2" t="inlineStr">
+        <is>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D357" s="2"/>
+      <c r="E357" s="2" t="inlineStr">
+        <is>
+          <t>1891 - 1900</t>
+        </is>
+      </c>
+      <c r="F357" s="2" t="inlineStr">
+        <is>
+          <t>chemin de croix</t>
+        </is>
+      </c>
+      <c r="G357" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H357" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="1" t="n">
+        <v>86654</v>
+      </c>
+      <c r="B358" s="2" t="inlineStr">
+        <is>
+          <t>Théière en faïence à décor polychrome de fleurettes</t>
+        </is>
+      </c>
+      <c r="C358" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D358" s="2"/>
+      <c r="E358" s="2" t="inlineStr">
+        <is>
+          <t>1891 - 1930</t>
+        </is>
+      </c>
+      <c r="F358" s="2" t="inlineStr">
+        <is>
+          <t>théière</t>
+        </is>
+      </c>
+      <c r="G358" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H358" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="1" t="n">
+        <v>40700</v>
+      </c>
+      <c r="B359" s="2" t="inlineStr">
+        <is>
+          <t>Nénuphars</t>
+        </is>
+      </c>
+      <c r="C359" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D359" s="2"/>
+      <c r="E359" s="2" t="inlineStr">
+        <is>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F359" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G359" s="2" t="inlineStr">
+        <is>
+          <t>céramique, bronze</t>
+        </is>
+      </c>
+      <c r="H359" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="1" t="n">
+        <v>40702</v>
+      </c>
+      <c r="B360" s="2" t="inlineStr">
+        <is>
+          <t>Offrande. Brûle-parfums</t>
+        </is>
+      </c>
+      <c r="C360" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D360" s="2" t="inlineStr">
+        <is>
+          <t>Massier, Clément</t>
+        </is>
+      </c>
+      <c r="E360" s="2" t="inlineStr">
+        <is>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F360" s="2"/>
+      <c r="G360" s="2" t="inlineStr">
+        <is>
+          <t>céramique, émail</t>
+        </is>
+      </c>
+      <c r="H360" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="1" t="n">
+        <v>11289</v>
+      </c>
+      <c r="B361" s="2" t="inlineStr">
+        <is>
+          <t>Service en porcelaine à décor de frise de lierre</t>
+        </is>
+      </c>
+      <c r="C361" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D361" s="2" t="inlineStr">
+        <is>
+          <t>Königliche Porzellan-Manufaktur</t>
+        </is>
+      </c>
+      <c r="E361" s="2" t="inlineStr">
+        <is>
+          <t>1901 - 1950</t>
+        </is>
+      </c>
+      <c r="F361" s="2" t="inlineStr">
+        <is>
+          <t>assiette, service de table</t>
+        </is>
+      </c>
+      <c r="G361" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H361" s="2" t="inlineStr">
+        <is>
+          <t>doré, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="1" t="n">
+        <v>11290</v>
+      </c>
+      <c r="B362" s="2" t="inlineStr">
+        <is>
+          <t>Assiette à dessert à bord doré</t>
+        </is>
+      </c>
+      <c r="C362" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D362" s="2" t="inlineStr">
+        <is>
+          <t>Etablissements Demeuldre</t>
+        </is>
+      </c>
+      <c r="E362" s="2" t="inlineStr">
+        <is>
+          <t>1901 - 1950</t>
+        </is>
+      </c>
+      <c r="F362" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
+      <c r="G362" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H362" s="2" t="inlineStr">
+        <is>
+          <t>doré, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="1" t="n">
+        <v>66238</v>
+      </c>
+      <c r="B363" s="2" t="inlineStr">
+        <is>
+          <t>Tigre assis</t>
+        </is>
+      </c>
+      <c r="C363" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D363" s="2" t="inlineStr">
+        <is>
+          <t>de Meester de Betzenbroeck,  Raymond</t>
+        </is>
+      </c>
+      <c r="E363" s="2" t="inlineStr">
+        <is>
+          <t>1904 - 1995</t>
+        </is>
+      </c>
+      <c r="F363" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G363" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H363" s="2" t="inlineStr">
+        <is>
+          <t>modelé, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="1" t="n">
+        <v>11651</v>
+      </c>
+      <c r="B364" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble de deux vases décoratifs</t>
+        </is>
+      </c>
+      <c r="C364" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D364" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E364" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F364" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G364" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H364" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="1" t="n">
+        <v>11652</v>
+      </c>
+      <c r="B365" s="2" t="inlineStr">
+        <is>
+          <t>vase décoratif</t>
+        </is>
+      </c>
+      <c r="C365" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D365" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E365" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F365" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G365" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H365" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="1" t="n">
+        <v>11653</v>
+      </c>
+      <c r="B366" s="2" t="inlineStr">
+        <is>
+          <t>vase décoratif</t>
+        </is>
+      </c>
+      <c r="C366" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D366" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E366" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F366" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G366" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H366" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="1" t="n">
+        <v>11654</v>
+      </c>
+      <c r="B367" s="2" t="inlineStr">
+        <is>
+          <t>coupe décorative</t>
+        </is>
+      </c>
+      <c r="C367" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D367" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E367" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F367" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G367" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H367" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="1" t="n">
+        <v>11655</v>
+      </c>
+      <c r="B368" s="2" t="inlineStr">
+        <is>
+          <t>L'oiseau bleu</t>
+        </is>
+      </c>
+      <c r="C368" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D368" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E368" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F368" s="2" t="inlineStr">
+        <is>
+          <t>objet décoratif ou de rangement</t>
+        </is>
+      </c>
+      <c r="G368" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H368" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="1" t="n">
+        <v>11656</v>
+      </c>
+      <c r="B369" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C369" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D369" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E369" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F369" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G369" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H369" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="1" t="n">
+        <v>11657</v>
+      </c>
+      <c r="B370" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C370" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D370" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E370" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F370" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G370" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H370" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
+      <c r="A371" s="1" t="n">
+        <v>11658</v>
+      </c>
+      <c r="B371" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C371" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D371" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E371" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F371" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G371" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H371" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="1" t="n">
+        <v>11659</v>
+      </c>
+      <c r="B372" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C372" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D372" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E372" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F372" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G372" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H372" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="1" t="n">
+        <v>11660</v>
+      </c>
+      <c r="B373" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C373" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D373" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E373" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F373" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G373" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H373" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
+      <c r="A374" s="1" t="n">
+        <v>11661</v>
+      </c>
+      <c r="B374" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C374" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D374" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E374" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F374" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G374" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H374" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="1" t="n">
+        <v>11662</v>
+      </c>
+      <c r="B375" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C375" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D375" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E375" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F375" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G375" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H375" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="1" t="n">
+        <v>11663</v>
+      </c>
+      <c r="B376" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C376" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E376" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F376" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G376" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H376" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="1" t="n">
+        <v>11664</v>
+      </c>
+      <c r="B377" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C377" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E377" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F377" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G377" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H377" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="1" t="n">
+        <v>11665</v>
+      </c>
+      <c r="B378" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C378" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D378" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E378" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F378" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G378" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H378" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="1" t="n">
+        <v>11666</v>
+      </c>
+      <c r="B379" s="2" t="inlineStr">
+        <is>
+          <t>assiette décorative</t>
+        </is>
+      </c>
+      <c r="C379" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E379" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F379" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative</t>
+        </is>
+      </c>
+      <c r="G379" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H379" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
+      <c r="A380" s="1" t="n">
+        <v>11667</v>
+      </c>
+      <c r="B380" s="2" t="inlineStr">
+        <is>
+          <t>carreau de revêtement</t>
+        </is>
+      </c>
+      <c r="C380" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D380" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E380" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F380" s="2" t="inlineStr">
+        <is>
+          <t>objet décoratif ou de rangement</t>
+        </is>
+      </c>
+      <c r="G380" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H380" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="1" t="n">
+        <v>11668</v>
+      </c>
+      <c r="B381" s="2" t="inlineStr">
+        <is>
+          <t>carreau de revêtement</t>
+        </is>
+      </c>
+      <c r="C381" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D381" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E381" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F381" s="2" t="inlineStr">
+        <is>
+          <t>objet décoratif ou de rangement</t>
+        </is>
+      </c>
+      <c r="G381" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H381" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="1" t="n">
+        <v>11669</v>
+      </c>
+      <c r="B382" s="2" t="inlineStr">
+        <is>
+          <t>vase décoratif</t>
+        </is>
+      </c>
+      <c r="C382" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D382" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E382" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F382" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G382" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H382" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="1" t="n">
+        <v>11670</v>
+      </c>
+      <c r="B383" s="2" t="inlineStr">
+        <is>
+          <t>vase décoratif</t>
+        </is>
+      </c>
+      <c r="C383" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D383" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
+      <c r="E383" s="2" t="inlineStr">
+        <is>
+          <t>1905 - 1993</t>
+        </is>
+      </c>
+      <c r="F383" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G383" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H383" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="1" t="n">
+        <v>93326</v>
+      </c>
+      <c r="B384" s="2" t="inlineStr">
+        <is>
+          <t>Pietà</t>
+        </is>
+      </c>
+      <c r="C384" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D384" s="2" t="inlineStr">
+        <is>
+          <t>Raes,  Lies</t>
+        </is>
+      </c>
+      <c r="E384" s="2" t="inlineStr">
+        <is>
+          <t>1905 - </t>
+        </is>
+      </c>
+      <c r="F384" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G384" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H384" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="1" t="n">
+        <v>39362</v>
+      </c>
+      <c r="B385" s="2" t="inlineStr">
+        <is>
+          <t>Vase ovoïde</t>
+        </is>
+      </c>
+      <c r="C385" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>Craco, Arthur</t>
+        </is>
+      </c>
+      <c r="E385" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1930</t>
+        </is>
+      </c>
+      <c r="F385" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G385" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite, grès</t>
+        </is>
+      </c>
+      <c r="H385" s="2" t="inlineStr">
+        <is>
+          <t>tourné (céramique)</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
+      <c r="A386" s="1" t="n">
+        <v>39363</v>
+      </c>
+      <c r="B386" s="2" t="inlineStr">
+        <is>
+          <t>Socle</t>
+        </is>
+      </c>
+      <c r="C386" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D386" s="2" t="inlineStr">
+        <is>
+          <t>Craco, Arthur</t>
+        </is>
+      </c>
+      <c r="E386" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1930</t>
+        </is>
+      </c>
+      <c r="F386" s="2" t="inlineStr">
+        <is>
+          <t>meuble de rangement et d'exposition</t>
+        </is>
+      </c>
+      <c r="G386" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite, grès</t>
+        </is>
+      </c>
+      <c r="H386" s="2" t="inlineStr">
+        <is>
+          <t>tourné (céramique)</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="1" t="n">
+        <v>11344</v>
+      </c>
+      <c r="B387" s="2" t="inlineStr">
+        <is>
+          <t>Onze assiettes de forme carrée à glaçure jaune</t>
+        </is>
+      </c>
+      <c r="C387" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D387" s="2"/>
+      <c r="E387" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1970</t>
+        </is>
+      </c>
+      <c r="F387" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
+      <c r="G387" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H387" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], modelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
+      <c r="A388" s="1" t="n">
+        <v>11352</v>
+      </c>
+      <c r="B388" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="C388" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D388" s="2"/>
+      <c r="E388" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1970</t>
+        </is>
+      </c>
+      <c r="F388" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G388" s="2" t="inlineStr">
+        <is>
+          <t>bois, céramique</t>
+        </is>
+      </c>
+      <c r="H388" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, modelé, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
+      <c r="A389" s="1" t="n">
+        <v>11337</v>
+      </c>
+      <c r="B389" s="2" t="inlineStr">
+        <is>
+          <t>Service à café à décor de fleurs</t>
+        </is>
+      </c>
+      <c r="C389" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D389" s="2" t="inlineStr">
+        <is>
+          <t>A. Lanternier &amp; Co.</t>
+        </is>
+      </c>
+      <c r="E389" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1930</t>
+        </is>
+      </c>
+      <c r="F389" s="2" t="inlineStr">
+        <is>
+          <t>service de table</t>
+        </is>
+      </c>
+      <c r="G389" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H389" s="2" t="inlineStr">
+        <is>
+          <t>modelé, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
+      <c r="A390" s="1" t="n">
+        <v>69294</v>
+      </c>
+      <c r="B390" s="2" t="inlineStr">
+        <is>
+          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
+        </is>
+      </c>
+      <c r="C390" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1990</t>
+        </is>
+      </c>
+      <c r="F390" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
+      <c r="G390" s="2" t="inlineStr">
+        <is>
+          <t>émail, grès</t>
+        </is>
+      </c>
+      <c r="H390" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], technique d'incision</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="1" t="n">
+        <v>86674</v>
+      </c>
+      <c r="B391" s="2" t="inlineStr">
+        <is>
+          <t>vase décoratif</t>
+        </is>
+      </c>
+      <c r="C391" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D391" s="2"/>
+      <c r="E391" s="2" t="inlineStr">
+        <is>
+          <t>1920 - 1970</t>
+        </is>
+      </c>
+      <c r="F391" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G391" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H391" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="1" t="n">
+        <v>67741</v>
+      </c>
+      <c r="B392" s="2" t="inlineStr">
+        <is>
+          <t>Jeune femme nue assise</t>
+        </is>
+      </c>
+      <c r="C392" s="2" t="inlineStr">
+        <is>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D392" s="2" t="inlineStr">
+        <is>
+          <t>De Korte,  Maurice / De Korte, Maurice</t>
+        </is>
+      </c>
+      <c r="E392" s="2" t="inlineStr">
+        <is>
+          <t>1944 - </t>
+        </is>
+      </c>
+      <c r="F392" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G392" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H392" s="2" t="inlineStr">
+        <is>
+          <t>modelé, cuit [céramique], technique de sculpture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="1" t="n">
+        <v>11291</v>
+      </c>
+      <c r="B393" s="2" t="inlineStr">
+        <is>
+          <t>The American scene</t>
+        </is>
+      </c>
+      <c r="C393" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D393" s="2" t="inlineStr">
+        <is>
+          <t>Dehn, Adolf / B. Altman &amp; Co.</t>
+        </is>
+      </c>
+      <c r="E393" s="2" t="inlineStr">
+        <is>
+          <t>1952 - </t>
+        </is>
+      </c>
+      <c r="F393" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
+      <c r="G393" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H393" s="2" t="inlineStr">
+        <is>
+          <t>doré, technique d'impression, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="1" t="n">
+        <v>11338</v>
+      </c>
+      <c r="B394" s="2" t="inlineStr">
+        <is>
+          <t>Service à café "Napoleon Ivy"</t>
+        </is>
+      </c>
+      <c r="C394" s="2" t="inlineStr">
+        <is>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D394" s="2" t="inlineStr">
+        <is>
+          <t>Wedgwood</t>
+        </is>
+      </c>
+      <c r="E394" s="2" t="inlineStr">
+        <is>
+          <t>1958 - </t>
+        </is>
+      </c>
+      <c r="F394" s="2" t="inlineStr">
+        <is>
+          <t>service de table</t>
+        </is>
+      </c>
+      <c r="G394" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H394" s="2" t="inlineStr">
+        <is>
+          <t>modelé, cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="1" t="n">
+        <v>103991</v>
+      </c>
+      <c r="B395" s="2" t="inlineStr">
+        <is>
+          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+        </is>
+      </c>
+      <c r="C395" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D395" s="2"/>
+      <c r="E395" s="2" t="inlineStr">
+        <is>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F395" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G395" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H395" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], ciselé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="1" t="n">
+        <v>42404</v>
+      </c>
+      <c r="B396" s="2" t="inlineStr">
+        <is>
+          <t>Céramique - Portrait</t>
+        </is>
+      </c>
+      <c r="C396" s="2" t="inlineStr">
+        <is>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>Picasso, Pablo</t>
+        </is>
+      </c>
+      <c r="E396" s="2" t="inlineStr">
+        <is>
+          <t>1975 - </t>
+        </is>
+      </c>
+      <c r="F396" s="2"/>
+      <c r="G396" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H396" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="1" t="n">
+        <v>62992</v>
+      </c>
+      <c r="B397" s="2" t="inlineStr">
+        <is>
+          <t>Hommage à l’architecte Van Overstraeten</t>
+        </is>
+      </c>
+      <c r="C397" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Sainte-Marie</t>
+        </is>
+      </c>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>van der Linden, Max / Terlinden, Stéphane</t>
+        </is>
+      </c>
+      <c r="E397" s="2" t="inlineStr">
+        <is>
+          <t>1996 - </t>
+        </is>
+      </c>
+      <c r="F397" s="2" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G397" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H397" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="1" t="n">
+        <v>101299</v>
+      </c>
+      <c r="B398" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C398" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D398" s="2" t="inlineStr">
+        <is>
+          <t>Geoffray, Catherine</t>
+        </is>
+      </c>
+      <c r="E398" s="2" t="inlineStr">
+        <is>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F398" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G398" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H398" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="1" t="n">
+        <v>101295</v>
+      </c>
+      <c r="B399" s="2" t="inlineStr">
+        <is>
+          <t>Colliding Forces</t>
+        </is>
+      </c>
+      <c r="C399" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D399" s="2" t="inlineStr">
+        <is>
+          <t>Moutaouakil, Anas</t>
+        </is>
+      </c>
+      <c r="E399" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F399" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G399" s="2" t="inlineStr">
+        <is>
+          <t>grès, émail</t>
+        </is>
+      </c>
+      <c r="H399" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
+      <c r="A400" s="1" t="n">
+        <v>100235</v>
+      </c>
+      <c r="B400" s="2" t="inlineStr">
+        <is>
+          <t>Mug Ursula 2024</t>
+        </is>
+      </c>
+      <c r="C400" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D400" s="2"/>
+      <c r="E400" s="2" t="inlineStr">
+        <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F353" s="2" t="inlineStr">
+      <c r="F400" s="2" t="inlineStr">
         <is>
           <t>tasse</t>
         </is>
       </c>
-      <c r="G353" s="2" t="inlineStr">
+      <c r="G400" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
-      <c r="H353" s="2" t="inlineStr">
+      <c r="H400" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">