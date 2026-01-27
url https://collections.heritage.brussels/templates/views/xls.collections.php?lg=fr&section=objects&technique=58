--- v1 (2025-12-10)
+++ v2 (2026-01-27)
@@ -179,1207 +179,1207 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>40203</v>
+        <v>35828</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69390</v>
+        <v>69271</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Grand pot à fond gris avec robinet </t>
+          <t>Gourde ansée à deux goulots</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>bouteille</t>
+        </is>
+      </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>émail, grès, métal</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69223</v>
+        <v>69292</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Pot de 5 litres à double anse  </t>
+          <t>Passoire à fond brun et jaune émaillé</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69225</v>
+        <v>69390</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Grand pot à fond gris avec robinet </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>émail, grès, métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69226</v>
+        <v>69223</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Pot de couleur brune à double anse </t>
+          <t>Pot de 5 litres à double anse  </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>69227</v>
+        <v>69225</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pot de 12 litres à double anse </t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
-      <c r="F7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>69255</v>
+        <v>69226</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie de 2 litres à double anse </t>
+          <t>Pot de couleur brune à double anse </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>69258</v>
+        <v>69227</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Pot de 12 litres à double anse </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>69271</v>
+        <v>69255</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Gourde ansée à deux goulots</t>
+          <t>Pot à pharmacie de 2 litres à double anse </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>69292</v>
+        <v>69258</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Passoire à fond brun et jaune émaillé</t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>émail, grès</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>35828</v>
+        <v>102351</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Paire de vases</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>102351</v>
+        <v>102395</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases</t>
+          <t>Trois carreaux de terre cuite à décor polychrome</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
-[...6 lines deleted...]
-      </c>
+          <t>décor d'architecture</t>
+        </is>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>102395</v>
+        <v>40203</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Trois carreaux de terre cuite à décor polychrome</t>
+          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
-[...2 lines deleted...]
-      <c r="G14" s="2"/>
+          <t>bol</t>
+        </is>
+      </c>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine, faïence</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>35901</v>
+        <v>35858</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>35902</v>
+        <v>35859</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>35903</v>
+        <v>35860</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>35904</v>
+        <v>35861</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>35858</v>
+        <v>35862</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Écuelle</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>35859</v>
+        <v>35875</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Gobelet</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>35860</v>
+        <v>35901</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>35861</v>
+        <v>35902</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>35862</v>
+        <v>35903</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Écuelle</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>35875</v>
+        <v>35904</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Gobelet</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>35821</v>
+        <v>35891</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Statuette féminine</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
-      <c r="F25" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>35820</v>
+        <v>35872</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Cruchon</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1499</t>
+          <t>1400 - 1599</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>35872</v>
+        <v>35876</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>35876</v>
+        <v>35877</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Cruche</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>35877</v>
+        <v>35878</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Casserole tripode</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>35878</v>
+        <v>35879</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Casserole tripode</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>35879</v>
+        <v>35880</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Pichet</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1499</t>
+          <t>1400 - 1599</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>35880</v>
+        <v>35881</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Pichet</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1400 - 1599</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>35881</v>
+        <v>35882</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1400 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>35882</v>
+        <v>35820</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Cruchon</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>35891</v>
+        <v>35821</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Statuette féminine</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
-      <c r="F35" s="2"/>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <t>broc, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>35906</v>
+        <v>35849</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
@@ -1407,51 +1407,51 @@
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>35849</v>
+        <v>35906</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
@@ -1515,2013 +1515,2013 @@
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1475 - 1525</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>35914</v>
+        <v>35885</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à provision</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>ustensiles de conservation et rangement, objets archéologiques</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>35915</v>
+        <v>35886</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>35916</v>
+        <v>35850</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>35917</v>
+        <v>35887</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>35921</v>
+        <v>35888</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Petite casserole</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1600</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>35924</v>
+        <v>35889</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>35925</v>
+        <v>35853</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Statuette de petit Jésus</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>35926</v>
+        <v>35890</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>35896</v>
+        <v>35823</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F49" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <t>broc, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>35897</v>
+        <v>35824</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F50" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <t>broc, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>35899</v>
+        <v>35825</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>35900</v>
+        <v>35826</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Fiole</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1699</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>flacon de toilette, objets archéologiques</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>35905</v>
+        <v>35863</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>35908</v>
+        <v>35864</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>35909</v>
+        <v>35865</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>35910</v>
+        <v>35866</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot de fleur</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F56" s="2"/>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>35913</v>
+        <v>35867</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>69254</v>
+        <v>35831</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Cruche Bartmann</t>
+          <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>35823</v>
+        <v>35868</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>35824</v>
+        <v>35832</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>35825</v>
+        <v>35869</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Cruchon</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>pot de chambre, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>35826</v>
+        <v>35870</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Fiole</t>
+          <t>Pichet</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1699</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>flacon de toilette, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>35863</v>
+        <v>35834</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>35864</v>
+        <v>35873</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>pot de chambre, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>35865</v>
+        <v>35874</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>35866</v>
+        <v>35841</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Pot de fleur</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F66" s="2"/>
+      <c r="F66" s="2" t="inlineStr">
+        <is>
+          <t>assiette, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>35867</v>
+        <v>35842</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>35831</v>
+        <v>35843</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>35868</v>
+        <v>35844</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreaux de pavage</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>35832</v>
+        <v>35845</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>35869</v>
+        <v>35846</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Cruchon</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>35870</v>
+        <v>35883</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Pichet</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>35834</v>
+        <v>35847</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>35873</v>
+        <v>35884</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>35874</v>
+        <v>35848</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>35841</v>
+        <v>69254</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Cruche Bartmann</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>35842</v>
+        <v>35908</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>35843</v>
+        <v>35909</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Carreau de pavage</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>35844</v>
+        <v>35910</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de pavage</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>35845</v>
+        <v>35913</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>35846</v>
+        <v>35914</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>35883</v>
+        <v>35915</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>35847</v>
+        <v>35916</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>35884</v>
+        <v>35917</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>35848</v>
+        <v>35921</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>35885</v>
+        <v>35924</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Pot à provision</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>35886</v>
+        <v>35925</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>35850</v>
+        <v>35926</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>35887</v>
+        <v>35896</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F89" s="2"/>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>35888</v>
+        <v>35897</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Petite casserole</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F90" s="2"/>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>35889</v>
+        <v>35899</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>35853</v>
+        <v>35900</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Statuette de petit Jésus</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...2 lines deleted...]
-      <c r="F92" s="2"/>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <t>poêle de chauffage, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>35890</v>
+        <v>35905</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>66284</v>
+        <v>78463</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>gourde</t>
+          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1700</t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>78463</v>
+        <v>66284</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
+          <t>gourde</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1501 - 1700</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique], modelé, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>66327</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Paire d'albarelles en majolique à décor polychromé</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1550 - 1600</t>
@@ -3631,220 +3631,220 @@
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1599 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>carafe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>35918</v>
+        <v>35857</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Fourneau de pipe \"rose des Stuarts\"</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>35919</v>
+        <v>35871</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>35920</v>
+        <v>35838</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>35922</v>
+        <v>35839</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Chope</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>35923</v>
+        <v>35840</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Coupe</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>35818</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Fragment de pot</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
@@ -3875,1200 +3875,1200 @@
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F106" s="2"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>35857</v>
+        <v>35918</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"rose des Stuarts\"</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>35871</v>
+        <v>35919</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>35838</v>
+        <v>35920</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>35839</v>
+        <v>35922</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Chope</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>35840</v>
+        <v>35923</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Coupe</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>66280</v>
+        <v>66314</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>66282</v>
+        <v>66332</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D113" s="2"/>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>66285</v>
+        <v>66340</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Plat lustré aux motifs végétaux</t>
+          <t>Cruche en terre cuite glaçurée à trois anses</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D114" s="2"/>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, peint</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>66224</v>
+        <v>66278</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique], doré</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>66278</v>
+        <v>11345</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
         <v>66279</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>grès, étain</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11345</v>
+        <v>11346</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
+          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>11346</v>
+        <v>66280</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D119" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>11347</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
         <v>11348</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Pochon en porcelaine au décor de pêcheurs</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>11362</v>
+        <v>66282</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11364</v>
+        <v>11362</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de fleurs polychromes</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11365</v>
+        <v>66285</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de dragon</t>
+          <t>Plat lustré aux motifs végétaux</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11275</v>
+        <v>11364</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor fleuri</t>
+          <t>Bol en porcelaine au décor de fleurs polychromes</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11277</v>
+        <v>11365</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Service à thé japonais en porcelaine</t>
+          <t>Bol en porcelaine au décor de dragon</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>peinture, porcelaine</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11278</v>
+        <v>11275</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Service à thé japonais en porcelaine</t>
+          <t>Plat en faïence de Delft au décor fleuri</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>peinture, porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11279</v>
+        <v>11277</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Assiette au décor de personnages dits Immortels</t>
+          <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11280</v>
+        <v>11278</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
+          <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11282</v>
+        <v>11279</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Petite assiette au décor de personnage dit "Immortel"</t>
+          <t>Assiette au décor de personnages dits Immortels</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11285</v>
+        <v>11280</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11286</v>
+        <v>11282</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Petite assiette au décor de personnage dit "Immortel"</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
-      <c r="F132" s="2"/>
+      <c r="F132" s="2" t="inlineStr">
+        <is>
+          <t>assiette, vaisselle décorative</t>
+        </is>
+      </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11288</v>
+        <v>11285</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>66332</v>
+        <v>11286</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
-[...6 lines deleted...]
-      </c>
+          <t>1601 - 1900</t>
+        </is>
+      </c>
+      <c r="F134" s="2"/>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>66340</v>
+        <v>11288</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Cruche en terre cuite glaçurée à trois anses</t>
+          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>66314</v>
+        <v>66224</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
+          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
         <v>86652</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Cruche en grès de type « Bartman »</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>cruche</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
         <v>86653</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
           <t>Pot en grès au décor en camaïeu bleu</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
@@ -5100,87 +5100,87 @@
           <t>vase</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
         <v>11276</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1650 - 1701</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
         <v>40291</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine chinoise</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1662 - 1722</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
@@ -5203,3441 +5203,3441 @@
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1673 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>36872</v>
+        <v>86643</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Canon de pharmacie “Pasta Magister”</t>
+          <t>Paire de potiches couvertes au décor Imari de fleurs</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1675 - 1725</t>
-[...2 lines deleted...]
-      <c r="F143" s="2"/>
+          <t>1675 - 1700</t>
+        </is>
+      </c>
+      <c r="F143" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine, peinture</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>86643</v>
+        <v>36872</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Paire de potiches couvertes au décor Imari de fleurs</t>
+          <t>Canon de pharmacie “Pasta Magister”</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D144" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Cornelis</t>
+        </is>
+      </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1675 - 1700</t>
-[...6 lines deleted...]
-      </c>
+          <t>1675 - 1725</t>
+        </is>
+      </c>
+      <c r="F144" s="2"/>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>11264</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>39464</v>
+        <v>35827</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Paire potiches Japon Imari</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1740</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>36870</v>
+        <v>35829</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Statuette de saint Jean Népomucène</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>36876</v>
+        <v>35835</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Cabillaud ou brochet </t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>36877</v>
+        <v>35836</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Terrine : pigeon</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>36881</v>
+        <v>35837</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Grande botte d'asperges au naturel</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>36885</v>
+        <v>11341</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
-[...2 lines deleted...]
-      <c r="F151" s="2"/>
+          <t>1700 - </t>
+        </is>
+      </c>
+      <c r="F151" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>11341</v>
+        <v>11265</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>11265</v>
+        <v>39464</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Paire potiches Japon Imari</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D153" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
+          <t>1700 - 1740</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>35827</v>
+        <v>36870</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Statuette de saint Jean Népomucène</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D154" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>35829</v>
+        <v>36876</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Cabillaud ou brochet </t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D155" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>35835</v>
+        <v>36877</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Terrine : pigeon</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D156" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>35836</v>
+        <v>36881</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Grande botte d'asperges au naturel</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D157" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>35837</v>
+        <v>36885</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D158" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
-[...6 lines deleted...]
-      </c>
+          <t>1700 - 1799</t>
+        </is>
+      </c>
+      <c r="F158" s="2"/>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>66281</v>
+        <v>66315</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D159" s="2"/>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>66288</v>
+        <v>66316</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>66289</v>
+        <v>66317</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
+          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>66221</v>
+        <v>66320</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
+          <t>Potiche en faïence à décor de camaïeu bleu</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>66225</v>
+        <v>66321</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence polychrome</t>
+          <t>Grand bol en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>66227</v>
+        <v>86639</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>66277</v>
+        <v>66323</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>11342</v>
+        <v>86640</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>11343</v>
+        <v>66324</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D167" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>11266</v>
+        <v>86641</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>11267</v>
+        <v>66325</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D169" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>11268</v>
+        <v>86642</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>11269</v>
+        <v>66326</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D171" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D171" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>11270</v>
+        <v>66328</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D172" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D172" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>11271</v>
+        <v>66330</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>11273</v>
+        <v>66331</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D174" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D174" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>11274</v>
+        <v>66295</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D175" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>11283</v>
+        <v>66333</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D176" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D176" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>11284</v>
+        <v>66334</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D177" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>11287</v>
+        <v>66336</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Théière en porcelaine à décor de fumeur de pipe</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D178" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>66316</v>
+        <v>66299</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>66317</v>
+        <v>66337</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>66320</v>
+        <v>66300</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de camaïeu bleu</t>
+          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>66321</v>
+        <v>66338</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Grand bol en faïence à décor de fleurs</t>
+          <t>Vase balustre en faïence à décor polychrome</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>86639</v>
+        <v>66339</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
+          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D183" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>peint, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>66323</v>
+        <v>66304</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>86640</v>
+        <v>66307</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D185" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>66324</v>
+        <v>66308</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
+          <t>Deux plats en faïence à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>86641</v>
+        <v>66309</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
+          <t>Plat en faïence à décor de fleurs et de pagodes</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D187" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D187" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>66325</v>
+        <v>66310</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Assiette en faïence à décor de bouquet de fleurs</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>86642</v>
+        <v>66311</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D189" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>66326</v>
+        <v>66312</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>66328</v>
+        <v>66227</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>66330</v>
+        <v>11342</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>66331</v>
+        <v>11343</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>66295</v>
+        <v>66277</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>66333</v>
+        <v>11266</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>66334</v>
+        <v>66281</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D196" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>66336</v>
+        <v>11267</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fumeur de pipe</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>66299</v>
+        <v>11268</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>66337</v>
+        <v>11269</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>66300</v>
+        <v>11270</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>66338</v>
+        <v>11271</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>66339</v>
+        <v>11273</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique], doré</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>66304</v>
+        <v>66288</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
+          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>66307</v>
+        <v>11274</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>66308</v>
+        <v>66289</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Deux plats en faïence à décor de jardin fleuri</t>
+          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>66309</v>
+        <v>11283</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs et de pagodes</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>66310</v>
+        <v>11284</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de bouquet de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>66311</v>
+        <v>11287</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>66312</v>
+        <v>66221</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>66315</v>
+        <v>66225</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Assiette en faïence polychrome</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>86669</v>
+        <v>86647</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>86670</v>
+        <v>86648</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
+          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>86671</v>
+        <v>86649</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>86677</v>
+        <v>86650</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>92378</v>
+        <v>86655</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
+          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, or</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>86647</v>
+        <v>86656</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>86648</v>
+        <v>86657</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>86649</v>
+        <v>86658</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>86650</v>
+        <v>86659</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
+          <t>Plat en faïence de Delft au décor de vases fleuris</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>86655</v>
+        <v>86660</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
+          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>86656</v>
+        <v>86661</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
+          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>86657</v>
+        <v>86663</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>86658</v>
+        <v>86664</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>86659</v>
+        <v>86665</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vases fleuris</t>
+          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>86660</v>
+        <v>86666</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>86661</v>
+        <v>86667</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>86663</v>
+        <v>86668</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>86664</v>
+        <v>86669</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>86665</v>
+        <v>86670</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>86666</v>
+        <v>86671</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>86667</v>
+        <v>86677</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>86668</v>
+        <v>92378</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
+          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>36888</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>Assiette - décor bleu au saint Michel</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Fabrique de la rue de Laeken,  / Mombaers, Cornelis / Witsenburg, Dirck</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1705 - </t>
@@ -8759,476 +8759,476 @@
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1730 - 1770</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>86672</v>
+        <v>102393</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de médaillons fleuris</t>
+          <t>Assiette en porcelaine au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1796</t>
+          <t>1735 - 1795</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>102393</v>
+        <v>86672</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de fleurs</t>
+          <t>Assiette en porcelaine au décor polychrome de médaillons fleuris</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1795</t>
+          <t>1735 - 1796</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
         <v>35898</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1745 - 1755</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>36867</v>
+        <v>11272</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Petite chocolatière octogonale</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>36869</v>
+        <v>86645</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Canards sur panier d'osier</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>36874</v>
+        <v>36867</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Terrine : grappe de raisins et feuilles de vigne</t>
+          <t>Petite chocolatière octogonale</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de la Montagne</t>
+          <t>Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F242" s="2"/>
+      <c r="F242" s="2" t="inlineStr">
+        <is>
+          <t>cafetière</t>
+        </is>
+      </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>36879</v>
+        <v>36869</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
+          <t>Canards sur panier d'osier</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+          <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>terrine</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>36886</v>
+        <v>36874</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
+          <t>Terrine : grappe de raisins et feuilles de vigne</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Manufacture bruxelloise</t>
+          <t>Fabrique de la rue de la Montagne</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F244" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F244" s="2"/>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>11272</v>
+        <v>36879</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D245" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1800</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>terrine</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>86645</v>
+        <v>36886</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
+          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D246" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>86651</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de sept paniers fleuris dans des réserves</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Dextra, Jan Theunis</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
         <v>86646</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Fraisier sur présentoir en faïence de Delft au décor d’un cerf</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Van Den Brie-Elling [manufacture]</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1759 - 1771</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
@@ -9255,252 +9255,252 @@
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>66319</v>
+        <v>35851</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>faïence, vernis</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>66301</v>
+        <v>35852</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>66302</v>
+        <v>66319</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
+          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, vernis</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>35851</v>
+        <v>66301</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D253" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D253" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>35852</v>
+        <v>66302</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D254" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D254" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>86644</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
@@ -9719,3151 +9719,3151 @@
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1795 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>tasse</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>émail, grès, étain</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>46782</v>
+        <v>35892</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F262" s="2"/>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>35895</v>
+        <v>35893</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
-      <c r="F263" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F263" s="2"/>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>11234</v>
+        <v>35830</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Vase à décor chinois</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1950</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>35893</v>
+        <v>35833</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F265" s="2"/>
+          <t>1800 - 1900</t>
+        </is>
+      </c>
+      <c r="F265" s="2" t="inlineStr">
+        <is>
+          <t>assiette, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>35830</v>
+        <v>11234</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Vase à décor chinois</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
+          <t>1800 - 1950</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>35833</v>
+        <v>46782</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1850</t>
+        </is>
+      </c>
+      <c r="F267" s="2"/>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>moulé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>35892</v>
+        <v>86662</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F268" s="2"/>
+          <t>1800 - </t>
+        </is>
+      </c>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>86662</v>
+        <v>35895</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>66283</v>
+        <v>66318</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>grès, étain, fer</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>66286</v>
+        <v>66322</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Pot à lait en faïence à décor végétal</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>66287</v>
+        <v>66294</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Vase hexagonal en faïence à décor aux paons</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>66290</v>
+        <v>66296</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>66291</v>
+        <v>66297</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D274" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>66292</v>
+        <v>66298</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
+          <t>Assiette en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>66216</v>
+        <v>66303</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de papillons et insectes</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>66222</v>
+        <v>66305</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
+          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>66226</v>
+        <v>66306</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>11340</v>
+        <v>66313</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Paire de corbeilles en faïence blanche</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Joseph Sewell &amp; co.</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>11339</v>
+        <v>66226</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D280" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>66318</v>
+        <v>11340</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Joseph Sewell &amp; co.</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>66322</v>
+        <v>66283</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Pot à lait en faïence à décor végétal</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, étain, fer</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>66294</v>
+        <v>66286</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Vase hexagonal en faïence à décor aux paons</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>66296</v>
+        <v>66287</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>66297</v>
+        <v>66290</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D285" s="2"/>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>66298</v>
+        <v>66291</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de vase fleuri</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>66303</v>
+        <v>66292</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>66305</v>
+        <v>66216</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
+          <t>Plat en faïence à décor de papillons et insectes</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>66306</v>
+        <v>66222</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
+          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>66313</v>
+        <v>11339</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
         <v>86675</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
         <v>86676</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>46879</v>
+        <v>46894</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Bec-croisé d'Allemagne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>36889</v>
+        <v>46895</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>47 assiettes aux oiseaux d'après Buffon</t>
+          <t>Assiettes aux oiseaux d'après Buffon - Perroquet à front blanc, du Sénégal</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>36898</v>
+        <v>46896</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-grièche, appellée l'Écorcheur, de Madagascar</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique], moulé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>46902</v>
+        <v>46897</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Busard de Marais</t>
+          <t>Assiette aux oiseaux d'après Buffon - Momot du Brésil</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>46903</v>
+        <v>46898</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Pie-Grièche rousse du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coq</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>46904</v>
+        <v>46899</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Hibou des terres Magellaniques</t>
+          <t>Assiette aux oiseaux d'après Buffon - Ara Rouge</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>46905</v>
+        <v>46900</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Saint Domingue, appelé le Siffleur</t>
+          <t>Assiette aux oiseaux d'après Buffon - Jacamar du Brésil</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>46906</v>
+        <v>46901</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Perroquet de Cuba</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Sénégal</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>46907</v>
+        <v>46902</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grèbe de l'Esclavonie</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Busard de Marais</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>46908</v>
+        <v>46903</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle à la longue queue du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-Grièche rousse du Sénégal</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>46909</v>
+        <v>46904</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Jaseur de Boheme</t>
+          <t>Assiette aux oiseaux d'après Buffon - Hibou des terres Magellaniques</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>46910</v>
+        <v>46905</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grèbe de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Saint Domingue, appelé le Siffleur</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>46911</v>
+        <v>46906</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale femelle du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perroquet de Cuba</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>46912</v>
+        <v>46907</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Maubeche grise</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de l'Esclavonie</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>46913</v>
+        <v>46908</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle à la longue queue du Sénégal</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>46914</v>
+        <v>46909</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gros-Bec appellé queue en éventail de Virginie, femelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Jaseur de Boheme</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>46915</v>
+        <v>46910</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche blanc huppé, du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de Cayenne</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>46916</v>
+        <v>46911</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Martin-pêcheur, du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale femelle du Sénégal</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>46880</v>
+        <v>46912</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La Tourterelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Maubeche grise</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>46917</v>
+        <v>46913</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche rouge huppé, du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Cayenne</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>46881</v>
+        <v>46914</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - L'Urubu ou Roi des vautours de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gros-Bec appellé queue en éventail de Virginie, femelle</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>46918</v>
+        <v>46915</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Pigeon Ramier</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche blanc huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>46882</v>
+        <v>46916</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La buse</t>
+          <t>Assiette aux oiseaux d'après Buffon - Martin-pêcheur, du Sénégal</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>46919</v>
+        <v>46880</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Etourneau de la Louisiane</t>
+          <t>Assiette aux oiseaux d'après Buffon - La Tourterelle</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>46883</v>
+        <v>46917</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grand crapaud volant, de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche rouge huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>46920</v>
+        <v>46881</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Coucou de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - L'Urubu ou Roi des vautours de Cayenne</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>46884</v>
+        <v>46918</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le hobereau</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Pigeon Ramier</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>46921</v>
+        <v>46882</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Perruche de la Guyane</t>
+          <t>Assiette aux oiseaux d'après Buffon - La buse</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>46885</v>
+        <v>46919</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le balbuzard</t>
+          <t>Assiette aux oiseaux d'après Buffon - Etourneau de la Louisiane</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>46922</v>
+        <v>46883</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grimpereau de muraille mâle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grand crapaud volant, de Cayenne</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>46886</v>
+        <v>46920</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La grande veuve d'Angola, réduite après sa mue</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coucou de Cayenne</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>46923</v>
+        <v>46884</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Guêpier de l'île de France</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le hobereau</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>46887</v>
+        <v>46921</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle des Philippines</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perruche de la Guyane</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>46924</v>
+        <v>46885</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche à la longue queue, de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le balbuzard</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>46888</v>
+        <v>46922</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Bruant de France, appelé le Proyer</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grimpereau de muraille mâle</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>46889</v>
+        <v>46886</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Choucas du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - La grande veuve d'Angola, réduite après sa mue</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>46890</v>
+        <v>46923</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Rossignol de Muraille, femelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de l'île de France</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>46891</v>
+        <v>46887</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Caille des îles Malouines</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle des Philippines</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>46892</v>
+        <v>46924</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Guêpier de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche à la longue queue, de Madagascar</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>46893</v>
+        <v>46888</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Lanier</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bruant de France, appelé le Proyer</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
-      <c r="F332" s="2"/>
+      <c r="F332" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>46894</v>
+        <v>46889</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Choucas du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>46895</v>
+        <v>46890</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Assiettes aux oiseaux d'après Buffon - Perroquet à front blanc, du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Rossignol de Muraille, femelle</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>46896</v>
+        <v>46891</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Pie-grièche, appellée l'Écorcheur, de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Caille des îles Malouines</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>46897</v>
+        <v>46892</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Momot du Brésil</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de Madagascar</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>46898</v>
+        <v>46893</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Coq</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Lanier</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
-      <c r="F337" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F337" s="2"/>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>46899</v>
+        <v>36889</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Ara Rouge</t>
+          <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis</t>
+          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>moulé, cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>46900</v>
+        <v>36898</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Jacamar du Brésil</t>
+          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis</t>
+          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>technique d'émaillage, cuit [céramique], moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>46901</v>
+        <v>104988</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Moineau du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Canada</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>104988</v>
+        <v>46879</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Moineau du Canada</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bec-croisé d'Allemagne</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
@@ -12895,360 +12895,360 @@
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>36901</v>
+        <v>36893</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Assiette - le jardin botanique de Bruxelles</t>
+          <t>Service des peintres</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph</t>
+          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1870</t>
+          <t>1830 - 1849</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>36893</v>
+        <v>36901</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Service des peintres</t>
+          <t>Assiette - le jardin botanique de Bruxelles</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
+          <t>Jacquet, Maximilien-Joseph</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1849</t>
+          <t>1830 - 1870</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
         <v>67740</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Buste de jeune femme</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Van der Stappen,  Charles</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1843 - 1910</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique], technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>35894</v>
+        <v>35854</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Fourneau de pipe à la mouche</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>11281</v>
+        <v>35855</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor de fleurs</t>
+          <t>Fourneau de pipe \"Rubens\"</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>35854</v>
+        <v>35856</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe à la mouche</t>
+          <t>Fourneau de pipe \"Victoria\"</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>35855</v>
+        <v>11281</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Rubens\"</t>
+          <t>Assiette en porcelaine au décor de fleurs</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>35856</v>
+        <v>35894</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Victoria\"</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
         <v>86673</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
           <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
@@ -13316,51 +13316,51 @@
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
         <v>11363</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine avec anse en argent</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
           <t>argent, porcelaine</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
@@ -13419,117 +13419,117 @@
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>43631</v>
+        <v>86654</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>Théière en faïence à décor polychrome de fleurettes</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1930</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>86654</v>
+        <v>43631</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Théière en faïence à décor polychrome de fleurettes</t>
+          <t>chemin de croix</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1930</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>chemin de croix</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
         <v>40700</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Nénuphars</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
@@ -13572,91 +13572,91 @@
         </is>
       </c>
       <c r="F360" s="2"/>
       <c r="G360" s="2" t="inlineStr">
         <is>
           <t>céramique, émail</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
         <v>11289</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Service en porcelaine à décor de frise de lierre</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>Königliche Porzellan-Manufaktur</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>assiette, service de table</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
           <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
         <v>11290</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
           <t>Assiette à dessert à bord doré</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Etablissements Demeuldre</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>doré, cuit [céramique]</t>
@@ -14523,288 +14523,288 @@
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>39362</v>
+        <v>69294</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Vase ovoïde</t>
+          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D385" s="2"/>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1990</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, grès</t>
+          <t>émail, grès</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique], technique d'incision</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>39363</v>
+        <v>11344</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Socle</t>
+          <t>Onze assiettes de forme carrée à glaçure jaune</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>meuble de rangement et d'exposition</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, grès</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>11344</v>
+        <v>11352</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Onze assiettes de forme carrée à glaçure jaune</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>bois, céramique</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de sculpture, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>11352</v>
+        <v>11337</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>Service à café à décor de fleurs</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D388" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D388" s="2" t="inlineStr">
+        <is>
+          <t>A. Lanternier &amp; Co.</t>
+        </is>
+      </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>bois, céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>11337</v>
+        <v>39362</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Service à café à décor de fleurs</t>
+          <t>Vase ovoïde</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>A. Lanternier &amp; Co.</t>
+          <t>Craco, Arthur</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite, grès</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>69294</v>
+        <v>39363</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
+          <t>Socle</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D390" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D390" s="2" t="inlineStr">
+        <is>
+          <t>Craco, Arthur</t>
+        </is>
+      </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1990</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>meuble de rangement et d'exposition</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>terre cuite, grès</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'incision</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
         <v>86674</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
           <t>vase décoratif</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
@@ -14836,91 +14836,91 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique], technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
         <v>11291</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
           <t>The American scene</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
           <t>Dehn, Adolf / B. Altman &amp; Co.</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>doré, technique d'impression, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
         <v>11338</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
           <t>Service à café "Napoleon Ivy"</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
           <t>Wedgwood</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>