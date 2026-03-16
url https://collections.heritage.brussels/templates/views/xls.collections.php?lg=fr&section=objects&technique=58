--- v2 (2026-01-27)
+++ v3 (2026-03-16)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H400"/>
+  <dimension ref="A1:H402"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,799 +179,799 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>35828</v>
+        <v>69390</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Grand pot à fond gris avec robinet </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>émail, grès, métal</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69271</v>
+        <v>69223</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Gourde ansée à deux goulots</t>
+          <t>Pot de 5 litres à double anse  </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69292</v>
+        <v>69225</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Passoire à fond brun et jaune émaillé</t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69390</v>
+        <v>69226</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Grand pot à fond gris avec robinet </t>
+          <t>Pot de couleur brune à double anse </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>émail, grès, métal</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69223</v>
+        <v>69227</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Pot de 5 litres à double anse  </t>
+          <t>Pot de 12 litres à double anse </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>69225</v>
+        <v>69255</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Pot à pharmacie de 2 litres à double anse </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
-      <c r="F7" s="2"/>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>69226</v>
+        <v>69258</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pot de couleur brune à double anse </t>
+          <t>Pot à pharmacie à goulot</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>émail, grès</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>69227</v>
+        <v>69271</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pot de 12 litres à double anse </t>
+          <t>Gourde ansée à deux goulots</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>69255</v>
+        <v>69292</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie de 2 litres à double anse </t>
+          <t>Passoire à fond brun et jaune émaillé</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>grès, émail</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>69258</v>
+        <v>102351</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Pot à pharmacie à goulot</t>
+          <t>Paire de vases</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>102351</v>
+        <v>102395</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases</t>
+          <t>Trois carreaux de terre cuite à décor polychrome</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
-[...6 lines deleted...]
-      </c>
+          <t>décor d'architecture</t>
+        </is>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>102395</v>
+        <v>40203</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Trois carreaux de terre cuite à décor polychrome</t>
+          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
-[...2 lines deleted...]
-      <c r="G13" s="2"/>
+          <t>bol</t>
+        </is>
+      </c>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine, faïence</t>
+        </is>
+      </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>40203</v>
+        <v>35828</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>35858</v>
+        <v>35901</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>35859</v>
+        <v>35902</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>35860</v>
+        <v>35903</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>35861</v>
+        <v>35904</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>35862</v>
+        <v>35858</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Écuelle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>35875</v>
+        <v>35859</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Gobelet</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>35901</v>
+        <v>35860</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>35902</v>
+        <v>35861</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>35903</v>
+        <v>35862</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Écuelle</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>35904</v>
+        <v>35875</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Gobelet</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>35891</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Statuette féminine</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
@@ -1335,51 +1335,51 @@
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>35849</v>
+        <v>35906</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
@@ -1407,51 +1407,51 @@
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>35906</v>
+        <v>35849</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1430 - 1471</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
@@ -1515,1923 +1515,1923 @@
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1475 - 1525</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>35885</v>
+        <v>69254</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Pot à provision</t>
+          <t>Cruche Bartmann</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement, objets archéologiques</t>
+          <t>carafe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>35886</v>
+        <v>35915</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>35850</v>
+        <v>35916</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>35887</v>
+        <v>35917</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Caquelon</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>35888</v>
+        <v>35921</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Petite casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>35889</v>
+        <v>35924</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>35853</v>
+        <v>35925</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Statuette de petit Jésus</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>35890</v>
+        <v>35926</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>35823</v>
+        <v>35896</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>35824</v>
+        <v>35897</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Pochonnet</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...6 lines deleted...]
-      </c>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>35825</v>
+        <v>35899</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>pot de chambre, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>35826</v>
+        <v>35900</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Fiole</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1699</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>flacon de toilette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>35863</v>
+        <v>35905</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>35864</v>
+        <v>35908</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Pot de chambre</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>pot de chambre, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>35865</v>
+        <v>35909</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>35866</v>
+        <v>35910</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Pot de fleur</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
-[...2 lines deleted...]
-      <c r="F56" s="2"/>
+          <t>1500 - 1599</t>
+        </is>
+      </c>
+      <c r="F56" s="2" t="inlineStr">
+        <is>
+          <t>poêle de chauffage, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>35867</v>
+        <v>35913</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>35831</v>
+        <v>35914</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Carreau de pavage</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>35868</v>
+        <v>35888</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Petite casserole</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>35832</v>
+        <v>35889</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>35869</v>
+        <v>35853</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Cruchon</t>
+          <t>Statuette de petit Jésus</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F61" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>35870</v>
+        <v>35890</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Pichet</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>35834</v>
+        <v>35823</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>35873</v>
+        <v>35824</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Bol</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>bol, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>35874</v>
+        <v>35825</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>35841</v>
+        <v>35826</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Fiole</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1699</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>flacon de toilette, objets archéologiques</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>35842</v>
+        <v>35863</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Assiette</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1625</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>35843</v>
+        <v>35864</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Carreau de pavage</t>
+          <t>Pot de chambre</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>pot de chambre, objets archéologiques</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>35844</v>
+        <v>35865</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de pavage</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>fondations et sols, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>35845</v>
+        <v>35866</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Albarello</t>
+          <t>Pot de fleur</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F70" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>35846</v>
+        <v>35867</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>35883</v>
+        <v>35831</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Tèle</t>
+          <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>objet lié à la préparation des aliments, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>35847</v>
+        <v>35868</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>35884</v>
+        <v>35832</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Casserole</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>casserole, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>35848</v>
+        <v>35869</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Pot à onguent</t>
+          <t>Cruchon</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>69254</v>
+        <v>35870</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Cruche Bartmann</t>
+          <t>Pichet</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>carafe</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>35908</v>
+        <v>35834</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>35909</v>
+        <v>35873</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Bol</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>bol, objets archéologiques</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>35910</v>
+        <v>35874</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>35913</v>
+        <v>35841</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>35914</v>
+        <v>35842</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Assiette</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>35915</v>
+        <v>35843</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Carreau de pavage</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>35916</v>
+        <v>35844</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Carreaux de pavage</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>fondations et sols, objets archéologiques</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>35917</v>
+        <v>35845</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Albarello</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>35921</v>
+        <v>35846</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1600</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>35924</v>
+        <v>35883</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Tèle</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objet lié à la préparation des aliments, objets archéologiques</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>35925</v>
+        <v>35847</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1500 - 1625</t>
         </is>
       </c>
-      <c r="F87" s="2"/>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>35926</v>
+        <v>35884</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>35896</v>
+        <v>35848</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Pot à onguent</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F89" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F89" s="2" t="inlineStr">
+        <is>
+          <t>instrument ou matériel de pharmacie, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>35897</v>
+        <v>35885</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Pochonnet</t>
+          <t>Pot à provision</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
-[...2 lines deleted...]
-      <c r="F90" s="2"/>
+          <t>1500 - 1625</t>
+        </is>
+      </c>
+      <c r="F90" s="2" t="inlineStr">
+        <is>
+          <t>ustensiles de conservation et rangement, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>35899</v>
+        <v>35886</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Casserole</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>35900</v>
+        <v>35850</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>35905</v>
+        <v>35887</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Caquelon</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1625</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>casserole, objets archéologiques</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
         <v>78463</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
@@ -3631,1465 +3631,1465 @@
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1599 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>carafe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>35857</v>
+        <v>35918</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"rose des Stuarts\"</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>35871</v>
+        <v>35919</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>35838</v>
+        <v>35920</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Cruche</t>
+          <t>Carreau de poêle</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>broc, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>35839</v>
+        <v>35922</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chope</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>35840</v>
+        <v>35923</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Coupe</t>
+          <t>Carreaux de poêle</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>poêle de chauffage, objets archéologiques</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>35818</v>
+        <v>35857</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Fragment de pot</t>
+          <t>Fourneau de pipe \"rose des Stuarts\"</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
-[...2 lines deleted...]
-      <c r="F105" s="2"/>
+          <t>1600 - 1625</t>
+        </is>
+      </c>
+      <c r="F105" s="2" t="inlineStr">
+        <is>
+          <t>pipe, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>35819</v>
+        <v>35871</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Fragment de pot</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F106" s="2"/>
+      <c r="F106" s="2" t="inlineStr">
+        <is>
+          <t>broc, objets archéologiques</t>
+        </is>
+      </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>35918</v>
+        <v>35838</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Cruche</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>broc, objets archéologiques</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>35919</v>
+        <v>35839</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Chope</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons, objets archéologiques</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>35920</v>
+        <v>35840</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Carreau de poêle</t>
+          <t>Coupe</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>35922</v>
+        <v>35818</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Fragment de pot</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F110" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>35923</v>
+        <v>35819</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Carreaux de poêle</t>
+          <t>Fragment de pot</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F111" s="2"/>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>66314</v>
+        <v>66332</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>66332</v>
+        <v>66340</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>Cruche en terre cuite glaçurée à trois anses</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>66340</v>
+        <v>66314</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Cruche en terre cuite glaçurée à trois anses</t>
+          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>66278</v>
+        <v>86652</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Cruche en grès de type « Bartman »</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>cruche</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>11345</v>
+        <v>86653</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
+          <t>Pot en grès au décor en camaïeu bleu</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>66279</v>
+        <v>66224</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique de peinture, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11346</v>
+        <v>66278</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D118" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>66280</v>
+        <v>66279</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>11347</v>
+        <v>66280</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D120" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>11348</v>
+        <v>66282</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Pochon en porcelaine au décor de pêcheurs</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>66282</v>
+        <v>66285</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>Plat lustré aux motifs végétaux</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>11362</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>66285</v>
+        <v>11364</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Plat lustré aux motifs végétaux</t>
+          <t>Bol en porcelaine au décor de fleurs polychromes</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11364</v>
+        <v>11365</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de fleurs polychromes</t>
+          <t>Bol en porcelaine au décor de dragon</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11365</v>
+        <v>11275</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine au décor de dragon</t>
+          <t>Plat en faïence de Delft au décor fleuri</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1900</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11275</v>
+        <v>11277</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor fleuri</t>
+          <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11277</v>
+        <v>11278</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11278</v>
+        <v>11279</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Service à thé japonais en porcelaine</t>
+          <t>Assiette au décor de personnages dits Immortels</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>peinture, porcelaine</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11279</v>
+        <v>11280</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Assiette au décor de personnages dits Immortels</t>
+          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11280</v>
+        <v>11282</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
+          <t>Petite assiette au décor de personnage dit "Immortel"</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11282</v>
+        <v>11285</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Petite assiette au décor de personnage dit "Immortel"</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11285</v>
+        <v>11286</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
-      <c r="F133" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F133" s="2"/>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11286</v>
+        <v>11288</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
-      <c r="F134" s="2"/>
+      <c r="F134" s="2" t="inlineStr">
+        <is>
+          <t>vaisselle décorative, assiette</t>
+        </is>
+      </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11288</v>
+        <v>11345</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine de Chine au décor de cavalier</t>
+          <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>66224</v>
+        <v>11346</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
+          <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique], doré</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>86652</v>
+        <v>11347</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Cruche en grès de type « Bartman »</t>
+          <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>cruche</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>86653</v>
+        <v>11348</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Pot en grès au décor en camaïeu bleu</t>
+          <t>Pochon en porcelaine au décor de pêcheurs</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>66335</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Rolwagen en porcelaine chinoise à décor bleu cobalt sur fond blanc sous glaçure transparente</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1620 - 1650</t>
@@ -5311,3637 +5311,3641 @@
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>35827</v>
+        <v>39464</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Paire potiches Japon Imari</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D146" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1740</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>35829</v>
+        <v>36870</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Statuette de saint Jean Népomucène</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D147" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>35835</v>
+        <v>36873</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Manneken-Pis</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D148" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>35836</v>
+        <v>36876</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Cabillaud ou brochet </t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D149" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>35837</v>
+        <v>36877</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Tesson d'assiette</t>
+          <t>Terrine : pigeon</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D150" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1899</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>11341</v>
+        <v>36881</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Grande botte d'asperges au naturel</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D151" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Manufacture bruxelloise</t>
+        </is>
+      </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>11265</v>
+        <v>36885</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D152" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
-[...6 lines deleted...]
-      </c>
+          <t>1700 - 1799</t>
+        </is>
+      </c>
+      <c r="F152" s="2"/>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>39464</v>
+        <v>35827</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Paire potiches Japon Imari</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1740</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>36870</v>
+        <v>35829</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Statuette de saint Jean Népomucène</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>36876</v>
+        <v>35835</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Cabillaud ou brochet </t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>36877</v>
+        <v>35836</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Terrine : pigeon</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>36881</v>
+        <v>35837</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Grande botte d'asperges au naturel</t>
+          <t>Tesson d'assiette</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1899</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>36885</v>
+        <v>11341</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
-[...2 lines deleted...]
-      <c r="F158" s="2"/>
+          <t>1700 - </t>
+        </is>
+      </c>
+      <c r="F158" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>66315</v>
+        <v>11265</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>66316</v>
+        <v>66320</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Potiche en faïence à décor de camaïeu bleu</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>66317</v>
+        <v>66321</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Grand bol en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>66320</v>
+        <v>86639</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Potiche en faïence à décor de camaïeu bleu</t>
+          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>66321</v>
+        <v>66323</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Grand bol en faïence à décor de fleurs</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>86639</v>
+        <v>86640</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
+          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>66323</v>
+        <v>66324</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>86640</v>
+        <v>86641</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
+          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>66324</v>
+        <v>66325</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>86641</v>
+        <v>66326</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
+          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D168" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>66325</v>
+        <v>66328</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>86642</v>
+        <v>66330</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
+          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D170" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>66326</v>
+        <v>66331</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>66328</v>
+        <v>66295</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Deux potiches en porcelaine à décor polychrome de fleurs et de papillons</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>66330</v>
+        <v>66333</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
+          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>66331</v>
+        <v>66334</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>66295</v>
+        <v>66336</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Théière en porcelaine à décor de fumeur de pipe</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>66333</v>
+        <v>66299</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases hexagonaux en faïence à décor de vases fleuris et de chinois dans un jardin</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>66334</v>
+        <v>66337</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Vase cornet en faïence à décor de chinois dans un jardin</t>
+          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>66336</v>
+        <v>66300</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fumeur de pipe</t>
+          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>66299</v>
+        <v>66338</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Vase balustre en faïence à décor polychrome</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>66337</v>
+        <v>66339</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
+          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>peint, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>66300</v>
+        <v>66304</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de guirlande et de noeuds et au panier de fleurs et de fruits</t>
+          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>66338</v>
+        <v>66307</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>66339</v>
+        <v>66308</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
+          <t>Deux plats en faïence à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique], doré</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>66304</v>
+        <v>66309</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor d'animaux fantastiques</t>
+          <t>Plat en faïence à décor de fleurs et de pagodes</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>66307</v>
+        <v>66310</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>Assiette en faïence à décor de bouquet de fleurs</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>66308</v>
+        <v>66311</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Deux plats en faïence à décor de jardin fleuri</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>66309</v>
+        <v>66312</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs et de pagodes</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>66310</v>
+        <v>66315</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de bouquet de fleurs</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>66311</v>
+        <v>66316</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>66312</v>
+        <v>66317</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Potiche en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>66227</v>
+        <v>86671</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>11342</v>
+        <v>86677</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>11343</v>
+        <v>92378</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>66277</v>
+        <v>86642</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>11266</v>
+        <v>86647</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>66281</v>
+        <v>86648</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>11267</v>
+        <v>86649</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>11268</v>
+        <v>86650</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>11269</v>
+        <v>86655</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>11270</v>
+        <v>86656</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>11271</v>
+        <v>86657</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>11273</v>
+        <v>86658</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>66288</v>
+        <v>86659</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de vases fleuris</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>11274</v>
+        <v>86660</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>66289</v>
+        <v>86661</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
+          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>11283</v>
+        <v>86663</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>11284</v>
+        <v>86664</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>assiette, vaisselle décorative</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>11287</v>
+        <v>86665</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
+          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>66221</v>
+        <v>86666</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>66225</v>
+        <v>86667</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence polychrome</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>86647</v>
+        <v>86668</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>86648</v>
+        <v>86669</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
+          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>86649</v>
+        <v>86670</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de vase fleuri</t>
+          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>86650</v>
+        <v>66221</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
+          <t>Plat en faïence à décor de deux oiseaux sur une branche</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D214" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D214" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>86655</v>
+        <v>66225</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
+          <t>Assiette en faïence polychrome</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D215" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>86656</v>
+        <v>66227</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D216" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D216" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>86657</v>
+        <v>66277</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D217" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D217" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>86658</v>
+        <v>66281</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>86659</v>
+        <v>66288</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vases fleuris</t>
+          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D219" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D219" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>86660</v>
+        <v>66289</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de panier fleuri</t>
+          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D220" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D220" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>86661</v>
+        <v>11268</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>86663</v>
+        <v>11269</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>86664</v>
+        <v>11270</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>86665</v>
+        <v>11271</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>86666</v>
+        <v>11273</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>86667</v>
+        <v>11274</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>86668</v>
+        <v>11283</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
+          <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>86669</v>
+        <v>11284</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>86670</v>
+        <v>11287</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
+          <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>86671</v>
+        <v>11342</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>86677</v>
+        <v>11343</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>92378</v>
+        <v>11266</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, or</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>36888</v>
+        <v>11267</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Assiette - décor bleu au saint Michel</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1705 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>36884</v>
+        <v>36888</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Grand rafraîchissoir</t>
+          <t>Assiette - décor bleu au saint Michel</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+          <t>Fabrique de la rue de Laeken,  / Mombaers, Cornelis / Witsenburg, Dirck</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1725 - 1750</t>
+          <t>1705 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>36887</v>
+        <v>36884</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Pot à bière , décor bleu à la haie fleurie</t>
+          <t>Grand rafraîchissoir</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1725 - 1775</t>
+          <t>1725 - 1750</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>66293</v>
+        <v>36887</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleurs et de crabes</t>
+          <t>Pot à bière , décor bleu à la haie fleurie</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1770</t>
+          <t>1725 - 1775</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture, doré</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>102393</v>
+        <v>66293</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de fleurs</t>
+          <t>Assiette en porcelaine à décor de fleurs et de crabes</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D237" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D237" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1795</t>
+          <t>1730 - 1770</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>86672</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de médaillons fleuris</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1735 - 1796</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>35898</v>
+        <v>102393</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Assiette en porcelaine au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1745 - 1755</t>
+          <t>1735 - 1795</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>11272</v>
+        <v>35898</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1800</t>
+          <t>1745 - 1755</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
         <v>86645</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
@@ -9135,5581 +9139,5581 @@
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>86651</v>
+        <v>11272</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor polychrome de sept paniers fleuris dans des réserves</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D247" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1800</t>
+          <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>86646</v>
+        <v>86651</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Fraisier sur présentoir en faïence de Delft au décor d’un cerf</t>
+          <t>Plat en faïence de Delft au décor polychrome de sept paniers fleuris dans des réserves</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Van Den Brie-Elling [manufacture]</t>
+          <t>Dextra, Jan Theunis</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1759 - 1771</t>
+          <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>36878</v>
+        <v>86646</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Grande terrine : dindon couché</t>
+          <t>Fraisier sur présentoir en faïence de Delft au décor d’un cerf</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+          <t>Van Den Brie-Elling [manufacture]</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1759 - 1771</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>35851</v>
+        <v>36878</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Grande terrine : dindon couché</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D250" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D250" s="2" t="inlineStr">
+        <is>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+        </is>
+      </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>35852</v>
+        <v>66319</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D251" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence, vernis</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>66319</v>
+        <v>66301</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
+          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>faïence, vernis</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>66301</v>
+        <v>66302</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor à l'oiseau huppé</t>
+          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>66302</v>
+        <v>86644</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Assiette creuse en faïence à décor de bouquet de fleurs roses</t>
+          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>86644</v>
+        <v>35852</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>36897</v>
+        <v>35851</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Charles de Lorraine, Gouverneur-Général des Pays-Bas de 1744 à 1780</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1777 - </t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>36875</v>
+        <v>36897</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Pot à bière</t>
+          <t>Charles de Lorraine, Gouverneur-Général des Pays-Bas de 1744 à 1780</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Manufacture bruxelloise</t>
+          <t>Cyfflé, Paul Louis / Manufacture de Tervueren</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1837</t>
+          <t>1777 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>36894</v>
+        <v>36875</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Grand bol (ou saladier) avec motifs floraux</t>
+          <t>Pot à bière</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Manufacture de Monplaisir</t>
+          <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1786 - 1791</t>
+          <t>1783 - 1837</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>saladier</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>36899</v>
+        <v>36894</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Chocolatière et autres (partie de service) - décor chinois</t>
+          <t>Grand bol (ou saladier) avec motifs floraux</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Manufacture d'Etterbeek,  / Fohler, François</t>
+          <t>Manufacture de Monplaisir</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1788 - 1803</t>
+          <t>1786 - 1791</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>saladier</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], moulé, technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>36891</v>
+        <v>36899</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Tasse litron et sa soucoupe</t>
+          <t>Chocolatière et autres (partie de service) - décor chinois</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis</t>
+          <t>Manufacture d'Etterbeek,  / Fohler, François</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1813</t>
+          <t>1788 - 1803</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>tasse</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique], moulé, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>69229</v>
+        <v>36891</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Pinte ansée avec couvercle et au décor émaillé gris et bleu</t>
+          <t>Tasse litron et sa soucoupe</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D261" s="2"/>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Cretté, Louis</t>
+        </is>
+      </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1795 - </t>
+          <t>1790 - 1813</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>tasse</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>émail, grès, étain</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>jacquard ou façonné, technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>35892</v>
+        <v>69229</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Pinte ansée avec couvercle et au décor émaillé gris et bleu</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F262" s="2"/>
+          <t>1795 - </t>
+        </is>
+      </c>
+      <c r="F262" s="2" t="inlineStr">
+        <is>
+          <t>tasse</t>
+        </is>
+      </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>émail, grès, étain</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>35893</v>
+        <v>86662</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Médaillon estampé</t>
+          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...2 lines deleted...]
-      <c r="F263" s="2"/>
+          <t>1800 - </t>
+        </is>
+      </c>
+      <c r="F263" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>35830</v>
+        <v>46782</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1850</t>
+        </is>
+      </c>
+      <c r="F264" s="2"/>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>moulé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>35833</v>
+        <v>36902</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Fragment d'assiette</t>
+          <t>Présentoir ovale soutenu par deux angelots</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D265" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D265" s="2" t="inlineStr">
+        <is>
+          <t>Windisch, Christophe</t>
+        </is>
+      </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
+          <t>1800 - 1842</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>assiette, objets archéologiques</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>11234</v>
+        <v>35895</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Vase à décor chinois</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1950</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>46782</v>
+        <v>35892</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Tasse et soucoupe décorés d'une vue du pavillon de Minerve au château de Laeken</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F267" s="2"/>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>86662</v>
+        <v>35893</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
+          <t>Médaillon estampé</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F268" s="2"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>35895</v>
+        <v>35830</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>66318</v>
+        <v>35833</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>Fragment d'assiette</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette, objets archéologiques</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>66322</v>
+        <v>11234</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Pot à lait en faïence à décor végétal</t>
+          <t>Vase à décor chinois</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1950</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>66294</v>
+        <v>66318</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Vase hexagonal en faïence à décor aux paons</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>66296</v>
+        <v>66322</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Pot à lait en faïence à décor végétal</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>66297</v>
+        <v>66291</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D274" s="2"/>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>66298</v>
+        <v>66292</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de vase fleuri</t>
+          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>66303</v>
+        <v>66294</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Vase hexagonal en faïence à décor aux paons</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>66305</v>
+        <v>66296</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>66306</v>
+        <v>66297</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D278" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>66313</v>
+        <v>66298</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs</t>
+          <t>Assiette en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>66226</v>
+        <v>66303</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>11340</v>
+        <v>66305</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Paire de corbeilles en faïence blanche</t>
+          <t>Plat en porcelaine à décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Joseph Sewell &amp; co.</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>66283</v>
+        <v>66306</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Deux assiettes en porcelaine à décor de carpes nageant</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>grès, étain, fer</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>66286</v>
+        <v>66313</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Assiette en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>66287</v>
+        <v>86675</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>66290</v>
+        <v>86676</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>66291</v>
+        <v>66216</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleur</t>
+          <t>Plat en faïence à décor de papillons et insectes</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>66292</v>
+        <v>66222</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine à décor de fleurs et de paysages fluviaux</t>
+          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>66216</v>
+        <v>66226</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de papillons et insectes</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>66222</v>
+        <v>66283</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 plats en faïence à décor de vase fleuri</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, étain, fer</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>11339</v>
+        <v>66286</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D290" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>86675</v>
+        <v>66287</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
+          <t>Assiette en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D291" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>86676</v>
+        <v>66290</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
+          <t>Assiette en porcelaine à décor de fleur</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D292" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>46894</v>
+        <v>11339</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle du Cap de Bonne-Espérance</t>
+          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1803 - </t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>46895</v>
+        <v>11340</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Assiettes aux oiseaux d'après Buffon - Perroquet à front blanc, du Sénégal</t>
+          <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis</t>
+          <t>Joseph Sewell &amp; co.</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1803 - </t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>46896</v>
+        <v>104988</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Pie-grièche, appellée l'Écorcheur, de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Canada</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>46897</v>
+        <v>46914</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Momot du Brésil</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gros-Bec appellé queue en éventail de Virginie, femelle</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>46898</v>
+        <v>46915</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Coq</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche blanc huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>46899</v>
+        <v>46879</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Ara Rouge</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bec-croisé d'Allemagne</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>46900</v>
+        <v>46916</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Jacamar du Brésil</t>
+          <t>Assiette aux oiseaux d'après Buffon - Martin-pêcheur, du Sénégal</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>46901</v>
+        <v>46880</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Moineau du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - La Tourterelle</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>46902</v>
+        <v>46917</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Busard de Marais</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche rouge huppé, du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>46903</v>
+        <v>46881</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Pie-Grièche rousse du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - L'Urubu ou Roi des vautours de Cayenne</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>46904</v>
+        <v>46918</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Hibou des terres Magellaniques</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Pigeon Ramier</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>46905</v>
+        <v>46882</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Saint Domingue, appelé le Siffleur</t>
+          <t>Assiette aux oiseaux d'après Buffon - La buse</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>46906</v>
+        <v>46919</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Perroquet de Cuba</t>
+          <t>Assiette aux oiseaux d'après Buffon - Etourneau de la Louisiane</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>46907</v>
+        <v>46883</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grèbe de l'Esclavonie</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grand crapaud volant, de Cayenne</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>46908</v>
+        <v>46920</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle à la longue queue du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coucou de Cayenne</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>46909</v>
+        <v>46884</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Jaseur de Boheme</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le hobereau</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>46910</v>
+        <v>46921</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grèbe de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perruche de la Guyane</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>46911</v>
+        <v>46885</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale femelle du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le balbuzard</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>46912</v>
+        <v>46922</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Maubeche grise</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grimpereau de muraille mâle</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>46913</v>
+        <v>46886</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - La grande veuve d'Angola, réduite après sa mue</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>46914</v>
+        <v>46923</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gros-Bec appellé queue en éventail de Virginie, femelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de l'île de France</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>46915</v>
+        <v>46887</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche blanc huppé, du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle des Philippines</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>46916</v>
+        <v>46924</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Martin-pêcheur, du Sénégal</t>
+          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche à la longue queue, de Madagascar</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>46880</v>
+        <v>46888</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La Tourterelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Bruant de France, appelé le Proyer</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>46917</v>
+        <v>46889</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche rouge huppé, du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Choucas du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>46881</v>
+        <v>46890</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - L'Urubu ou Roi des vautours de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Rossignol de Muraille, femelle</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>46918</v>
+        <v>46891</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Pigeon Ramier</t>
+          <t>Assiette aux oiseaux d'après Buffon - Caille des îles Malouines</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>46882</v>
+        <v>46892</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La buse</t>
+          <t>Assiette aux oiseaux d'après Buffon - Guêpier de Madagascar</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>46919</v>
+        <v>46893</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Etourneau de la Louisiane</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Lanier</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
-      <c r="F321" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F321" s="2"/>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>46883</v>
+        <v>46894</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grand crapaud volant, de Cayenne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle du Cap de Bonne-Espérance</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>46920</v>
+        <v>46895</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Coucou de Cayenne</t>
+          <t>Assiettes aux oiseaux d'après Buffon - Perroquet à front blanc, du Sénégal</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>46884</v>
+        <v>46896</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le hobereau</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-grièche, appellée l'Écorcheur, de Madagascar</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>46921</v>
+        <v>46897</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Perruche de la Guyane</t>
+          <t>Assiette aux oiseaux d'après Buffon - Momot du Brésil</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>46885</v>
+        <v>46898</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le balbuzard</t>
+          <t>Assiette aux oiseaux d'après Buffon - Coq</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>46922</v>
+        <v>46899</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Grimpereau de muraille mâle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Ara Rouge</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>46886</v>
+        <v>46900</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - La grande veuve d'Angola, réduite après sa mue</t>
+          <t>Assiette aux oiseaux d'après Buffon - Jacamar du Brésil</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>46923</v>
+        <v>46901</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Guêpier de l'île de France</t>
+          <t>Assiette aux oiseaux d'après Buffon - Moineau du Sénégal</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>46887</v>
+        <v>46902</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Merle des Philippines</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Busard de Marais</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>46924</v>
+        <v>46903</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Gobe-Mouche à la longue queue, de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Pie-Grièche rousse du Sénégal</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>46888</v>
+        <v>46904</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Bruant de France, appelé le Proyer</t>
+          <t>Assiette aux oiseaux d'après Buffon - Hibou des terres Magellaniques</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>46889</v>
+        <v>46905</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Choucas du Cap de Bonne-Espérance</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Saint Domingue, appelé le Siffleur</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>46890</v>
+        <v>46906</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Rossignol de Muraille, femelle</t>
+          <t>Assiette aux oiseaux d'après Buffon - Perroquet de Cuba</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>46891</v>
+        <v>46907</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Caille des îles Malouines</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de l'Esclavonie</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>46892</v>
+        <v>46908</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Guêpier de Madagascar</t>
+          <t>Assiette aux oiseaux d'après Buffon - Merle à la longue queue du Sénégal</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>46893</v>
+        <v>46909</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Le Lanier</t>
+          <t>Assiette aux oiseaux d'après Buffon - Le Jaseur de Boheme</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
-      <c r="F337" s="2"/>
+      <c r="F337" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>36889</v>
+        <v>46910</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>47 assiettes aux oiseaux d'après Buffon</t>
+          <t>Assiette aux oiseaux d'après Buffon - Grèbe de Cayenne</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique], technique d'émaillage</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>36898</v>
+        <v>46911</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale femelle du Sénégal</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique], moulé</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>104988</v>
+        <v>46912</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Moineau du Canada</t>
+          <t>Assiette aux oiseaux d'après Buffon - Maubeche grise</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>46879</v>
+        <v>46913</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Assiette aux oiseaux d'après Buffon - Bec-croisé d'Allemagne</t>
+          <t>Assiette aux oiseaux d'après Buffon - Troupiale de Cayenne</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>36895</v>
+        <v>36889</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Assiette décorée d'une femme revêtue de la faille</t>
+          <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1830</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>moulé, cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>36893</v>
+        <v>36898</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Service des peintres</t>
+          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
+          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1849</t>
+          <t>1803 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique], moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>36901</v>
+        <v>36895</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Assiette - le jardin botanique de Bruxelles</t>
+          <t>Assiette décorée d'une femme revêtue de la faille</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph</t>
+          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1870</t>
+          <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>67740</v>
+        <v>36901</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Buste de jeune femme</t>
+          <t>Assiette - le jardin botanique de Bruxelles</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles</t>
+          <t>Jacquet, Maximilien-Joseph</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1843 - 1910</t>
+          <t>1830 - 1870</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique], technique de sculpture</t>
+          <t>technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>35854</v>
+        <v>36893</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe à la mouche</t>
+          <t>Service des peintres</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D346" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D346" s="2" t="inlineStr">
+        <is>
+          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
+        </is>
+      </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1830 - 1849</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>35855</v>
+        <v>67740</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Rubens\"</t>
+          <t>Buste de jeune femme</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
-[...2 lines deleted...]
-      <c r="D347" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D347" s="2" t="inlineStr">
+        <is>
+          <t>Van der Stappen,  Charles</t>
+        </is>
+      </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1843 - 1910</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique], technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>35856</v>
+        <v>86673</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe \"Victoria\"</t>
+          <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Palais du Coudenberg</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>pipe, objets archéologiques</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>11281</v>
+        <v>35894</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine au décor de fleurs</t>
+          <t>Fourneau de pipe</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative, assiette</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>35894</v>
+        <v>35854</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Fourneau de pipe</t>
+          <t>Fourneau de pipe à la mouche</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>86673</v>
+        <v>35855</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
+          <t>Fourneau de pipe \"Rubens\"</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Palais du Coudenberg</t>
         </is>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>66264</v>
+        <v>35856</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Fourneau de pipe \"Victoria\"</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Palais du Coudenberg</t>
+        </is>
+      </c>
+      <c r="D352" s="2"/>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1852 - 1908</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>pipe, objets archéologiques</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>69298</v>
+        <v>11281</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Pot trompeur aux initiales F.G.D. </t>
+          <t>Assiette en porcelaine au décor de fleurs</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1866 - </t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>11363</v>
+        <v>66264</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Bol en porcelaine avec anse en argent</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D354" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D354" s="2" t="inlineStr">
+        <is>
+          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
+        </is>
+      </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1852 - 1908</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>argent, porcelaine</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, modelé, cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>40699</v>
+        <v>69298</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Plat oval du service de table Fleurs Héraldiques</t>
+          <t>Pot trompeur aux initiales F.G.D. </t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1866 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>72335</v>
+        <v>11363</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots trompeurs en grès </t>
+          <t>Bol en porcelaine avec anse en argent</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1867 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>argent, porcelaine</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>technique d'assemblage, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>86654</v>
+        <v>40699</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Théière en faïence à décor polychrome de fleurettes</t>
+          <t>Plat oval du service de table Fleurs Héraldiques</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D357" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D357" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1930</t>
+          <t>1878 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique de peinture</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>43631</v>
+        <v>72335</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>Paire de pots trompeurs en grès </t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>40700</v>
+        <v>86654</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Nénuphars</t>
+          <t>Théière en faïence à décor polychrome de fleurettes</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1891 - 1930</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>céramique, bronze</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>40702</v>
+        <v>43631</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Offrande. Brûle-parfums</t>
+          <t>chemin de croix</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D360" s="2"/>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
-[...2 lines deleted...]
-      <c r="F360" s="2"/>
+          <t>1891 - 1900</t>
+        </is>
+      </c>
+      <c r="F360" s="2" t="inlineStr">
+        <is>
+          <t>chemin de croix</t>
+        </is>
+      </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>céramique, émail</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>11289</v>
+        <v>40700</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Service en porcelaine à décor de frise de lierre</t>
+          <t>Nénuphars</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>assiette, service de table</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique, bronze</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>11290</v>
+        <v>40702</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Assiette à dessert à bord doré</t>
+          <t>Offrande. Brûle-parfums</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Etablissements Demeuldre</t>
+          <t>Massier, Clément</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F362" s="2"/>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique, émail</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>66238</v>
+        <v>11289</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Tigre assis</t>
+          <t>Service en porcelaine à décor de frise de lierre</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
-          <t>de Meester de Betzenbroeck,  Raymond</t>
+          <t>Königliche Porzellan-Manufaktur</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1995</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette, service de table</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>11651</v>
+        <v>11290</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>Assiette à dessert à bord doré</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Atelier Émile Fabry</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Etablissements Demeuldre</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>11652</v>
+        <v>66238</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Tigre assis</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>Atelier Émile Fabry</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>de Meester de Betzenbroeck,  Raymond</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1904 - 1995</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>11653</v>
+        <v>93326</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Pietà</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>Atelier Émile Fabry</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Raes,  Lies</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de sculpture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>11654</v>
+        <v>11651</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>11655</v>
+        <v>11652</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>11656</v>
+        <v>11653</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>11657</v>
+        <v>11654</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>11658</v>
+        <v>11655</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>11659</v>
+        <v>11656</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>11660</v>
+        <v>11657</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>11661</v>
+        <v>11658</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>11662</v>
+        <v>11659</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>11663</v>
+        <v>11660</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>11664</v>
+        <v>11661</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>11665</v>
+        <v>11662</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>11666</v>
+        <v>11663</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>11667</v>
+        <v>11664</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>11668</v>
+        <v>11665</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>11669</v>
+        <v>11666</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>11670</v>
+        <v>11667</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>93326</v>
+        <v>11668</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Pietà</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Raes,  Lies</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>69294</v>
+        <v>11669</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D385" s="2"/>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1990</t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>émail, grès</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'incision</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>11344</v>
+        <v>11670</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Onze assiettes de forme carrée à glaçure jaune</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
-[...2 lines deleted...]
-      <c r="D386" s="2"/>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D386" s="2" t="inlineStr">
+        <is>
+          <t>Delescluze, Edmond</t>
+        </is>
+      </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>11352</v>
+        <v>69294</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>Grand plat émaillé et décoré d'une tête de cheval </t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1990</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>bois, céramique</t>
+          <t>émail, grès</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'incision</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>11337</v>
+        <v>86674</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Service à café à décor de fleurs</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D388" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D388" s="2"/>
       <c r="E388" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
         <v>39362</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
           <t>Vase ovoïde</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>Craco, Arthur</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
@@ -14751,427 +14755,503 @@
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>meuble de rangement et d'exposition</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>terre cuite, grès</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
           <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>86674</v>
+        <v>11352</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>bois, céramique</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>technique de sculpture, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>67741</v>
+        <v>11337</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme nue assise</t>
+          <t>Service à café à décor de fleurs</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>De Korte,  Maurice / De Korte, Maurice</t>
+          <t>A. Lanternier &amp; Co.</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique], technique de sculpture</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>11291</v>
+        <v>11344</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>The American scene</t>
+          <t>Onze assiettes de forme carrée à glaçure jaune</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D393" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D393" s="2"/>
       <c r="E393" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'impression, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>11338</v>
+        <v>67741</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Service à café "Napoleon Ivy"</t>
+          <t>Jeune femme nue assise</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Wedgwood</t>
+          <t>De Korte,  Maurice / De Korte, Maurice</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>modelé, cuit [céramique], technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>103991</v>
+        <v>11291</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+          <t>The American scene</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D395" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>Dehn, Adolf / B. Altman &amp; Co.</t>
+        </is>
+      </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], ciselé</t>
+          <t>doré, technique d'impression, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>42404</v>
+        <v>11338</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Céramique - Portrait</t>
+          <t>Service à café "Napoleon Ivy"</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>Picasso, Pablo</t>
+          <t>Wedgwood</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
-[...2 lines deleted...]
-      <c r="F396" s="2"/>
+          <t>1958 - </t>
+        </is>
+      </c>
+      <c r="F396" s="2" t="inlineStr">
+        <is>
+          <t>service de table</t>
+        </is>
+      </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>62992</v>
+        <v>103991</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Hommage à l’architecte Van Overstraeten</t>
+          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D397" s="2"/>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>cuit [céramique], ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>101299</v>
+        <v>42404</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Céramique - Portrait</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Geoffray, Catherine</t>
+          <t>Picasso, Pablo</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1975 - </t>
+        </is>
+      </c>
+      <c r="F398" s="2"/>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>101295</v>
+        <v>62992</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Colliding Forces</t>
+          <t>Hommage à l’architecte Van Overstraeten</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Eglise Sainte-Marie</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Moutaouakil, Anas</t>
+          <t>van der Linden, Max / Terlinden, Stéphane</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
+        <v>101299</v>
+      </c>
+      <c r="B400" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C400" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D400" s="2" t="inlineStr">
+        <is>
+          <t>Geoffray, Catherine</t>
+        </is>
+      </c>
+      <c r="E400" s="2" t="inlineStr">
+        <is>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F400" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G400" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H400" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="1" t="n">
+        <v>101295</v>
+      </c>
+      <c r="B401" s="2" t="inlineStr">
+        <is>
+          <t>Colliding Forces</t>
+        </is>
+      </c>
+      <c r="C401" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D401" s="2" t="inlineStr">
+        <is>
+          <t>Moutaouakil, Anas</t>
+        </is>
+      </c>
+      <c r="E401" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F401" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G401" s="2" t="inlineStr">
+        <is>
+          <t>grès, émail</t>
+        </is>
+      </c>
+      <c r="H401" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="1" t="n">
         <v>100235</v>
       </c>
-      <c r="B400" s="2" t="inlineStr">
+      <c r="B402" s="2" t="inlineStr">
         <is>
           <t>Mug Ursula 2024</t>
         </is>
       </c>
-      <c r="C400" s="2" t="inlineStr">
+      <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D400" s="2"/>
-      <c r="E400" s="2" t="inlineStr">
+      <c r="D402" s="2"/>
+      <c r="E402" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F400" s="2" t="inlineStr">
+      <c r="F402" s="2" t="inlineStr">
         <is>
           <t>tasse</t>
         </is>
       </c>
-      <c r="G400" s="2" t="inlineStr">
+      <c r="G402" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
-      <c r="H400" s="2" t="inlineStr">
+      <c r="H402" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">