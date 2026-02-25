--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -583,118 +583,118 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>viscose, soie, coton, laine, lin</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>94912</v>
+        <v>95242</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Colour compositions</t>
+          <t>Palimpseste</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Van De Winkel, Dorothéa</t>
+          <t>Devaux, Yole</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
-      <c r="G14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95242</v>
+        <v>94912</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Palimpseste</t>
+          <t>Colour compositions</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Devaux, Yole</t>
+          <t>Van De Winkel, Dorothéa</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
-      <c r="G15" s="2"/>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <t>laine, coton</t>
+        </is>
+      </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>95324</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Relations</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Namèche, Christiane</t>
         </is>
       </c>