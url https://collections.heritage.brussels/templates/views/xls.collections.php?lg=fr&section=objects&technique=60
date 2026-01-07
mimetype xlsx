--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -2563,112 +2563,112 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - 1967</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>93387</v>
+        <v>93388</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>93388</v>
+        <v>93387</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>43013</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>burette de messe</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Billaux-Grossé ,</t>