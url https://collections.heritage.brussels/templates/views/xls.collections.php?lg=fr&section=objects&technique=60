--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -503,357 +503,357 @@
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Mombaers, Cornelis</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1675 - 1725</t>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36870</v>
+        <v>36881</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Statuette de saint Jean Népomucène</t>
+          <t>Grande botte d'asperges au naturel</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>36876</v>
+        <v>36885</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Cabillaud ou brochet </t>
+          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
-      <c r="F12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>36877</v>
+        <v>36870</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Terrine : pigeon</t>
+          <t>Statuette de saint Jean Népomucène</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>36881</v>
+        <v>36876</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Grande botte d'asperges au naturel</t>
+          <t>Cabillaud ou brochet </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Manufacture bruxelloise</t>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>36885</v>
+        <v>36877</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Trois boîtes à épices en forme de coquille Saint-Jacques</t>
+          <t>Terrine : pigeon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+          <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
-      <c r="F15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>66288</v>
+        <v>92378</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
+          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>cuvette et cruche de toilette</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
+          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>66289</v>
+        <v>66288</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
+          <t>Plat à barbe en porcelaine Kakiémon à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>cuvette et cruche de toilette</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>92378</v>
+        <v>66289</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
+          <t>Assiette en porcelaine Kakiémon à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D18" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, or</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
+          <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>36888</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Assiette - décor bleu au saint Michel</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Fabrique de la rue de Laeken,  / Mombaers, Cornelis / Witsenburg, Dirck</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1705 - </t>
@@ -935,233 +935,233 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1725 - 1775</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>36867</v>
+        <v>36879</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Petite chocolatière octogonale</t>
+          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de Laeken</t>
+          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>terrine</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>36869</v>
+        <v>36886</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Canards sur panier d'osier</t>
+          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>36874</v>
+        <v>36867</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Terrine : grappe de raisins et feuilles de vigne</t>
+          <t>Petite chocolatière octogonale</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de la Montagne</t>
+          <t>Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F24" s="2"/>
+      <c r="F24" s="2" t="inlineStr">
+        <is>
+          <t>cafetière</t>
+        </is>
+      </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>36879</v>
+        <v>36869</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Grande terrine et son sous-plat : chou surmonté d'un oiseau</t>
+          <t>Canards sur panier d'osier</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Mombaers, Philippe / Fabrique de la rue de Laeken</t>
+          <t>Manufacture bruxelloise</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>terrine</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>36886</v>
+        <v>36874</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Fontaine. Homme assis (Jacquot) sur un terrain vert de cuivre</t>
+          <t>Terrine : grappe de raisins et feuilles de vigne</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Manufacture bruxelloise</t>
+          <t>Fabrique de la rue de la Montagne</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>49894</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Saucière ou soupière : pigeon couché, décor aux papillons et à la chenille</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
@@ -1451,245 +1451,245 @@
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>36898</v>
+        <v>36889</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
+          <t>47 assiettes aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
+          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique], moulé</t>
+          <t>moulé, cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>36889</v>
+        <v>36898</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>47 assiettes aux oiseaux d'après Buffon</t>
+          <t>24 assiettes à dessert aux oiseaux d'après Buffon</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Fabrique de la rue de l'Étoile,  / Cretté, Louis</t>
+          <t>Cretté, Louis / Fabrique de la rue de l'Étoile</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1803 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>moulé, cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique], moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>36895</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Assiette décorée d'une femme revêtue de la faille</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>36901</v>
+        <v>36893</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Assiette - le jardin botanique de Bruxelles</t>
+          <t>Service des peintres</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph</t>
+          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1870</t>
+          <t>1830 - 1849</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, cuit [céramique]</t>
+          <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>36893</v>
+        <v>36901</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Service des peintres</t>
+          <t>Assiette - le jardin botanique de Bruxelles</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Faber, Henri / Première Manufacture d'Ixelles (Ixelles I)</t>
+          <t>Jacquet, Maximilien-Joseph</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1849</t>
+          <t>1830 - 1870</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], technique d'émaillage</t>
+          <t>technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>39438</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Bassin en porcelaine de Chine Famille rose et sellette en bois sculpté</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
@@ -1727,153 +1727,153 @@
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>élément de façade</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>émail, pierre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>93394</v>
+        <v>88157</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>86691</v>
+        <v>93394</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>88157</v>
+        <v>86691</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>11926</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>pendule [horloge]</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1854 - 1900</t>
@@ -2456,51 +2456,51 @@
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>argent, soie, émail, vermeil</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>toile, moiré, technique d'émaillage, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>11303</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Württembergische Metallwarenfabrik</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>émail, laiton</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'émaillage</t>
@@ -2563,112 +2563,112 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - 1967</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>93388</v>
+        <v>93387</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>93387</v>
+        <v>93388</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>43013</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>burette de messe</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Billaux-Grossé ,</t>
@@ -2715,117 +2715,117 @@
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil, émail</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11948</v>
+        <v>87095</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>plaque à inscription</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...2 lines deleted...]
-      <c r="D68" s="2"/>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
+        </is>
+      </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
-[...2 lines deleted...]
-      <c r="F68" s="2"/>
+          <t>1950 - </t>
+        </is>
+      </c>
+      <c r="F68" s="2" t="inlineStr">
+        <is>
+          <t>tabernacle</t>
+        </is>
+      </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent, émail</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique d'émaillage</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>87095</v>
+        <v>11948</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>plaque à inscription</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1950 - 2000</t>
+        </is>
+      </c>
+      <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, émail</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique d'impression, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>102750</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Tasses à décor égyptien de la manufacture de porcelaine de Langenthal (Suisse)</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>