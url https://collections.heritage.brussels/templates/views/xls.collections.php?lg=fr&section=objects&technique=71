--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -579,232 +579,232 @@
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1904</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>81049</v>
+        <v>57542</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Chaussures</t>
+          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D13" s="2"/>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>De Koninck, Louis-Herman</t>
+        </is>
+      </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
-[...2 lines deleted...]
-      <c r="F13" s="2"/>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>fauteuil</t>
+        </is>
+      </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>cuir, acier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>technique du cuir, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>57542</v>
+        <v>69980</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
+          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>De Koninck, Louis-Herman</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>percussion, accessoire de musique</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>cuir, acier</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique des métaux</t>
+          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>69980</v>
+        <v>69981</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>percussion, accessoire de musique</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>69981</v>
+        <v>69990</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>autres objets militaires</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>69990</v>
+        <v>81049</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
+          <t>Chaussures</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1939</t>
+        </is>
+      </c>
+      <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>58053</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>