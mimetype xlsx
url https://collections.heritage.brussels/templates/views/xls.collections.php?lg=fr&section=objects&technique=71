--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -287,121 +287,121 @@
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>accessoire de chaussage</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>cuir, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>62119</v>
+        <v>70139</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Escarpins </t>
+          <t>Berline de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D5" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D5" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>véhicule terrestre non motorisé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>bois, métal, cuir</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique du cuir</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>70139</v>
+        <v>62119</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Berline de l’Ommegang de Bruxelles</t>
+          <t>Escarpins </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>véhicule terrestre non motorisé</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, cuir</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
+          <t>broderie, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>107612</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Ceinture de retenue</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
@@ -579,232 +579,232 @@
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1904</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>57542</v>
+        <v>81049</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
+          <t>Chaussures</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1939</t>
+        </is>
+      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>cuir, acier</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique des métaux</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>69980</v>
+        <v>57542</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>percussion, accessoire de musique</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>cuir, acier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>69981</v>
+        <v>69980</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>percussion, accessoire de musique</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>69990</v>
+        <v>69981</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>autres objets militaires</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>81049</v>
+        <v>69990</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Chaussures</t>
+          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D17" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
-[...2 lines deleted...]
-      <c r="F17" s="2"/>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F17" s="2" t="inlineStr">
+        <is>
+          <t>autres objets militaires</t>
+        </is>
+      </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>58053</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
@@ -1263,120 +1263,120 @@
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>tanné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>69991</v>
+        <v>69992</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
+          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>arme blanche</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir</t>
+          <t>bois, métal, fer, cuir, matière plastique</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>69992</v>
+        <v>69991</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
+          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>arme blanche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir, matière plastique</t>
+          <t>bois, métal, fer, cuir</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>95607</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>