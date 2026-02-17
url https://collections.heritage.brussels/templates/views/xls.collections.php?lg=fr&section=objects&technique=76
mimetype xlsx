--- v0 (2025-12-30)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H307"/>
+  <dimension ref="A1:H317"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,1184 +179,1172 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>83579</v>
+        <v>48209</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Portrait du sculpteur Charles Van Poucke</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>De Backer, Herman</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83694</v>
+        <v>56753</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Des chaussures pour Henri</t>
+          <t>Gravure d’Augustin Desombres</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Segui, Antonio</t>
-[...4 lines deleted...]
-      <c r="G3" s="2"/>
+          <t>Schuiten, Francois / Desombres, Augustin</t>
+        </is>
+      </c>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t> - 2002</t>
+        </is>
+      </c>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83698</v>
+        <v>56773</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Jardin extraordinaire</t>
+          <t>Gravures édition champignon</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Antoine, Paul</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83706</v>
+        <v>56774</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
+          <t>L'habit</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>93599</v>
+        <v>66474</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les ombres sur la neige</t>
+          <t>Gravure, “Femmes de pêcheurs”, de Kurt Peiser</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>83707</v>
+        <v>83579</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>De Backer, Herman</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>83708</v>
+        <v>83694</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
+          <t>Des chaussures pour Henri</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Segui, Antonio</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>83709</v>
+        <v>83698</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
+          <t>Jardin extraordinaire</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Antoine, Paul</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>83710</v>
+        <v>83706</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
+          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>83711</v>
+        <v>83707</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>83712</v>
+        <v>83708</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>83713</v>
+        <v>83709</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>83744</v>
+        <v>83710</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Léopold Ier</t>
+          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Baugniet, Charles</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>83748</v>
+        <v>83711</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Uccle illustré</t>
+          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>83758</v>
+        <v>83712</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Enveloppe et coquille</t>
+          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Belgeonne, Gabriel</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>84139</v>
+        <v>83713</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le gardien</t>
+          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Geluck, Philippe</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>84148</v>
+        <v>83744</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les ailes d'Icare</t>
+          <t>Portrait de Léopold Ier</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Dominique</t>
+          <t>Baugniet, Charles</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>87617</v>
+        <v>83748</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le lendemain de la Saint-Nicolas</t>
+          <t>Uccle illustré</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>88005</v>
+        <v>83758</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Enveloppe et coquille</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Cram, Jan</t>
+          <t>Belgeonne, Gabriel</t>
         </is>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>76238</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Prix "Théo Mahy – Em Verwee"</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>78900</v>
+        <v>84139</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
+          <t>Le gardien</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Geluck, Philippe</t>
         </is>
       </c>
       <c r="E22" s="2"/>
-      <c r="F22" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>79625</v>
+        <v>84148</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cerisier Uccle. </t>
+          <t>Les ailes d'Icare</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Stroobant, Dominique</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
-      <c r="G23" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>39188</v>
+        <v>87617</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Château Monplaisir</t>
+          <t>Le lendemain de la Saint-Nicolas</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacques</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E24" s="2"/>
-      <c r="F24" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>39449</v>
+        <v>88005</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Combats de coqs</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cram, Jan</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39450</v>
+        <v>78900</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Victor Simonin Dessimont</t>
+          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Kerels, Henri</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>39681</v>
+        <v>79625</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Quai au blé à Gand</t>
+          <t>Cerisier Uccle. </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E27" s="2"/>
-      <c r="F27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>39683</v>
+        <v>39870</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Main dans la main</t>
+          <t>Bruxelles</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Van Dionant-Steisel, Madeleine</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39754</v>
+        <v>40096</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La soubrette confidente</t>
+          <t>Boom met wilde vruchten (Arbre avec fruits sauvages)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Vidal, Gérard</t>
+          <t>Relens, Gaston</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>39870</v>
+        <v>93599</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles</t>
+          <t>Les ombres sur la neige</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant-Steisel, Madeleine</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>40096</v>
+        <v>38621</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Boom met wilde vruchten (Arbre avec fruits sauvages)</t>
+          <t>Léopold  1er</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Relens, Gaston</t>
+          <t>Baugniet, Charles</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>38621</v>
+        <v>39074</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Léopold  1er</t>
+          <t>N. Tardieu d'après Van Loo</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Baugniet, Charles</t>
+          <t>Cochin, Charles Noel II</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>39074</v>
+        <v>39075</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>N. Tardieu d'après Van Loo</t>
+          <t>J.N. Tardieu</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Cochin, Charles Noel II</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>39075</v>
+        <v>39176</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>J.N. Tardieu</t>
+          <t>Ixelles</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Cochin, Charles Noel II</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>39176</v>
+        <v>98630</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Ixelles</t>
+          <t>Annunciation</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>parchemin</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, gravure rehaussée, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>98630</v>
+        <v>99524</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Annunciation</t>
+          <t>Page du Livre de la Confrérie de Notre-Dame de Lorette</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>manuscrit</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>parchemin</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, gravure rehaussée, technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>99524</v>
+        <v>39188</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Page du Livre de la Confrérie de Notre-Dame de Lorette</t>
+          <t>Château Monplaisir</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D37" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Harrewijn, Jacques</t>
+        </is>
+      </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manuscrit</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>100362</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Les Minimes</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Goffin, Raymond</t>
@@ -1431,233 +1419,245 @@
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Putman, Luc</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>100670</v>
+        <v>39449</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Cuisine</t>
+          <t>Combats de coqs</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Coumans,  Raymond</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>48209</v>
+        <v>100670</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Charles Van Poucke</t>
+          <t>Cuisine</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Coumans,  Raymond</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>56753</v>
+        <v>39450</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Gravure d’Augustin Desombres</t>
+          <t>Victor Simonin Dessimont</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Desombres, Augustin</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kerels, Henri</t>
+        </is>
+      </c>
+      <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>56773</v>
+        <v>39681</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Gravures édition champignon</t>
+          <t>Quai au blé à Gand</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E44" s="2"/>
-      <c r="F44" s="2"/>
-      <c r="G44" s="2"/>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>56774</v>
+        <v>39683</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>L'habit</t>
+          <t>Main dans la main</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E45" s="2"/>
-      <c r="F45" s="2"/>
-      <c r="G45" s="2"/>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>66474</v>
+        <v>39754</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Gravure, “Femmes de pêcheurs”, de Kurt Peiser</t>
+          <t>La soubrette confidente</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Vidal, Gérard</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>31186</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
@@ -2124,51 +2124,51 @@
           <t>estampe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>77362</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Calvaire</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>van Leyden, Lucas</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1517 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
@@ -2364,91 +2364,91 @@
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
         <v>77364</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1581 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>77363</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda dans “Civitates orbis terrarum”</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Hogenberg, Frans / Braun, Georg</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1585 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>
@@ -2515,165 +2515,165 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1596 - 1659</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>30670</v>
+        <v>52208</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Jésus remettant les clés à saint Pierre</t>
+          <t>La collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Van Den Enden,  Martinus I / Rubens,  Peter Paul / de Jode, Pieter I</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1634</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>43018</v>
+        <v>30670</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Adoration des Mages</t>
+          <t>Jésus remettant les clés à saint Pierre</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Lauwers,  Nicolaes / Rubens,  Peter Paul</t>
+          <t>Van Den Enden,  Martinus I / Rubens,  Peter Paul / de Jode, Pieter I</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1652</t>
+          <t>1600 - 1634</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>52208</v>
+        <v>43018</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La collégiale des Saints-Michel-et-Gudule</t>
+          <t>Adoration des Mages</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lauwers,  Nicolaes / Rubens,  Peter Paul</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1652</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
         <v>54603</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Palais du Duc de Brabant au Coudenberg à Bruxelles vers 1540</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Visscher (II), Claes Jansz. / Van de Velde, Jan</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1603 - 1652</t>
@@ -2955,120 +2955,120 @@
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1640 - 1640</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>47738</v>
+        <v>52279</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>L'Ommegang devant l'hôtel de ville de Bruxelles</t>
+          <t>La Maison du Roi au milieu du 17e siècle</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Callot, Jacques / Puteanus (De Put), Erycius (Eric)</t>
+          <t>Santvoort, Abraham</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1646 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>52279</v>
+        <v>47738</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi au milieu du 17e siècle</t>
+          <t>L'Ommegang devant l'hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Santvoort, Abraham</t>
+          <t>Callot, Jacques / Puteanus (De Put), Erycius (Eric)</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1646 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>48213</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Portrait de François Duquesnoy, dit le Flamand Sculpteur</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Randon, Claude</t>
@@ -3115,305 +3115,305 @@
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1649 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>52287</v>
+        <v>54465</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles par Visscher</t>
+          <t>Hôtel de Ville et la Halle aux draps vers 1650</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Visscher, N.</t>
+          <t>Van Heil,  Leo / Santvoort, Abraham</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1650 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>54465</v>
+        <v>52287</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Hôtel de Ville et la Halle aux draps vers 1650</t>
+          <t>Panorama de Bruxelles par Visscher</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Van Heil,  Leo / Santvoort, Abraham</t>
+          <t>Visscher, N.</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1650 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>46794</v>
+        <v>52752</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
+          <t>1656 - </t>
         </is>
       </c>
       <c r="F86" s="2"/>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>52752</v>
+        <v>46794</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
+          <t>1656 - 1696</t>
         </is>
       </c>
       <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
         <v>42437</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>Ancien prieuré de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Vosterman [(e Jeune), Lucas</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1659 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>30674</v>
+        <v>52988</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Abbaye Notre-Dame de la Cambre</t>
+          <t>Le couvent des Augustins de Bruxelles</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacobus</t>
+          <t>Blokhuyzen, Reynier / Lauwers, Coenraad / Van Werden, Jacob</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1660 - 1727</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>52988</v>
+        <v>30674</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Le couvent des Augustins de Bruxelles</t>
+          <t>Abbaye Notre-Dame de la Cambre</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Blokhuyzen, Reynier / Lauwers, Coenraad / Van Werden, Jacob</t>
+          <t>Harrewijn, Jacobus</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1660 - 1727</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>43093</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Saint Josse abandonnant les grandeurs de ce monde</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1663 - 1663</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
@@ -3555,459 +3555,459 @@
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1680 - 1795</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>47319</v>
+        <v>52288</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Le couvent de Jéricho</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D96" s="2"/>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Harrewijn, Jacobus</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1682 - </t>
-[...2 lines deleted...]
-      <c r="F96" s="2"/>
+          <t>1682 - 1727</t>
+        </is>
+      </c>
+      <c r="F96" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>47320</v>
+        <v>47319</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1682 - </t>
         </is>
       </c>
       <c r="F97" s="2"/>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>52288</v>
+        <v>47320</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Le couvent de Jéricho</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D98" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1682 - 1727</t>
-[...6 lines deleted...]
-      </c>
+          <t>1682 - </t>
+        </is>
+      </c>
+      <c r="F98" s="2"/>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>47056</v>
+        <v>47966</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi en feu et en ruines par le bombardement de Bruxelles en 1695</t>
+          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Malfeson</t>
+          <t>Coppens, Augustin / Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>47966</v>
+        <v>47967</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
+          <t>La Grand-Place en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Coppens, Augustin / Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>47967</v>
+        <v>47971</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place en ruines après le bombardement de 1695</t>
+          <t>Estampe de titre des "Perspectives des ruines de la ville de Bruxelles"</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin / Van Orley,  Richard</t>
+          <t>Coppens, Augustin</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>47971</v>
+        <v>54483</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Estampe de titre des "Perspectives des ruines de la ville de Bruxelles"</t>
+          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin</t>
+          <t>Van Orley,  Richard / Coppens, Augustin</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>54483</v>
+        <v>54546</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
+          <t>Les ruines de la ville basse après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Coppens, Augustin</t>
+          <t>Coppens, Augustin / Schenk, Pieter</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1695 - 1711</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>54546</v>
+        <v>54589</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Les ruines de la ville basse après le bombardement de 1695</t>
+          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin / Schenk, Pieter</t>
+          <t>Schenk, P. / Coppens, Augustin</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1695 - 1711</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>54589</v>
+        <v>52220</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
+          <t>Plan du Bombardement de Bruxelles par l'armée du Roi le 13, 14 et 15 Août 1695</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Schenk, P. / Coppens, Augustin</t>
+          <t>Van Loon, Harmanus / De Fer, Nicolas</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1695 - 1711</t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>plan, estampe</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>52220</v>
+        <v>47056</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Plan du Bombardement de Bruxelles par l'armée du Roi le 13, 14 et 15 Août 1695</t>
+          <t>La Maison du Roi en feu et en ruines par le bombardement de Bruxelles en 1695</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Van Loon, Harmanus / De Fer, Nicolas</t>
+          <t>Malfeson</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>plan, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>47321</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -4091,121 +4091,121 @@
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1697 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>42534</v>
+        <v>52286</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>plaque votive</t>
+          <t>Incendie à l'hôtel de Nassau (1701)</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D110" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Harrewijn, Jacobus / Coppens, Augustin</t>
+        </is>
+      </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1705</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>ex-voto</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique d'assemblage</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>52286</v>
+        <v>42534</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Incendie à l'hôtel de Nassau (1701)</t>
+          <t>plaque votive</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1705</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>ex-voto</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>51177</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Le couvent des Dominicains à Bruxelles</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>de Jonghe, Jan Frans / Harrewijn, Jacobus</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1715 - 1727</t>
@@ -4723,565 +4723,565 @@
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>47793</v>
+        <v>47799</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>La Place Royale à Bruxelles</t>
+          <t>Statue de Charles de Lorraine sur la Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Rooland, A.</t>
+          <t>von Verschaffelt, Peter Anton / Sintzenich, Heinrich</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1790</t>
+          <t>1776 - 1795</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>47799</v>
+        <v>53618</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Statue de Charles de Lorraine sur la Place Royale à Bruxelles</t>
+          <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>von Verschaffelt, Peter Anton / Sintzenich, Heinrich</t>
+          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1795</t>
+          <t>1776 - 1794</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>53618</v>
+        <v>47793</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Leizel, F. / Ridderbosch, Bernard Auguste (B. C.)</t>
+          <t>Rooland, A.</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1794</t>
+          <t>1776 - 1790</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>49812</v>
+        <v>50507</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>La Fontaine des Trois Grâces à Bruxelles</t>
+          <t>Plan topographique de Bruxelles et ses environs en 1777</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Eisen, Charles</t>
+          <t>Dupuis, L.A. / Ferrarris</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1777 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>estampe, plan</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, aquarelle</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>50507</v>
+        <v>49812</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Plan topographique de Bruxelles et ses environs en 1777</t>
+          <t>La Fontaine des Trois Grâces à Bruxelles</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, L.A. / Ferrarris</t>
+          <t>Eisen, Charles</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1777 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>estampe, plan</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>encre, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>52289</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>La place Royale et l’église Saint-Jacques</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Martin, J.</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1780 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>42643</v>
+        <v>53068</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Ier accompagné du duc d'Hamilton</t>
+          <t>La Place Royale à Bruxelles en 1782</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Strange,  Robert / Van Dyck,  Antoon</t>
+          <t>Ridderbosch, Bernard Auguste (B. C.)</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1782 - 1782</t>
+          <t>1782 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
         <v>52834</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>La Place Royale à Bruxelles en 1782</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Ridderbosch, Bernard Auguste (B. C.)</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1782 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>rehaussé , technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>53068</v>
+        <v>42643</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La Place Royale à Bruxelles en 1782</t>
+          <t>Portrait de Charles Ier accompagné du duc d'Hamilton</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Ridderbosch, Bernard Auguste (B. C.)</t>
+          <t>Strange,  Robert / Van Dyck,  Antoon</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1782 - </t>
+          <t>1782 - 1782</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
         <v>47777</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Vue du Parc à Bruxelles</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Ridderbosch, Bernard Auguste (B. C.) / Zanna, Jean / Orio, Ambrogio</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1783 - 1785</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>48165</v>
+        <v>47941</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Portrait du Messire Henri Charles Nicolaa Van der Noot , avocat au Conseil Souverain de Brabant</t>
+          <t>Le château de Schoonenberg à Laeken</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>De Glimes, Pierre / Bartolozzi, Francesco</t>
+          <t>Le Febre, François / Middiman, Samuel / Artaria , Carlo / Zanna, Jean / Torre, &amp; Co.</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1795</t>
+          <t>1785 - 1786</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>47941</v>
+        <v>48267</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Le château de Schoonenberg à Laeken</t>
+          <t>Fête donnée dans le parc du chateau de Schoonenberg à Laeken en 1785</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Middiman, Samuel / Artaria , Carlo / Zanna, Jean / Torre, &amp; Co.</t>
+          <t>Cardon, Antoine</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1786</t>
+          <t>1785 - 1793</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>48267</v>
+        <v>48165</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Fête donnée dans le parc du chateau de Schoonenberg à Laeken en 1785</t>
+          <t>Portrait du Messire Henri Charles Nicolaa Van der Noot , avocat au Conseil Souverain de Brabant</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Cardon, Antoine</t>
+          <t>De Glimes, Pierre / Bartolozzi, Francesco</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1793</t>
+          <t>1785 - 1795</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>53058</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Fête donnée dans le parc du Palais de Schoonenberg à Laeken en 1785</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Cardon, Antoine</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1785 - 1799</t>
@@ -5319,352 +5319,356 @@
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1785 - 1793</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>77366</v>
+        <v>47940</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Le menuet de la mariée</t>
+          <t>Vue du temple de l'Amitié dans le parc de Laeken</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Debucourt, Philibert</t>
+          <t>Le Febre, François / Byrne, William / Tessari, Santo / Zanna, Jean / Colnaghi, Paul</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1786 - </t>
+          <t>1786 - 1799</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>47940</v>
+        <v>52290</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Vue du temple de l'Amitié dans le parc de Laeken</t>
+          <t>Le chateau de Schoonenberg et le parc de Laeken vers 1786</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Byrne, William / Tessari, Santo / Zanna, Jean / Colnaghi, Paul</t>
+          <t>Le Febre, François / Middiman, Samuel</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1786 - 1799</t>
+          <t>1786 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>52290</v>
+        <v>77366</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Le chateau de Schoonenberg et le parc de Laeken vers 1786</t>
+          <t>Le menuet de la mariée</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Middiman, Samuel</t>
+          <t>Debucourt, Philibert</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>48164</v>
+        <v>48269</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Portrait du Messire Henri Van der Noot, Ministre Plénipotentiaire du Brabant</t>
+          <t>Représentation de la foule du peuple devant le Conseil Souverain du Brabant le 9 Mai 1787</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Bance, Jacques Louis / Bance, Charles</t>
+          <t>Rogers, Rodolphe</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1787 - 1795</t>
+          <t>1787 - 1790</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>48269</v>
+        <v>48164</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Représentation de la foule du peuple devant le Conseil Souverain du Brabant le 9 Mai 1787</t>
+          <t>Portrait du Messire Henri Van der Noot, Ministre Plénipotentiaire du Brabant</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Rogers, Rodolphe</t>
+          <t>Bance, Jacques Louis / Bance, Charles</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1787 - 1790</t>
+          <t>1787 - 1795</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>52640</v>
+        <v>51284</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Henri Van der Noot</t>
+          <t>La foule du peuple dans la Grand-Place à Bruxelles lors de l'assemblée des États de Brabant, le 9 mai 1787</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Rogers, R.</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1787 - 1795</t>
-[...6 lines deleted...]
-      </c>
+          <t>1787 - </t>
+        </is>
+      </c>
+      <c r="F146" s="2"/>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>rehaussé , technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>51284</v>
+        <v>52640</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>La foule du peuple dans la Grand-Place à Bruxelles lors de l'assemblée des États de Brabant, le 9 mai 1787</t>
+          <t>Portrait de Henri Van der Noot</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Rogers, R.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
-[...2 lines deleted...]
-      <c r="F147" s="2"/>
+          <t>1787 - 1795</t>
+        </is>
+      </c>
+      <c r="F147" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>73405</v>
+        <v>47985</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Plaque de cuivre gravée "Messire H.C.N. Vandernoot 1787"</t>
+          <t>La Révolution Brabanconne: allégorie de la Belgique en décembre 1789</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>De Bouge</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1789 - </t>
         </is>
       </c>
-      <c r="F148" s="2"/>
+      <c r="F148" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
         <v>48005</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>Entrée de Van der Noot à Bruxelles</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
@@ -5743,610 +5747,606 @@
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1789 - 1816</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>47985</v>
+        <v>51160</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabanconne: allégorie de la Belgique en décembre 1789</t>
+          <t>Portrait de Joseph François Vonck</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Durig, Jean-Joseph</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1789 - 1816</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>52638</v>
+        <v>51161</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Messire H.C.N. Vander Noot 1787</t>
+          <t>Portrait de Henri van der Noot</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>De la Rue</t>
+          <t>Bance, Jacques Louis</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1789 - 1790</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>51160</v>
+        <v>52638</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Joseph François Vonck</t>
+          <t>Messire H.C.N. Vander Noot 1787</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Durig, Jean-Joseph</t>
+          <t>De la Rue</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1816</t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>51161</v>
+        <v>73405</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Henri van der Noot</t>
+          <t>Plaque de cuivre gravée "Messire H.C.N. Vandernoot 1787"</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Bance, Jacques Louis</t>
+          <t>De Bouge</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1790</t>
-[...6 lines deleted...]
-      </c>
+          <t>1789 - </t>
+        </is>
+      </c>
+      <c r="F155" s="2"/>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>48001</v>
+        <v>50798</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne: Départ du Souverain Congrès des Provinces Belgique unies</t>
+          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D156" s="2"/>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>48002</v>
+        <v>51150</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Départ du Souverain Congrès des Provinces Belgique unies</t>
+          <t>Van der Noot s'enfuit avec sa maîtresse madame Pinault</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D157" s="2"/>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Will, Johan Martin</t>
+        </is>
+      </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>48003</v>
+        <v>47981</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Départ du Souverain Congrès des Provinces Belgique unies</t>
+          <t>Bataille de Falmagne</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D158" s="2"/>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>von der Beeck, Heinrich / Will, Johan Martin</t>
+        </is>
+      </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G158" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G158" s="2"/>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>48024</v>
+        <v>47982</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Libertas Coronata</t>
+          <t>L'expédition ridicule des Moines</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Will, Johan Martin</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1790 - 1806</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G159" s="2"/>
+      <c r="G159" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>48025</v>
+        <v>47983</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne </t>
+          <t>L'expédition ridicule des Moines</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Will, Johan Martin</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1790 - 1806</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>48028</v>
+        <v>48001</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
+          <t>La Révolution Brabançonne: Départ du Souverain Congrès des Provinces Belgique unies</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D161" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>50798</v>
+        <v>48002</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
+          <t>La Révolution Brabançonne : Départ du Souverain Congrès des Provinces Belgique unies</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D162" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>51150</v>
+        <v>48003</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Van der Noot s'enfuit avec sa maîtresse madame Pinault</t>
+          <t>La Révolution Brabançonne : Départ du Souverain Congrès des Provinces Belgique unies</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D163" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>47981</v>
+        <v>48024</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Bataille de Falmagne</t>
+          <t>Libertas Coronata</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>von der Beeck, Heinrich / Will, Johan Martin</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>47982</v>
+        <v>48025</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>L'expédition ridicule des Moines</t>
+          <t>La Révolution Brabançonne </t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Will, Johan Martin</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1806</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>47983</v>
+        <v>48028</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>L'expédition ridicule des Moines</t>
+          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Will, Johan Martin</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1806</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>52635</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>Départ du Souverain Congrès des Provinces Belgiques unies</t>
@@ -6403,125 +6403,125 @@
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1794 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>43021</v>
+        <v>48210</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>La Dernière Cène</t>
+          <t>Portrait du sculpteur Laurent Delvaux</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Morghen, Raphael / Matteini, Teodoro / da Vinci, Leonardo / de Antoni, Niccolo</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1800</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique d'impression</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>48210</v>
+        <v>43021</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Laurent Delvaux</t>
+          <t>La Dernière Cène</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Morghen, Raphael / Matteini, Teodoro / da Vinci, Leonardo / de Antoni, Niccolo</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
+          <t>1800 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>43120</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Pierre lithographique pour le certificat de communion de la paroisse Saint-Josse</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Lambert-Stevelinck,  E.</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
@@ -6963,285 +6963,285 @@
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1817 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>46576</v>
+        <v>48193</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Le théâtre royal de la Monnaie</t>
+          <t>Portrait du sculpteur-architecte Jean Goujon</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
+          <t>Leclerc, Auguste-Toussaint / Jacquand, Claude</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1878</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>48193</v>
+        <v>54209</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur-architecte Jean Goujon</t>
+          <t>Les maisons de la rue de la Madeleine en 1825 (côté impair)</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Leclerc, Auguste-Toussaint / Jacquand, Claude</t>
+          <t>Schouten, S.</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1878</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire, matière colorante</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>54209</v>
+        <v>46576</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Les maisons de la rue de la Madeleine en 1825 (côté impair)</t>
+          <t>Le théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Schouten, S.</t>
+          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire, matière colorante</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
         <v>47858</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
           <t>Manneken-Pis en grande tenue à l'occasion de la Grande Kermesse de Bruxelles, le 15 juillet 1827</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Burggraaff</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1827 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>48097</v>
+        <v>47958</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Grand triomphe d'une petite nation (1830)</t>
+          <t>Décapitation du Comte d'Egmont sur la Grand-Place en 1568</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1899</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>47958</v>
+        <v>48097</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Décapitation du Comte d'Egmont sur la Grand-Place en 1568</t>
+          <t>Grand triomphe d'une petite nation (1830)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1899</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
         <v>54463</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
           <t>Vue de Bruxelles depuis la rue Royale</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Batty, Robert</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1830 - </t>
@@ -7683,116 +7683,116 @@
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1848 - 1897</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>49679</v>
+        <v>48203</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Albert Glatigny</t>
+          <t>Portrait du graveur italien Rafaello Morghen</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
-      <c r="F201" s="2"/>
+      <c r="F201" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>48203</v>
+        <v>49679</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Portrait du graveur italien Rafaello Morghen</t>
+          <t>Portrait d'Albert Glatigny</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
-      <c r="F202" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F202" s="2"/>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
         <v>82082</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
           <t>Attente - La famille du pêcheur </t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Gallait, Louis / Falmagne, Louis</t>
@@ -8611,3177 +8611,3541 @@
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>67751</v>
+        <v>67748</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Genval « L’Argentine »</t>
+          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>carte postale</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>67752</v>
+        <v>67749</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Boitsfort</t>
+          <t>La forêt à Auderghem</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>carte postale</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>67793</v>
+        <v>67750</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Publicité pour les peintres-décorateurs Léon Van Cutsem et Gabriel Van Dievoet</t>
+          <t>Genval « Malaise »</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Van Cutsem, Léon François</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique d'impression</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>67795</v>
+        <v>67751</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Prix décerné à Paul Cauchie pour le concours de la Chambre Syndicale Provinciale des Arts Industriels à Gand en 1901</t>
+          <t>Genval « L’Argentine »</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Metdepenninghen,  Felix</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure, technique d'écriture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>67748</v>
+        <v>67752</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
+          <t>Boitsfort</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>carte postale</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>67749</v>
+        <v>67793</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>La forêt à Auderghem</t>
+          <t>Publicité pour les peintres-décorateurs Léon Van Cutsem et Gabriel Van Dievoet</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Van Cutsem, Léon François</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>67750</v>
+        <v>67795</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Genval « Malaise »</t>
+          <t>Prix décerné à Paul Cauchie pour le concours de la Chambre Syndicale Provinciale des Arts Industriels à Gand en 1901</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Metdepenninghen,  Felix</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
         <v>57543</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
           <t>L'ancienne maison des boulangers, Grand-Place, devenue Grand Magasin d'articles de ménage</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1902 - 1940</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>83574</v>
+        <v>48214</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Portrait de Jan Stobbaerts</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Carcan, René</t>
+          <t>Lemmers, Ferdinand Georges</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
-      <c r="F233" s="2"/>
-      <c r="G233" s="2"/>
+      <c r="F233" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G233" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>39826</v>
+        <v>49711</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Vue de la Bourse  depuis un balcon</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1914</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>49711</v>
+        <v>49715</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Bourse  depuis un balcon</t>
+          <t>Le Roi Léopold  II à l'inauguration de l'Arc de Triomphe du parc du Cinquantenaire</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Flasschoen, Gustave</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1914</t>
-[...6 lines deleted...]
-      </c>
+          <t>1905 - </t>
+        </is>
+      </c>
+      <c r="F235" s="2"/>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>49715</v>
+        <v>50410</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Le Roi Léopold  II à l'inauguration de l'Arc de Triomphe du parc du Cinquantenaire</t>
+          <t>Rue à Bruxelles</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Gilsoul,  Victor</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
-      <c r="F236" s="2"/>
+      <c r="F236" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>50410</v>
+        <v>83574</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Rue à Bruxelles</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul,  Victor</t>
+          <t>Carcan, René</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
-      <c r="F237" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>48214</v>
+        <v>39826</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jan Stobbaerts</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Lemmers, Ferdinand Georges</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>68968</v>
+        <v>77704</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Georges Montenez, Le roi Albert Ier, gravure, 1910.</t>
+          <t>"Portrait de Rik Wouters / Portret van Rik Wouters" (1908-1909)</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Montenez, J.</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1908 - 1909</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G239" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G239" s="2"/>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>93848</v>
+        <v>77705</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Femme cousant</t>
+          <t>"Portrait de Rik au bonnet de fourrure / Portrait van Rik met bonte muts" (1909-1910)</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1909 - 1910</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G240" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G240" s="2"/>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>93873</v>
+        <v>68968</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Femme au miroir (La toilette)</t>
+          <t>Georges Montenez, Le roi Albert Ier, gravure, 1910.</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Montenez, J.</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>39447</v>
+        <v>77696</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>S.M. Albert, Roi des belges</t>
+          <t>"impression d'hiver : Entrée de village" (1910/1911)</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Anonyme Ah</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1910 - 1911</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G242" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G242" s="2"/>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>52898</v>
+        <v>77700</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max à Celle-Schloss en 1915</t>
+          <t>"Impression d'hiver : Boitsfort sous la neige" (la cheminée) 1911</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Buyle, J.</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1915 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G243" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G243" s="2"/>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>92358</v>
+        <v>77701</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Eglise abbatiale Notre-Dame de la Cambre</t>
+          <t>"Impression d'hiver : La lisière de la forêt sous la neige" 1911 (Sapins)</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Jules / Van De Leene, Jules</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>image imprimée</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G244" s="2"/>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>87796</v>
+        <v>77702</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>"Tête de chelle"</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D245" s="2"/>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Wouters, Rik</t>
+        </is>
+      </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G245" s="2"/>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, taffetas</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>87524</v>
+        <v>93848</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Emile Verhaeren </t>
+          <t>Femme cousant</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Berbier , Charles</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
-[...3 lines deleted...]
-      <c r="G246" s="2"/>
+          <t>1913 - </t>
+        </is>
+      </c>
+      <c r="F246" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G246" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>77283</v>
+        <v>93873</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Le baiser</t>
+          <t>Femme au miroir (La toilette)</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Mambour, Auguste</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>lithographie, technique de gravure</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>39352</v>
+        <v>39447</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Tir à l'arc</t>
+          <t>S.M. Albert, Roi des belges</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Desmare, Lucien</t>
+          <t>Anonyme Ah</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1981</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>83671</v>
+        <v>52898</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Travaux du Canal de Charleroi en 1930 - Quais</t>
+          <t>Adolphe Max à Celle-Schloss en 1915</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Buyle, J.</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...3 lines deleted...]
-      <c r="G249" s="2"/>
+          <t>1915 - </t>
+        </is>
+      </c>
+      <c r="F249" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G249" s="2" t="inlineStr">
+        <is>
+          <t>encre</t>
+        </is>
+      </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>69986</v>
+        <v>87796</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Paire de morions de l’Ommegang de Bruxelles</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laiton, bois, soie, ivoire</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
+          <t>technique de gravure, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>56326</v>
+        <v>92358</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Images de Bruxelles </t>
+          <t>Eglise abbatiale Notre-Dame de la Cambre</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Jules / Van De Leene, Jules</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>estampe, dessin, lettre</t>
+          <t>image imprimée</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire, cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique de dessin</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>91023</v>
+        <v>87524</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Judengasse in Berlin [Rue juive à Berlin]</t>
+          <t>Emile Verhaeren </t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Berbier , Charles</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F252" s="2"/>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>91030</v>
+        <v>77283</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Jüdisches Begräbnis [Enterrement juif]</t>
+          <t>Le baiser</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Mambour, Auguste</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G253" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G253" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>50426</v>
+        <v>39352</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Le Palais du Centenaire au Heyzel en construction</t>
+          <t>Tir à l'arc</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Masui, Paul-Auguste</t>
+          <t>Desmare, Lucien</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...2 lines deleted...]
-      <c r="F254" s="2"/>
+          <t>1925 - 1981</t>
+        </is>
+      </c>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>91022</v>
+        <v>83671</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Unter'm Hakenkreuz - Flüstern und Lauschen [Sous la croix gammée - Chuchoter et écouter ]</t>
+          <t>Travaux du Canal de Charleroi en 1930 - Quais</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F255" s="2"/>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>50358</v>
+        <v>69986</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>La Place de la Justice à Bruxelles</t>
+          <t>Paire de morions de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Semot, N.</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>91018</v>
+        <v>56326</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Thomas Münzer devant le duc -  série „Zum Deutschen Bauernkrieg“ </t>
+          <t>Images de Bruxelles </t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G257" s="2"/>
+          <t>estampe, dessin, lettre</t>
+        </is>
+      </c>
+      <c r="G257" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre noire, cuivre</t>
+        </is>
+      </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de gravure, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>90883</v>
+        <v>50426</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Das Pfeiferhänslein“ La petite fille au sifflet] - série "Zum Deutschen Bauernkrieg"</t>
+          <t>Le Palais du Centenaire au Heyzel en construction</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Masui, Paul-Auguste</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
-[...7 lines deleted...]
-      <c r="G258" s="2"/>
+          <t>1934 - </t>
+        </is>
+      </c>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>90884</v>
+        <v>91023</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Joss Fritz organisiert den Bundschuh [Joss Fritz organise le Bundschuh ] - série „Zum Deutschen Bauernkrieg“  </t>
+          <t>Judengasse in Berlin [Rue juive à Berlin]</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>90885</v>
+        <v>91030</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t> So lebte der Bauer [Ainsi vivait le paysan]- série „Zum Deutschen Bauernkrieg“</t>
+          <t>Jüdisches Begräbnis [Enterrement juif]</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>90886</v>
+        <v>91022</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>“et si nous rentrons battus, nos petits-enfants les tresseront mieux que nous » - série „Zum Deutschen Bauernkrieg“</t>
+          <t>Unter'm Hakenkreuz - Flüstern und Lauschen [Sous la croix gammée - Chuchoter et écouter ]</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>90887</v>
+        <v>50358</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Die 12 Artikel der Bauern [Les 12 articles des paysans ] - série „Zum Deutschen Bauernkrieg“ </t>
+          <t>La Place de la Justice à Bruxelles</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Grundig, Léa</t>
+          <t>Semot, N.</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1956 - 1958</t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G262" s="2"/>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>91015</v>
+        <v>91018</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Jäcklein Rohrbach chasse les chevaliers près de Weinsberg à l’aide de piques - série „Zum Deutschen Bauernkrieg“.</t>
+          <t>Thomas Münzer devant le duc -  série „Zum Deutschen Bauernkrieg“ </t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>91016</v>
+        <v>90883</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>La courtisane noire - série "Zum Deutschen Bauernkrieg" </t>
+          <t>Das Pfeiferhänslein“ La petite fille au sifflet] - série "Zum Deutschen Bauernkrieg"</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>91017</v>
+        <v>90884</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Jäcklein Rohrbach est brûlé - série „Zum Deutschen Bauernkrieg“</t>
+          <t>Joss Fritz organisiert den Bundschuh [Joss Fritz organise le Bundschuh ] - série „Zum Deutschen Bauernkrieg“  </t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>77365</v>
+        <v>90885</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>L'abandon de la ferme (La Ferme Rose à Uccle)</t>
+          <t> So lebte der Bauer [Ainsi vivait le paysan]- série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>image imprimée, estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G266" s="2"/>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>95415</v>
+        <v>90886</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Objet 2</t>
+          <t>“et si nous rentrons battus, nos petits-enfants les tresseront mieux que nous » - série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Carcan, René</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>87605</v>
+        <v>90887</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Averse boulevard de la Woluwe </t>
+          <t>Die 12 Artikel der Bauern [Les 12 articles des paysans ] - série „Zum Deutschen Bauernkrieg“ </t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Pêtre , Albert</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
-[...2 lines deleted...]
-      <c r="F268" s="2"/>
+          <t>1956 - 1958</t>
+        </is>
+      </c>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>87606</v>
+        <v>91015</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Premières neiges boulevard de la Woluwe </t>
+          <t>Jäcklein Rohrbach chasse les chevaliers près de Weinsberg à l’aide de piques - série „Zum Deutschen Bauernkrieg“.</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Pêtre , Albert</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
-[...2 lines deleted...]
-      <c r="F269" s="2"/>
+          <t>1956 - 1958</t>
+        </is>
+      </c>
+      <c r="F269" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>95322</v>
+        <v>91016</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Réseau connectif I</t>
+          <t>La courtisane noire - série "Zum Deutschen Bauernkrieg" </t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Mayer, Marina</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>56576</v>
+        <v>91017</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Femme</t>
+          <t>Jäcklein Rohrbach est brûlé - série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Meysmans, Willy</t>
+          <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
-[...2 lines deleted...]
-      <c r="F271" s="2"/>
+          <t>1956 - 1958</t>
+        </is>
+      </c>
+      <c r="F271" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>100671</v>
+        <v>77365</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Maison J. Dandoy</t>
+          <t>L'abandon de la ferme (La Ferme Rose à Uccle)</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Putman, Luc</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1981 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>50059</v>
+        <v>95415</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Le kiosque à musique du Parc de Bruxelles</t>
+          <t>Objet 2</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Ickx, Nicole</t>
+          <t>Carcan, René</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1981 - </t>
-[...7 lines deleted...]
-      </c>
+          <t>1966 - </t>
+        </is>
+      </c>
+      <c r="F273" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G273" s="2"/>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>56743</v>
+        <v>87605</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>La maison du portier</t>
+          <t>Averse boulevard de la Woluwe </t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Buelens, Jenny</t>
+          <t>Pêtre , Albert</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1967 - </t>
+        </is>
+      </c>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>80283</v>
+        <v>87606</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Séries de timbres-poste</t>
+          <t>Premières neiges boulevard de la Woluwe </t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D275" s="2"/>
+          <t>Commune de Woluwe-Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>Pêtre , Albert</t>
+        </is>
+      </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1967 - </t>
+        </is>
+      </c>
+      <c r="F275" s="2"/>
+      <c r="G275" s="2"/>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>95279</v>
+        <v>95322</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Réseau connectif I</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Bras, Georges</t>
+          <t>Mayer, Marina</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>94992</v>
+        <v>56576</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>Femme</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger</t>
+          <t>Meysmans, Willy</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1977 - </t>
+        </is>
+      </c>
+      <c r="F277" s="2"/>
+      <c r="G277" s="2"/>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>98172</v>
+        <v>50059</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Nord, Sud, Est, Ouest</t>
+          <t>Le kiosque à musique du Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Van Malderen, Luc</t>
+          <t>Ickx, Nicole</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1981 - </t>
+        </is>
+      </c>
+      <c r="F278" s="2"/>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>94927</v>
+        <v>100671</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Béton</t>
+          <t>Maison J. Dandoy</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Dewint, Roger</t>
+          <t>Putman, Luc</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1981 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G279" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G279" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>94932</v>
+        <v>56743</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Ville</t>
+          <t>La maison du portier</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Dumont, Paul</t>
+          <t>Buelens, Jenny</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G280" s="2"/>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>94865</v>
+        <v>80283</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Bétonnière </t>
+          <t>Séries de timbres-poste</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D281" s="2"/>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G281" s="2"/>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+        </is>
+      </c>
+      <c r="G281" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>70172</v>
+        <v>95279</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Champignon horizontal</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Danino, Dany</t>
+          <t>Bras, Georges</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
-[...7 lines deleted...]
-      </c>
+          <t>1991 - </t>
+        </is>
+      </c>
+      <c r="F282" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G282" s="2"/>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>64602</v>
+        <v>77550</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Les P'tites soeurs de l'Atomium, Le Refuge des Rêves, Requiem pour une étoile</t>
+          <t>Vierge</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Pitois, Cécile</t>
+          <t>Craco, Arthur</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G283" s="2"/>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>sgraffite, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>69029</v>
+        <v>79510</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>[Ferdinand] Delannoy, Portrait de Jean-Jacques Régis de Cambacérès, gravure, s.d.</t>
+          <t>Uccle - Forêt de Soignes</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Delannoy</t>
+          <t>Dumont, Paul</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>linogravure, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>69034</v>
+        <v>94992</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
+          <t>Femme</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Somville, Roger</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>69038</v>
+        <v>98172</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Michel-Edouard Leclerc, Claude-Antoine Regnier duc de Massa-Carrar, grand-juge, ministre de la justice, 1814, gravure, s.d.</t>
+          <t>Nord, Sud, Est, Ouest</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Leclerc, Michel-Edouard</t>
+          <t>Van Malderen, Luc</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>69044</v>
+        <v>77634</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Jedwab, Julia</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G287" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G287" s="2"/>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>87503</v>
+        <v>94927</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Moulin à vent </t>
+          <t>Béton</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Malfliet, Romain</t>
+          <t>Dewint, Roger</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>69045</v>
+        <v>77639</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
+          <t>Gravures Série 1</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Crêvecoeur, Kikie</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G289" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G289" s="2"/>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>69046</v>
+        <v>94932</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Ville</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Dumont, Paul</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G290" s="2"/>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>87570</v>
+        <v>94865</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Chemin des deux maisons </t>
+          <t>Bétonnière </t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Dusaer, Charles</t>
+          <t>Crêvecoeur, Kikie</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...2 lines deleted...]
-      <c r="F291" s="2"/>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F291" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>69047</v>
+        <v>64602</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
+          <t>Les P'tites soeurs de l'Atomium, Le Refuge des Rêves, Requiem pour une étoile</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Pitois, Cécile</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>émail, inox, émail</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>sgraffite, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>69109</v>
+        <v>70172</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Jacques Philippe Levilly, Le retour du marché, d'après Henry Singleton, gravure, s.d. [fin 19e siècle].</t>
+          <t>Champignon horizontal</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Levilly, J.P.</t>
+          <t>Danino, Dany</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F293" s="2"/>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, papier, papier</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>94950</v>
+        <v>68682</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Matière à lire</t>
+          <t>Johann Elias Haid, L'homme entre le vice et la vertu, d'après un tableau de J. Reynolds, gravure, s.d.</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Mayer, Marina</t>
+          <t>Haid, Johann, Elias</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G294" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G294" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>95220</v>
+        <v>68782</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G295" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G295" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>95262</v>
+        <v>68370</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Papillon</t>
+          <t>Eugène Laermans, La consultation, eau-forte, s.d. [vers 1895].</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G296" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G296" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>95280</v>
+        <v>68372</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Reposoir 1</t>
+          <t>Florent F. Willems, La visite aux grands-parents, gravure (d'après Louis Le Nain), s.d.</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Canonne, Sylvie</t>
+          <t>Lenain, Louis / Willems, Florent F.</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>95281</v>
+        <v>68560</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Reposoir 2</t>
+          <t>Alfred Martin, Le grand canal à Venise, gravure, s.d.</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Canonne, Sylvie</t>
+          <t>Martin,  Alfred</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>95373</v>
+        <v>68561</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Alfred Martin, L'église d'Alle sur Semois, gravure, s.d.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger</t>
+          <t>Martin,  Alfred</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G299" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G299" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>95411</v>
+        <v>69029</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Le Vol et la Prostitution dominent le monde</t>
+          <t>[Ferdinand] Delannoy, Portrait de Jean-Jacques Régis de Cambacérès, gravure, s.d.</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien</t>
+          <t>Delannoy</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G300" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G300" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>106686</v>
+        <v>69034</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Théâtre d'ombres I</t>
+          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...2 lines deleted...]
-      <c r="D301" s="2"/>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D301" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>68370</v>
+        <v>69038</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La consultation, eau-forte, s.d. [vers 1895].</t>
+          <t>Michel-Edouard Leclerc, Claude-Antoine Regnier duc de Massa-Carrar, grand-juge, ministre de la justice, 1814, gravure, s.d.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D302" s="2"/>
+      <c r="D302" s="2" t="inlineStr">
+        <is>
+          <t>Leclerc, Michel-Edouard</t>
+        </is>
+      </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>68372</v>
+        <v>69044</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Florent F. Willems, La visite aux grands-parents, gravure (d'après Louis Le Nain), s.d.</t>
+          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Lenain, Louis / Willems, Florent F.</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>68560</v>
+        <v>69045</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Alfred Martin, Le grand canal à Venise, gravure, s.d.</t>
+          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Martin,  Alfred</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>68561</v>
+        <v>69046</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Alfred Martin, L'église d'Alle sur Semois, gravure, s.d.</t>
+          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Martin,  Alfred</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>68682</v>
+        <v>69047</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Johann Elias Haid, L'homme entre le vice et la vertu, d'après un tableau de J. Reynolds, gravure, s.d.</t>
+          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Haid, Johann, Elias</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>68782</v>
+        <v>69109</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
+          <t>Jacques Philippe Levilly, Le retour du marché, d'après Henry Singleton, gravure, s.d. [fin 19e siècle].</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Levilly, J.P.</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="1" t="n">
+        <v>87503</v>
+      </c>
+      <c r="B308" s="2" t="inlineStr">
+        <is>
+          <t>Moulin à vent </t>
+        </is>
+      </c>
+      <c r="C308" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Woluwe-Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D308" s="2" t="inlineStr">
+        <is>
+          <t>Malfliet, Romain</t>
+        </is>
+      </c>
+      <c r="E308" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F308" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G308" s="2"/>
+      <c r="H308" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="1" t="n">
+        <v>87570</v>
+      </c>
+      <c r="B309" s="2" t="inlineStr">
+        <is>
+          <t>Chemin des deux maisons </t>
+        </is>
+      </c>
+      <c r="C309" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Woluwe-Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D309" s="2" t="inlineStr">
+        <is>
+          <t>Dusaer, Charles</t>
+        </is>
+      </c>
+      <c r="E309" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F309" s="2"/>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="1" t="n">
+        <v>94950</v>
+      </c>
+      <c r="B310" s="2" t="inlineStr">
+        <is>
+          <t>Matière à lire</t>
+        </is>
+      </c>
+      <c r="C310" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D310" s="2" t="inlineStr">
+        <is>
+          <t>Mayer, Marina</t>
+        </is>
+      </c>
+      <c r="E310" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F310" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="1" t="n">
+        <v>95220</v>
+      </c>
+      <c r="B311" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C311" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E311" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F311" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G311" s="2"/>
+      <c r="H311" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="1" t="n">
+        <v>95262</v>
+      </c>
+      <c r="B312" s="2" t="inlineStr">
+        <is>
+          <t>Papillon</t>
+        </is>
+      </c>
+      <c r="C312" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D312" s="2" t="inlineStr">
+        <is>
+          <t>Alechinsky, Pierre</t>
+        </is>
+      </c>
+      <c r="E312" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F312" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="1" t="n">
+        <v>95280</v>
+      </c>
+      <c r="B313" s="2" t="inlineStr">
+        <is>
+          <t>Reposoir 1</t>
+        </is>
+      </c>
+      <c r="C313" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D313" s="2" t="inlineStr">
+        <is>
+          <t>Canonne, Sylvie</t>
+        </is>
+      </c>
+      <c r="E313" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F313" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G313" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H313" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="1" t="n">
+        <v>95281</v>
+      </c>
+      <c r="B314" s="2" t="inlineStr">
+        <is>
+          <t>Reposoir 2</t>
+        </is>
+      </c>
+      <c r="C314" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D314" s="2" t="inlineStr">
+        <is>
+          <t>Canonne, Sylvie</t>
+        </is>
+      </c>
+      <c r="E314" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F314" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G314" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H314" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="1" t="n">
+        <v>95373</v>
+      </c>
+      <c r="B315" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C315" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D315" s="2" t="inlineStr">
+        <is>
+          <t>Somville, Roger</t>
+        </is>
+      </c>
+      <c r="E315" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F315" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="1" t="n">
+        <v>95411</v>
+      </c>
+      <c r="B316" s="2" t="inlineStr">
+        <is>
+          <t>Le Vol et la Prostitution dominent le monde</t>
+        </is>
+      </c>
+      <c r="C316" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Rops, Félicien</t>
+        </is>
+      </c>
+      <c r="E316" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F316" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="1" t="n">
+        <v>106686</v>
+      </c>
+      <c r="B317" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre d'ombres I</t>
+        </is>
+      </c>
+      <c r="C317" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D317" s="2"/>
+      <c r="E317" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F317" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G317" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H317" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>