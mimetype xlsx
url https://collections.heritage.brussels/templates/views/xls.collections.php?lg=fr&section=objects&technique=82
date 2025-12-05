--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H423"/>
+  <dimension ref="A1:H428"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,9938 +179,9922 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>79487</v>
+        <v>78835</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Uccle Illustré.</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79488</v>
+        <v>79166</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>La Percée rue Pacheco.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>88436</v>
+        <v>78838</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
+          <t>Souvenirs et regrets.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Mandelbaum, Stéphane</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39965</v>
+        <v>79176</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'aurore du monde</t>
+          <t>Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39966</v>
+        <v>78840</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Entre les 4 mers, tous les hommes sont frères</t>
+          <t>L'embarquement pour Cythère</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>40041</v>
+        <v>79178</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ruines</t>
+          <t>Le Vieux Cornet en 1921.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Frederic, Georges</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56800</v>
+        <v>78841</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Vieille ruelle à Auderghem</t>
+          <t>L'embarquement pour Cythère.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Rombeau, Edouard</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>Beaux-arts</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56834</v>
+        <v>78843</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Rue du Vieux Moulin</t>
+          <t>Pierre Paul Rubens.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Cleemput, Jean</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>93494</v>
+        <v>79180</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>L'enfant prodigue</t>
+          <t>Notre dame des Affligés à Uccle Stalle.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>57170</v>
+        <v>79181</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Enfant</t>
+          <t>Le Homborch et le Kriekenput.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...2 lines deleted...]
-      <c r="D11" s="2"/>
+          <t>Commune d'Uccle</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Quittelier, Henri</t>
+        </is>
+      </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>93548</v>
+        <v>78849</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale de Meaux</t>
+          <t>Louise Danse.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Allard l'Olivier, Fernand</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>79682</v>
+        <v>79184</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Kamerdelle à Uccle.</t>
+          <t>Le Papenkasteel, 1661.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>93553</v>
+        <v>78852</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Frontispice</t>
+          <t>Femme nue (sanguine).</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>79704</v>
+        <v>79189</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Le Presbytère d'Uccle.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>93557</v>
+        <v>78853</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tête de fillette</t>
+          <t>Portrait d'homme (d'après David)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste / David, Jacques-Louis</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>79705</v>
+        <v>79190</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Le Vieux Saint-Job en 1908.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>93560</v>
+        <v>78854</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Piano et violoncelle</t>
+          <t>Le débardeur.</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>79713</v>
+        <v>79193</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Pont.</t>
+          <t>Rue de la Cigogne - 1928.</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>93591</v>
+        <v>78855</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le pommier</t>
+          <t>Vieille coquette (d'après Goya)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste / Goya, Don Fransisco</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>46122</v>
+        <v>78857</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Batterie de l'orchestre (L'Opéra )</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>79714</v>
+        <v>79221</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Ruelle.</t>
+          <t>L'Orient et l'Occident.</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de reproduction, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>93592</v>
+        <v>78859</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Vue de ville</t>
+          <t>Les Dunes de Knocke,.</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G23" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>46123</v>
+        <v>78860</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Bon conseil (L'Opéra )</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>79715</v>
+        <v>79248</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Piété.</t>
+          <t>Arbre - II.</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>93593</v>
+        <v>78861</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin au genou plié</t>
+          <t>Mare bordée d'arbres.</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>79716</v>
+        <v>79295</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Halle.</t>
+          <t>Souvenir de croisière - Mercator.</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>93594</v>
+        <v>78862</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Fillette au bain</t>
+          <t>L' Indifférent (d'après Watteau).</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>79717</v>
+        <v>79394</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sauveur.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>93599</v>
+        <v>78864</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les ombres sur la neige</t>
+          <t>Finette (d'après Watteau).</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>79718</v>
+        <v>79399</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame.</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>93601</v>
+        <v>78866</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>79719</v>
+        <v>79400</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Hopital Saint-Jean.</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>79720</v>
+        <v>78867</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Roode Poort.</t>
+          <t>Taureau.</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>79723</v>
+        <v>78868</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Cantilène.</t>
+          <t>Le satyre et le paysan (d'après Jordaens)</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste / Jordaens,  Jacob</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>79724</v>
+        <v>78871</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Lieu de culte. </t>
+          <t>Albert, archiduc.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>93717</v>
+        <v>78872</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Paysans en chemin - L'enterrement du paysan</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>79725</v>
+        <v>78945</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Ville morte.</t>
+          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>79726</v>
+        <v>78957</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Quai Espagnol.</t>
+          <t>La Multiplication des poissons.</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>93730</v>
+        <v>78960</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'enfants en chemin</t>
+          <t>Les Chanteurs - Epreuve d'artiste.</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Flament, Maurice</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>79727</v>
+        <v>79007</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Gruuthuuse.</t>
+          <t>Paysage (à Saint-Job).</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>93733</v>
+        <v>79052</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errants portant un des leurs - Le mort</t>
+          <t>Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Janssens, Henri</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G42" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>79728</v>
+        <v>79149</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Complainte.</t>
+          <t>Coin de rue.</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>93734</v>
+        <v>78743</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Vieille paysanne</t>
+          <t>Intérieur de l'Église de Grimbergen.</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G44" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G44" s="2"/>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>79729</v>
+        <v>79151</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Pont Saint-Augustin.</t>
+          <t>Rue Sainte-Catherine, Bruxelles.</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>93735</v>
+        <v>78761</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Bolle, Marie-Anne</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G46" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>79730</v>
+        <v>78783</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Rempart, Porte Sainte-Croix.</t>
+          <t>Masque de Napoléon</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Calamatta, Luigi</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>93736</v>
+        <v>106954</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Illustration inédite - A la mer incognito</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Casterman, Geneviève</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G48" s="2"/>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>79732</v>
+        <v>39046</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Vestige.</t>
+          <t>La Maison des Arts</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G49" s="2"/>
+      <c r="G49" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>93737</v>
+        <v>39094</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>L'homme au chapeau mou</t>
+          <t>Le géographe</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>82074</v>
+        <v>39098</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Pont à Bruges</t>
+          <t>Cugnon, chemin Poupehan</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Comtesse De Flandre, Marie</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>82102</v>
+        <v>38576</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Masures</t>
+          <t>Le  mur du parc Josaphat</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E52" s="2"/>
-      <c r="F52" s="2"/>
+      <c r="F52" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>93739</v>
+        <v>38578</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Paysans aux champs</t>
+          <t>Ferme, petite rue au Bois</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>84069</v>
+        <v>38579</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Le beau porche</t>
+          <t>Vieille maison, rue Van Ysendyck</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E54" s="2"/>
-      <c r="F54" s="2"/>
-      <c r="G54" s="2"/>
+      <c r="F54" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>84161</v>
+        <v>39377</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Le coin du feu</t>
+          <t>Vieux Schaerbeek</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E55" s="2"/>
-      <c r="F55" s="2"/>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>79472</v>
+        <v>38580</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Le Pudleur (d'après Meunier).</t>
+          <t>Rue du Tilleul</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G56" s="2"/>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>93795</v>
+        <v>39386</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres, rivière et maisonnette</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>94645</v>
+        <v>38581</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les trois contemporains</t>
+          <t>Étang Dapperen au parc Josaphat</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G58" s="2"/>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>93800</v>
+        <v>39387</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Un jardin à la campagne</t>
+          <t>La maison espagnole</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D59" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Blieck, Maurice-Emile</t>
+        </is>
+      </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>93802</v>
+        <v>38582</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>La péniche</t>
+          <t>Cabaret  'In den Transvaal', rue du Lion</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D60" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Blieck, Maurice-Emile</t>
+        </is>
+      </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>93806</v>
+        <v>39452</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Nuages sur la dune</t>
+          <t>Vieillard</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>93809</v>
+        <v>38584</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Les arbres sur la colline</t>
+          <t>Rue de Jérusalem</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>106952</v>
+        <v>38585</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale  - Costa Belgica (Westende)</t>
+          <t>Cour de vieille ferme</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G63" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>106953</v>
+        <v>39457</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Costa Belgica (Coxyde)</t>
+          <t>Peintre et paysage</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G64" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G64" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>aquatinte, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>106954</v>
+        <v>38586</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - A la mer incognito</t>
+          <t>Vallée Josaphat</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>93827</v>
+        <v>39458</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Héron</t>
+          <t>Les braconniers</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>93740</v>
+        <v>38587</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le violoniste boit</t>
+          <t>Ruelle, chaussée de Haecht</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>93743</v>
+        <v>39459</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Visages</t>
+          <t>Étang</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>38599</v>
+        <v>38588</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Vieille façade à Ypres</t>
+          <t>Bruges, canal au sucre</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>38600</v>
+        <v>39625</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Le Nieuwwerk (Halles d'Ypres)</t>
+          <t>Mermaid Street, Rye</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Woollard, Dorothy</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>38601</v>
+        <v>38589</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ypres - Notre Dame de la Halle</t>
+          <t>Les vieux chaumes</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>38602</v>
+        <v>38590</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Maison de bois à Ypres</t>
+          <t>Ruelle</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>38603</v>
+        <v>38591</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Hôtel de Gand (Ypres)</t>
+          <t>Porte Sainte Croix à Bruges</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>38604</v>
+        <v>39784</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Ferme, Grande rue au Bois</t>
+          <t>Torpillage du Lusitania</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Fouqueray, Charles</t>
         </is>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>38605</v>
+        <v>38592</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert</t>
+          <t>Rue du rouleau à Bruges</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>38606</v>
+        <v>39788</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Fondation</t>
+          <t>Martin pêcheur et héron</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>38607</v>
+        <v>38593</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert en hiver</t>
+          <t>Le pont flamand à Bruges</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>38608</v>
+        <v>39918</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Petite rue au Bois</t>
+          <t>Trio de baudets</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>De Haas, Jan</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>39046</v>
+        <v>38594</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>La Maison des Arts</t>
+          <t>Pont du cheval à Bruges</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>39094</v>
+        <v>38595</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Le géographe</t>
+          <t>Quai du Rozenhoed à Bruges</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>39098</v>
+        <v>38596</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Cugnon, chemin Poupehan</t>
+          <t>Quai des ménétriers à Bruges</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Comtesse De Flandre, Marie</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>38576</v>
+        <v>38597</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Le  mur du parc Josaphat</t>
+          <t>Vieille ferme - 4ème état  </t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>38578</v>
+        <v>38598</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Ferme, petite rue au Bois</t>
+          <t>Moulin à Dixmude</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>38579</v>
+        <v>38599</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison, rue Van Ysendyck</t>
+          <t>Vieille façade à Ypres</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>39377</v>
+        <v>38600</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vieux Schaerbeek</t>
+          <t>Le Nieuwwerk (Halles d'Ypres)</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>38580</v>
+        <v>38601</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Rue du Tilleul</t>
+          <t>Ypres - Notre Dame de la Halle</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>39386</v>
+        <v>38602</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Maison de bois à Ypres</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>38581</v>
+        <v>38603</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Étang Dapperen au parc Josaphat</t>
+          <t>Hôtel de Gand (Ypres)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>39387</v>
+        <v>38604</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>La maison espagnole</t>
+          <t>Ferme, Grande rue au Bois</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>38582</v>
+        <v>38605</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Cabaret  'In den Transvaal', rue du Lion</t>
+          <t>Le Vieux Château Vert</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>39452</v>
+        <v>38606</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Vieillard</t>
+          <t>Rue de la Fondation</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>38584</v>
+        <v>38607</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Rue de Jérusalem</t>
+          <t>Le Vieux Château Vert en hiver</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>38585</v>
+        <v>38608</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Cour de vieille ferme</t>
+          <t>Petite rue au Bois</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>39457</v>
+        <v>93795</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Peintre et paysage</t>
+          <t>Paysage avec arbres, rivière et maisonnette</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>38586</v>
+        <v>94645</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vallée Josaphat</t>
+          <t>Les trois contemporains</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G95" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>39458</v>
+        <v>93800</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Les braconniers</t>
+          <t>Un jardin à la campagne</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>38587</v>
+        <v>93802</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Ruelle, chaussée de Haecht</t>
+          <t>La péniche</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>39459</v>
+        <v>93806</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Étang</t>
+          <t>Nuages sur la dune</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>38588</v>
+        <v>93809</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Bruges, canal au sucre</t>
+          <t>Les arbres sur la colline</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>39625</v>
+        <v>106952</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Mermaid Street, Rye</t>
+          <t>Illustration originale  - Costa Belgica (Westende)</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Woollard, Dorothy</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G100" s="2"/>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>38589</v>
+        <v>106953</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Les vieux chaumes</t>
+          <t>Illustration originale - Costa Belgica (Coxyde)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G101" s="2"/>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>38590</v>
+        <v>93827</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Ruelle</t>
+          <t>Héron</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>38591</v>
+        <v>93735</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Porte Sainte Croix à Bruges</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>39784</v>
+        <v>93736</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Torpillage du Lusitania</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Fouqueray, Charles</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>38592</v>
+        <v>93737</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Rue du rouleau à Bruges</t>
+          <t>L'homme au chapeau mou</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>39788</v>
+        <v>93739</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Martin pêcheur et héron</t>
+          <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>38593</v>
+        <v>93740</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Le pont flamand à Bruges</t>
+          <t>Le violoniste boit</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>39918</v>
+        <v>93743</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Trio de baudets</t>
+          <t>Visages</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>De Haas, Jan</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>38594</v>
+        <v>93599</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Pont du cheval à Bruges</t>
+          <t>Les ombres sur la neige</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>38595</v>
+        <v>79718</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Quai du Rozenhoed à Bruges</t>
+          <t>Notre Dame.</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G110" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G110" s="2"/>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>38596</v>
+        <v>93601</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Quai des ménétriers à Bruges</t>
+          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>38597</v>
+        <v>79719</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vieille ferme - 4ème état  </t>
+          <t>Hopital Saint-Jean.</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G112" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G112" s="2"/>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>38598</v>
+        <v>79720</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Dixmude</t>
+          <t>Roode Poort.</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G113" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G113" s="2"/>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>78783</v>
+        <v>79723</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Masque de Napoléon</t>
+          <t>Cantilène.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Calamatta, Luigi</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>78835</v>
+        <v>79724</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Lieu de culte. </t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>79166</v>
+        <v>93717</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>La Percée rue Pacheco.</t>
+          <t>Paysans en chemin - L'enterrement du paysan</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G116" s="2"/>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>78838</v>
+        <v>79725</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs et regrets.</t>
+          <t>Ville morte.</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>79176</v>
+        <v>79726</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre.</t>
+          <t>Quai Espagnol.</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>78840</v>
+        <v>93730</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère</t>
+          <t>Groupe d'enfants en chemin</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G119" s="2"/>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>79178</v>
+        <v>79727</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet en 1921.</t>
+          <t>Gruuthuuse.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>78841</v>
+        <v>93733</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère.</t>
+          <t>Pauvres errants portant un des leurs - Le mort</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G121" s="2"/>
+      <c r="G121" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>78843</v>
+        <v>79728</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paul Rubens.</t>
+          <t>Complainte.</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>79180</v>
+        <v>93734</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Notre dame des Affligés à Uccle Stalle.</t>
+          <t>Vieille paysanne</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G123" s="2"/>
+      <c r="G123" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>79181</v>
+        <v>79729</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Le Homborch et le Kriekenput.</t>
+          <t>Pont Saint-Augustin.</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>78849</v>
+        <v>79730</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Louise Danse.</t>
+          <t>Rempart, Porte Sainte-Croix.</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>79184</v>
+        <v>79732</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel, 1661.</t>
+          <t>Vestige.</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>78852</v>
+        <v>79401</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sanguine).</t>
+          <t>Plein midi, Uccle.</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>79189</v>
+        <v>39965</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle.</t>
+          <t>L'aurore du monde</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G128" s="2"/>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>78853</v>
+        <v>82074</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme (d'après David)</t>
+          <t>Pont à Bruges</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / David, Jacques-Louis</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G129" s="2"/>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>79190</v>
+        <v>79402</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job en 1908.</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>78854</v>
+        <v>39966</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Le débardeur.</t>
+          <t>Entre les 4 mers, tous les hommes sont frères</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G131" s="2"/>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>79193</v>
+        <v>82102</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Cigogne - 1928.</t>
+          <t>Masures</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E132" s="2"/>
-      <c r="F132" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>78855</v>
+        <v>79403</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Vieille coquette (d'après Goya)</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Goya, Don Fransisco</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>78857</v>
+        <v>40041</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Ruines</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Frederic, Georges</t>
         </is>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G134" s="2"/>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>79221</v>
+        <v>84069</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>L'Orient et l'Occident.</t>
+          <t>Le beau porche</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E135" s="2"/>
-      <c r="F135" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F135" s="2"/>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique de reproduction, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>78859</v>
+        <v>79410</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Les Dunes de Knocke,.</t>
+          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>78860</v>
+        <v>84161</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Le coin du feu</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E137" s="2"/>
-      <c r="F137" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>79248</v>
+        <v>79458</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Arbre - II.</t>
+          <t>Naissance du Printemps</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Royal, Nicole</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>78861</v>
+        <v>79472</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Mare bordée d'arbres.</t>
+          <t>Le Pudleur (d'après Meunier).</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>79295</v>
+        <v>56800</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de croisière - Mercator.</t>
+          <t>Vieille ruelle à Auderghem</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Rombeau, Edouard</t>
         </is>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Beaux-arts</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>78862</v>
+        <v>79487</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>L' Indifférent (d'après Watteau).</t>
+          <t>Uccle Illustré.</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>79394</v>
+        <v>56834</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Rue du Vieux Moulin</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Van Cleemput, Jean</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G142" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G142" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>78864</v>
+        <v>79488</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Finette (d'après Watteau).</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>79399</v>
+        <v>88436</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mandelbaum, Stéphane</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G144" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G144" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>78866</v>
+        <v>57170</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Enfant</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G145" s="2"/>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G145" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>79400</v>
+        <v>46122</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>Batterie de l'orchestre (L'Opéra )</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G146" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G146" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>78867</v>
+        <v>46123</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Taureau.</t>
+          <t>Bon conseil (L'Opéra )</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>79401</v>
+        <v>46140</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>Ancienne classe de la rue Richer (L'Opéra)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>78868</v>
+        <v>46173</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Le satyre et le paysan (d'après Jordaens)</t>
+          <t>Classe du 1er quadrille (L'Opéra)</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Jordaens,  Jacob</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>79402</v>
+        <v>93494</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>L'enfant prodigue</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G150" s="2"/>
+      <c r="G150" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>79403</v>
+        <v>93548</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Cathédrale de Meaux</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Allard l'Olivier, Fernand</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G151" s="2"/>
+      <c r="G151" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>78871</v>
+        <v>79682</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Albert, archiduc.</t>
+          <t>Le Kamerdelle à Uccle.</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>79410</v>
+        <v>93553</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
+          <t>Frontispice</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G153" s="2"/>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>78872</v>
+        <v>79704</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Le Hameau d'Uccle Stalle</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>79458</v>
+        <v>93557</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Naissance du Printemps</t>
+          <t>Tête de fillette</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Royal, Nicole</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G155" s="2"/>
+      <c r="G155" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>78945</v>
+        <v>79705</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
+          <t>Le Hameau d'Uccle Stalle. </t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>78957</v>
+        <v>93560</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>La Multiplication des poissons.</t>
+          <t>Piano et violoncelle</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G157" s="2"/>
+      <c r="G157" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>78960</v>
+        <v>79713</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Les Chanteurs - Epreuve d'artiste.</t>
+          <t>Pont.</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Flament, Maurice</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>79007</v>
+        <v>93591</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Paysage (à Saint-Job).</t>
+          <t>Le pommier</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G159" s="2"/>
+      <c r="G159" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>79052</v>
+        <v>79714</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Pavillon Louis XV.</t>
+          <t>Ruelle.</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>79149</v>
+        <v>93592</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Coin de rue.</t>
+          <t>Vue de ville</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G161" s="2"/>
+      <c r="G161" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>78743</v>
+        <v>79715</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'Église de Grimbergen.</t>
+          <t>Piété.</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>79151</v>
+        <v>93593</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Rue Sainte-Catherine, Bruxelles.</t>
+          <t>Nu féminin au genou plié</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G163" s="2"/>
+      <c r="G163" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>78761</v>
+        <v>79716</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
+          <t>Rue de la Halle.</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Marie-Anne</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>50505</v>
+        <v>93594</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
+          <t>Fillette au bain</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Braun, Georg / Hogenberg, Frans</t>
-[...6 lines deleted...]
-      </c>
+          <t>Frison, Jehan</t>
+        </is>
+      </c>
+      <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>estampe, cartes géographique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, rehaussé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>52651</v>
+        <v>79717</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
+          <t>Saint-Sauveur.</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Hogenberg, Frans</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mortiaux, Henri</t>
+        </is>
+      </c>
+      <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G166" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G166" s="2"/>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>50621</v>
+        <v>50505</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
+          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>De Jode, Pieter II</t>
+          <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1636 - </t>
+          <t>1572 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>77360</v>
+        <v>52651</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Le Christ devant Pilate</t>
+          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Rembrandt, Harmensz van Rijn</t>
+          <t>Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1636 - </t>
+          <t>1577 - 1579</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>50510</v>
+        <v>77360</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
+          <t>Le Christ devant Pilate</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Hollar, Wenceslas</t>
+          <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1647 - </t>
+          <t>1636 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>77361</v>
+        <v>50621</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>La Pièce aux cent florins</t>
+          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Rembrandt, Harmensz van Rijn</t>
+          <t>De Jode, Pieter II</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1648 - 1649</t>
+          <t>1636 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>image imprimée, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>51278</v>
+        <v>50510</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Ganshoren et Jette</t>
+          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
+          <t>Hollar, Wenceslas</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1651 - </t>
+          <t>1647 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>52285</v>
+        <v>77361</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
+          <t>La Pièce aux cent florins</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>De Hooghe, Romain</t>
+          <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1686 - </t>
+          <t>1648 - 1649</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>99600</v>
+        <v>51278</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
+          <t>Panorama de Ganshoren et Jette</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1651 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>53036</v>
+        <v>52285</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
+          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
+          <t>De Hooghe, Romain</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1686 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>50524</v>
+        <v>99600</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
+          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>11953</v>
+        <v>53036</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
+          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>cartes géographique, estampe</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>11954</v>
+        <v>11963</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>11955</v>
+        <v>11964</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>11956</v>
+        <v>11965</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme adultère</t>
+          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>11957</v>
+        <v>11951</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
+          <t>Nouveau Testament : Nativité</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>11958</v>
+        <v>11952</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
+          <t>Nouveau Testament : Baptême du Christ</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>11959</v>
+        <v>11953</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>11960</v>
+        <v>11954</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>11961</v>
+        <v>11955</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>11962</v>
+        <v>11956</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Nouveau Testament : Jésus et la femme adultère</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>11963</v>
+        <v>11957</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>11964</v>
+        <v>11958</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>11965</v>
+        <v>11959</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>11951</v>
+        <v>11960</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Nativité</t>
+          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>11952</v>
+        <v>11961</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Baptême du Christ</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>47747</v>
+        <v>11962</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>30678</v>
+        <v>50524</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
+          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
+          <t>Harrewijn, Jacques</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1774</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>55026</v>
+        <v>47747</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Alexandre de Lorraine</t>
+          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>El Ridinger, Johann</t>
+          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>53022</v>
+        <v>30678</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
+          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
+          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1748 - </t>
+          <t>1735 - 1774</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>58332</v>
+        <v>55026</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Portrait de Charles Alexandre de Lorraine</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D195" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>El Ridinger, Johann</t>
+        </is>
+      </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>93287</v>
+        <v>53022</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Les beignets</t>
+          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
+          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1782 - </t>
+          <t>1748 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>43019</v>
+        <v>58332</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1784 - 1784</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, technique d'impression</t>
+          <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>52235</v>
+        <v>93287</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
+          <t>Les beignets</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Landerer, Ferdinand</t>
+          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
+          <t>1782 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>47993</v>
+        <v>43019</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>La Révolution brabançonne. Le balayeur de place</t>
+          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Strange,  Robert / Van Dyck,  Antoon</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1790</t>
+          <t>1784 - 1784</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>52291</v>
+        <v>52235</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
+          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Byrne, William</t>
+          <t>Landerer, Ferdinand</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1792 - </t>
+          <t>1787 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>48192</v>
+        <v>52612</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
+          <t>Le Colin-Maillard ou le bandeau favorable</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
+          <t>Le Coeur, Louis / Lavreince, Nicolas</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1843</t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>69035</v>
+        <v>47993</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
+          <t>La Révolution brabançonne. Le balayeur de place</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Jacques, Ch.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1789 - 1790</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>76968</v>
+        <v>52291</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>La Prière</t>
+          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Geudens, Albert</t>
+          <t>Le Febre, François / Byrne, William</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1949</t>
+          <t>1792 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>encre, peinture</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>93694</v>
+        <v>48192</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Le départ</t>
+          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Degroux, Charles</t>
+          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1820 - 1843</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>38577</v>
+        <v>69035</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison chaussée de Haecht</t>
+          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Jacques, Ch.</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>93283</v>
+        <v>76968</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Quai de la Tamise</t>
+          <t>La Prière</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Jefferys,  Marcel</t>
+          <t>Geudens, Albert</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1872 - 1924</t>
+          <t>1869 - 1949</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, peinture</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>78846</v>
+        <v>93694</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Courde ferme à Hyon, Mons.</t>
+          <t>Le départ</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Degroux, Charles</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G207" s="2"/>
+      <c r="G207" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>94637</v>
+        <v>38577</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Appel aux masses</t>
+          <t>Vieille maison chaussée de Haecht</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G208" s="2"/>
+      <c r="G208" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>42963</v>
+        <v>93283</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Port de Gand</t>
+          <t>Quai de la Tamise</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Jefferys,  Marcel</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1950</t>
+          <t>1872 - 1924</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique d'impression</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>39078</v>
+        <v>78846</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Moulins de Schaerbeek et d'Evere</t>
+          <t>Courde ferme à Hyon, Mons.</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Dieudonné, Jules</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G210" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G210" s="2"/>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>39456</v>
+        <v>94637</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Appel aux masses</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1878 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G211" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G211" s="2"/>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>94509</v>
+        <v>39078</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Les étangs à Calmthout</t>
+          <t>Moulins de Schaerbeek et d'Evere</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Lamoriniere, François</t>
+          <t>Dieudonné, Jules</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>94518</v>
+        <v>39456</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>De garde</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>94522</v>
+        <v>42963</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Le fendeur de bois</t>
+          <t>Port de Gand</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Crabeels, Florent</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1879 - 1950</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>94200</v>
+        <v>94509</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>A Brasschaet</t>
+          <t>Les étangs à Calmthout</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Lamoriniere, François</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>94551</v>
+        <v>94518</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Attelage russe</t>
+          <t>De garde</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Boom, Charles</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>94573</v>
+        <v>94522</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>À Brasschaat</t>
+          <t>Le fendeur de bois</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Crabeels, Florent</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>94574</v>
+        <v>94200</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Lancier en vedette</t>
+          <t>A Brasschaet</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>94196</v>
+        <v>94551</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Barque sur un ruisseau</t>
+          <t>Attelage russe</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Boom, Charles</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>94197</v>
+        <v>94573</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Pont éclairé à la tombée du jour</t>
+          <t>À Brasschaat</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>94198</v>
+        <v>94574</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>L'église</t>
+          <t>Lancier en vedette</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>94199</v>
+        <v>93816</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Pêcheurs</t>
+          <t>Le bouleau - Paysage à Brasschaat</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>94201</v>
+        <v>93817</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Paysanne devant l'âtre</t>
+          <t>Barques amarées</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>94202</v>
+        <v>94192</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Maisons au bord d'un étang</t>
+          <t>Deux promeneurs</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>94589</v>
+        <v>94194</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Crépuscule en décembre</t>
+          <t>Chariot tiré par un boeuf</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Guiette, Jules</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>94590</v>
+        <v>94195</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Cantine</t>
+          <t>Coin d'étang en automne - Le Soir</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>94594</v>
+        <v>94196</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Tête de taureau, d'après A. Verwée</t>
+          <t>Barque sur un ruisseau</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>94604</v>
+        <v>94197</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>La ramasseuse de bois mort</t>
+          <t>Pont éclairé à la tombée du jour</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Farasijn, Edgar</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>93816</v>
+        <v>94198</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Le bouleau - Paysage à Brasschaat</t>
+          <t>L'église</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>93817</v>
+        <v>94199</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Barques amarées</t>
+          <t>Pêcheurs</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>94192</v>
+        <v>94201</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Deux promeneurs</t>
+          <t>Paysanne devant l'âtre</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>94194</v>
+        <v>94202</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Chariot tiré par un boeuf</t>
+          <t>Maisons au bord d'un étang</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>94195</v>
+        <v>94589</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Coin d'étang en automne - Le Soir</t>
+          <t>Crépuscule en décembre</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Guiette, Jules</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>94600</v>
+        <v>94590</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Chat et souris</t>
+          <t>Cantine</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Verlat, Charles</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>94628</v>
+        <v>94594</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Brigadier d'artillerie</t>
+          <t>Tête de taureau, d'après A. Verwée</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Abry (Album), Léon / Abry, Léon</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>93286</v>
+        <v>94604</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Vue d’Ostende à l’est</t>
+          <t>La ramasseuse de bois mort</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Farasijn, Edgar</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>93285</v>
+        <v>94600</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Pont rural</t>
+          <t>Chat et souris</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Verlat, Charles</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>93284</v>
+        <v>94628</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>La musique à Oostende</t>
+          <t>Brigadier d'artillerie</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Ensor,  James</t>
+          <t>Abry (Album), Léon / Abry, Léon</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>93715</v>
+        <v>93286</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Travailleurs contemplant un dessin</t>
+          <t>Vue d’Ostende à l’est</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>93716</v>
+        <v>93285</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Mineurs en chemin</t>
+          <t>Pont rural</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
         <v>39194</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Un pignon</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1890 - 1943</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>68369</v>
+        <v>93715</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
+          <t>Travailleurs contemplant un dessin</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>93788</v>
+        <v>93716</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Les foins</t>
+          <t>Mineurs en chemin</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>78863</v>
+        <v>93284</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (d'après Devos).</t>
+          <t>La musique à Oostende</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Ensor,  James</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G244" s="2"/>
+      <c r="G244" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>93551</v>
+        <v>93788</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Une proposition</t>
+          <t>Les foins</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>78845</v>
+        <v>68369</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Isabelle Brandt</t>
+          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G246" s="2"/>
+      <c r="G246" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>68341</v>
+        <v>78863</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
+          <t>Tête d'enfant (d'après Devos).</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G247" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G247" s="2"/>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>93792</v>
+        <v>78845</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Au bord du bois</t>
+          <t>Isabelle Brandt</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G248" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G248" s="2"/>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>93793</v>
+        <v>93551</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Retour de pêche</t>
+          <t>Une proposition</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Maréchal, François</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>68368</v>
+        <v>93792</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
+          <t>Au bord du bois</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>39751</v>
+        <v>93793</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Le pont</t>
+          <t>Retour de pêche</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Lucas, Eugène</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>66356</v>
+        <v>68341</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Verhaeren</t>
+          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>43919</v>
+        <v>68368</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Émile Verhaeren</t>
+          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>68362</v>
+        <v>39751</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
+          <t>Le pont</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>50352</v>
+        <v>79179</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi</t>
+          <t>Le Château de Wolvendael.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Pasquier, O.</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>93790</v>
+        <v>79183</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
+          <t>Le Cabaret du Hoef</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G256" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G256" s="2"/>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>94024</v>
+        <v>79185</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>La Ferme Rose vue du Galgenberg.</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G257" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G257" s="2"/>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>94025</v>
+        <v>79388</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>L'Impasse.</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G258" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G258" s="2"/>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>39750</v>
+        <v>78869</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Le porche</t>
+          <t>Canal Isabelle à Knocke.</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Lucas, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G259" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G259" s="2"/>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
         <v>79153</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Louise.</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>eau-forte, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>79179</v>
+        <v>39750</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Le Château de Wolvendael.</t>
+          <t>Le porche</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G261" s="2"/>
+      <c r="G261" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>79183</v>
+        <v>94024</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Le Cabaret du Hoef</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G262" s="2"/>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>79185</v>
+        <v>94025</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vue du Galgenberg.</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G263" s="2"/>
+      <c r="G263" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>79388</v>
+        <v>93790</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>L'Impasse.</t>
+          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G264" s="2"/>
+      <c r="G264" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>78869</v>
+        <v>43919</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Canal Isabelle à Knocke.</t>
+          <t>Portrait d'Émile Verhaeren</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G265" s="2"/>
+      <c r="G265" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>93776</v>
+        <v>66356</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>L'église de Veere</t>
+          <t>Portrait d'Emile Verhaeren</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Cassiers, Henri Ou Hendrick</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>93783</v>
+        <v>68362</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
+          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>69113</v>
+        <v>50352</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>La Maison du Roi</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Pasquier, O.</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G268" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G268" s="2"/>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>69114</v>
+        <v>93776</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>L'église de Veere</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Cassiers, Henri Ou Hendrick</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>93775</v>
+        <v>69113</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Du haut du toit</t>
+          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>93781</v>
+        <v>69114</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Dolly</t>
+          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>93785</v>
+        <v>93783</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Le vieux</t>
+          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>93772</v>
+        <v>93775</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Chiffonnière</t>
+          <t>Du haut du toit</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>93774</v>
+        <v>93781</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>A marée haute</t>
+          <t>Dolly</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Baseleer, Richard</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>93791</v>
+        <v>93785</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Ouvrière wallonne</t>
+          <t>Le vieux</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
         <v>68713</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Auguste Oleffe, Gens de mer, gravure, 1906.</t>
@@ -10127,1722 +10111,1722 @@
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1906 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>93773</v>
+        <v>93772</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Le haleur</t>
+          <t>Chiffonnière</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>93782</v>
+        <v>93774</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Intérieur</t>
+          <t>A marée haute</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Deheusch, Rolande</t>
+          <t>Baseleer, Richard</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>93789</v>
+        <v>93791</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>L'abreuvoir</t>
+          <t>Ouvrière wallonne</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>93777</v>
+        <v>93773</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>La cloche</t>
+          <t>Le haleur</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Vanderloo, Marten</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>93769</v>
+        <v>93782</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Le balai</t>
+          <t>Intérieur</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Philippe, Emile</t>
+          <t>Deheusch, Rolande</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>68687</v>
+        <v>93789</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
+          <t>L'abreuvoir</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>93823</v>
+        <v>68687</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>L'enfant aux sabots</t>
+          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>69100</v>
+        <v>93769</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
+          <t>Le balai</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Philippe, Emile</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>79227</v>
+        <v>93777</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale (rue Rouge).</t>
+          <t>La cloche</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Scoyer, Paul</t>
+          <t>Vanderloo, Marten</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G285" s="2"/>
+      <c r="G285" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>93778</v>
+        <v>69100</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Cheminées de fabriques le long de l'Escaut</t>
+          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Vanderloo, Marten</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>93780</v>
+        <v>79227</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Le homard</t>
+          <t>La Maison seigneuriale (rue Rouge).</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Delstanche, Albert</t>
+          <t>Scoyer, Paul</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G287" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G287" s="2"/>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>93779</v>
+        <v>93823</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Fauves (croquis)</t>
+          <t>L'enfant aux sabots</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Heins, Armand - Jan</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>94067</v>
+        <v>29789</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Intérieur d'église</t>
+          <t>En Campine</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Raemaeker (Ramah), Henri</t>
+          <t>Meunier, Henri</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G289" s="2"/>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>78839</v>
+        <v>93778</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Cheminées de fabriques le long de l'Escaut</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Vanderloo, Marten</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>79573</v>
+        <v>93780</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Château Seigneurie de Drogenbosch.</t>
+          <t>Le homard</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Delstanche, Albert</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G291" s="2"/>
+      <c r="G291" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>93873</v>
+        <v>78839</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Femme au miroir (La toilette)</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>68530</v>
+        <v>94067</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
+          <t>Intérieur d'église</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Raemaeker (Ramah), Henri</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>68549</v>
+        <v>93779</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
+          <t>Fauves (croquis)</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Heins, Armand - Jan</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>93718</v>
+        <v>68530</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errant</t>
+          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>93738</v>
+        <v>68549</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>L'homme à la pipe</t>
+          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>68920</v>
+        <v>93873</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
+          <t>Femme au miroir (La toilette)</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>68921</v>
+        <v>79573</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
+          <t>Château Seigneurie de Drogenbosch.</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G298" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G298" s="2"/>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>68922</v>
+        <v>68920</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
+          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>68940</v>
+        <v>68921</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
+          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>78946</v>
+        <v>68922</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Le Pont rustique du Crabbegat.</t>
+          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G301" s="2"/>
+      <c r="G301" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>50509</v>
+        <v>68940</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Le palais de Justice à Bruxelles</t>
+          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Van de Sande, René</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>90297</v>
+        <v>78946</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Betender Jude (Juif priant)</t>
+          <t>Le Pont rustique du Crabbegat.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Steinhardt, Jakob</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>68484</v>
+        <v>93738</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
+          <t>L'homme à la pipe</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>68478</v>
+        <v>93718</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
+          <t>Pauvres errant</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>68480</v>
+        <v>50509</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
+          <t>Le palais de Justice à Bruxelles</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Van de Sande, René</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>78851</v>
+        <v>90297</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sépia).</t>
+          <t>Betender Jude (Juif priant)</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Steinhardt, Jakob</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>39195</v>
+        <v>68484</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Chemin de l'Église - Evere</t>
+          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>68813</v>
+        <v>68478</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
+          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>69032</v>
+        <v>68480</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
+          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Frelant, J.</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>69093</v>
+        <v>78851</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
+          <t>Femme nue (sépia).</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G311" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G311" s="2"/>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>79195</v>
+        <v>68813</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet anno 1570.</t>
+          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G312" s="2"/>
+      <c r="G312" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>68450</v>
+        <v>39195</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
+          <t>Chemin de l'Église - Evere</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>94023</v>
+        <v>69093</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>L'humble chapelle</t>
+          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Henri (Dit Marc-Henry)</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>68885</v>
+        <v>69032</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
+          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Passinetti, Nei</t>
+          <t>Frelant, J.</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>79537</v>
+        <v>79195</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
+          <t>Le Vieux Cornet anno 1570.</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>50385</v>
+        <v>68885</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Cathédrale de Strasbourg</t>
+          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Allenbach, René</t>
+          <t>Passinetti, Nei</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>68445</v>
+        <v>94023</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
+          <t>L'humble chapelle</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Heintz, Richard</t>
+          <t>Meunier, Henri (Dit Marc-Henry)</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>69050</v>
+        <v>68450</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
+          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
         <v>68967</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
           <t>Jenny Montigny, Emile Claus, gravure, 1923.</t>
@@ -11859,4051 +11843,4247 @@
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>68562</v>
+        <v>69050</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Alfred Martin, Le perron liégeois, gravure, 1924.</t>
+          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Martin,  Alfred</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>68952</v>
+        <v>50385</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
+          <t>Vue de la Cathédrale de Strasbourg</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Schuttringen, Madeleine</t>
+          <t>Allenbach, René</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>68965</v>
+        <v>68445</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Joris Minne, Kermesse, gravure, 1924.</t>
+          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Minne, Joris</t>
+          <t>Heintz, Richard</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>68982</v>
+        <v>79537</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Henri Verge-Sarrat, Village algérien, gravure, 1924.</t>
+          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Verge-Sarrat, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G324" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G324" s="2"/>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>53569</v>
+        <v>68952</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>La cathédrale de Rhenen au Pays-Bas</t>
+          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Hornyansky, Nicholas</t>
+          <t>Schuttringen, Madeleine</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>50341</v>
+        <v>68965</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>La rue des Moineaux</t>
+          <t>Joris Minne, Kermesse, gravure, 1924.</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Minne, Joris</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>50344</v>
+        <v>68982</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>La rue de Rollebeek</t>
+          <t>Henri Verge-Sarrat, Village algérien, gravure, 1924.</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Verge-Sarrat, Henri</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>50457</v>
+        <v>68562</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Rue du Marché au Charbon</t>
+          <t>Alfred Martin, Le perron liégeois, gravure, 1924.</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Martin,  Alfred</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>100826</v>
+        <v>53569</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>La rue des renards</t>
+          <t>La cathédrale de Rhenen au Pays-Bas</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Hornyansky, Nicholas</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>dessin, estampe, gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>cuivre, papier, encre, crayon</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>56637</v>
+        <v>50341</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>La rue des Moineaux</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Bastien, Alfred</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G330" s="2"/>
+      <c r="G330" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>42720</v>
+        <v>50344</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles</t>
+          <t>La rue de Rollebeek</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1937</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>68441</v>
+        <v>100826</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
+          <t>La rue des renards</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Kerels, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin, estampe, gravure</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>cuivre, papier, encre, crayon</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>68449</v>
+        <v>50457</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
+          <t>Rue du Marché au Charbon</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Gérard, Yvonne</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>68955</v>
+        <v>56637</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Schönberg, Rodolphe</t>
+          <t>Bastien, Alfred</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G334" s="2"/>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>79509</v>
+        <v>42720</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann, 1937 ….</t>
+          <t>Panorama de Bruxelles</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1932 - 1937</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G335" s="2"/>
+      <c r="G335" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>79574</v>
+        <v>68441</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Les Chérubins</t>
+          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Kerels, Henri</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G336" s="2"/>
+      <c r="G336" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>66488</v>
+        <v>68955</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Gravure à l’eau-forte, par Rodolphe Schönberg. 1940, Hotel de ville de Veer</t>
+          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Schönberg, Rodolphe</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>49707</v>
+        <v>68449</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Vue d'Alsemberg</t>
+          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Van Paemel, Jules</t>
+          <t>Gérard, Yvonne</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>79548</v>
+        <v>79509</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
+          <t>Avenue Brugmann, 1937 ….</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>79538</v>
+        <v>79574</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Le Pont d'Uccle Stalle.</t>
+          <t>Les Chérubins</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>50356</v>
+        <v>66488</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Maison Schott - 27 Rue du Chêne à Bruxelles</t>
+          <t>Gravure à l’eau-forte, par Rodolphe Schönberg. 1940, Hotel de ville de Veer</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Schönberg, Rodolphe</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1948 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>79152</v>
+        <v>49707</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Micheline.</t>
+          <t>Vue d'Alsemberg</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Paemel, Jules</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G342" s="2"/>
+      <c r="G342" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre noire</t>
+        </is>
+      </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure à la pointe-sèche</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>39189</v>
+        <v>79548</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Santa Maria</t>
+          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G343" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G343" s="2"/>
       <c r="H343" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>39190</v>
+        <v>79538</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Iwo-Jima</t>
+          <t>Le Pont d'Uccle Stalle.</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G344" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G344" s="2"/>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>49913</v>
+        <v>50356</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Carré Peeters à Uccle</t>
+          <t>Maison Schott - 27 Rue du Chêne à Bruxelles</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Colpin, André</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1959 - 2000</t>
+          <t>1948 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>79683</v>
+        <v>79152</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>L'abandon de la Ferme Rose, nov. 1962.</t>
+          <t>Micheline.</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>79174</v>
+        <v>39189</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose.</t>
+          <t>Santa Maria</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G347" s="2"/>
+      <c r="G347" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>79543</v>
+        <v>39190</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose - Uccle - 3/3/46.</t>
+          <t>Iwo-Jima</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G348" s="2"/>
+      <c r="G348" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>79544</v>
+        <v>49913</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Ferme Rose, Activités Culturelles.</t>
+          <t>Carré Peeters à Uccle</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Colpin, André</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1959 - 2000</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G349" s="2"/>
+      <c r="G349" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>50053</v>
+        <v>79683</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Avril, rue de la Madeleine</t>
+          <t>L'abandon de la Ferme Rose, nov. 1962.</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
-          <t>Ickx, Nicole</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G350" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G350" s="2"/>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>42108</v>
+        <v>79174</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Fontaine (tirage unique)</t>
+          <t>La Ferme Rose.</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
-[...2 lines deleted...]
-      <c r="F351" s="2"/>
+          <t>1970 - 1979</t>
+        </is>
+      </c>
+      <c r="F351" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>95263</v>
+        <v>79543</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Under Sea</t>
+          <t>La Ferme Rose - Uccle - 3/3/46.</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>42098</v>
+        <v>79544</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Rouge-Cloître</t>
+          <t>Ferme Rose, Activités Culturelles.</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
-[...2 lines deleted...]
-      <c r="F353" s="2"/>
+          <t>1974 - </t>
+        </is>
+      </c>
+      <c r="F353" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>98089</v>
+        <v>50053</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Noyau (17/60)</t>
+          <t>Avril, rue de la Madeleine</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Ickx, Nicole</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>39941</v>
+        <v>42108</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Chlorophile</t>
+          <t>Fontaine (tirage unique)</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Coulon, Sylvie</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1989 - </t>
+        </is>
+      </c>
+      <c r="F355" s="2"/>
+      <c r="G355" s="2"/>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>70172</v>
+        <v>95263</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Champignon horizontal</t>
+          <t>Under Sea</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
-          <t>Danino, Dany</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
-[...7 lines deleted...]
-      </c>
+          <t>1991 - </t>
+        </is>
+      </c>
+      <c r="F356" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G356" s="2"/>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>87583</v>
+        <v>42098</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Pieds de moulin à vent </t>
+          <t>Rouge-Cloître</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul, Victor</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F357" s="2"/>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>68483</v>
+        <v>98089</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
+          <t>Noyau (17/60)</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>42105</v>
+        <v>39941</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>La cueillette</t>
+          <t>Chlorophile</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Coulon, Sylvie</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...3 lines deleted...]
-      <c r="G359" s="2"/>
+          <t>2000 - </t>
+        </is>
+      </c>
+      <c r="F359" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G359" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>68356</v>
+        <v>70172</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
+          <t>Champignon horizontal</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Danino, Dany</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F360" s="2"/>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, papier, papier</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>68359</v>
+        <v>69085</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
+          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Michaux, John</t>
+          <t>Wagner, Joseph</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>68360</v>
+        <v>68852</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
+          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Michaux, John</t>
+          <t>Laurent, Alexandre</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>68363</v>
+        <v>69092</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
+          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Marcel</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>68364</v>
+        <v>68886</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
+          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Jonai, P. A.</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>68365</v>
+        <v>69094</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Auger, Raymond Louis</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>68366</v>
+        <v>68910</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>68371</v>
+        <v>69097</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enfant, eau-forte, s.d.</t>
+          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D367" s="2"/>
+      <c r="D367" s="2" t="inlineStr">
+        <is>
+          <t>Boilvin, Emile</t>
+        </is>
+      </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>68443</v>
+        <v>68911</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
+          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>68460</v>
+        <v>69099</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
+          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>68477</v>
+        <v>68912</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
+          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>68479</v>
+        <v>68918</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Neige, gravure, s.d</t>
+          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Van Bastelaer, René</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>87535</v>
+        <v>69106</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Lindekemael</t>
+          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Claessens, Lambert Antoine</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F372" s="2"/>
-      <c r="G372" s="2"/>
+      <c r="F372" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G372" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
         <v>68481</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
           <t>Joseph Delfosse, Le ruisseau en hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>87537</v>
+        <v>68482</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Paysage sous la neige </t>
+          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F374" s="2"/>
-      <c r="G374" s="2"/>
+      <c r="F374" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G374" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>68482</v>
+        <v>68942</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
+          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Tielemans, Emile-henri</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>68989</v>
+        <v>68483</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Bollaert, Locarno, gravure, s.d.</t>
+          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>68584</v>
+        <v>68485</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
+          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D377" s="2"/>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Delfosse, Joseph</t>
+        </is>
+      </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>68994</v>
+        <v>68544</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
+          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Van Malderen, J.</t>
+          <t>Hagemans, Germaine</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>68585</v>
+        <v>68981</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
+          <t>Willem Roelofs, La mare, gravure, s.d.</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D379" s="2"/>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>Roelofs, Willem</t>
+        </is>
+      </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>69028</v>
+        <v>68989</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
+          <t>Bollaert, Locarno, gravure, s.d.</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
-          <t>De Guinhald, Bernard</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>69033</v>
+        <v>68584</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
+          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D381" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>68764</v>
+        <v>68994</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
+          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Van Malderen, J.</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>68767</v>
+        <v>68585</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
+          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D383" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>69039</v>
+        <v>69028</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
+          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>De Guinhald, Bernard</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>68770</v>
+        <v>69033</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Grenaud, Henri</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>69040</v>
+        <v>68764</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
+          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>68781</v>
+        <v>68767</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
+          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D387" s="2"/>
+      <c r="D387" s="2" t="inlineStr">
+        <is>
+          <t>Delaunois, Alfred Napoléon</t>
+        </is>
+      </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>69041</v>
+        <v>69039</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
+          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>68793</v>
+        <v>68770</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>Vandenberghe-Bourotte, Anne</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>69042</v>
+        <v>69040</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
+          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>68802</v>
+        <v>68781</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
+          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D391" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D391" s="2"/>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>69044</v>
+        <v>69041</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>68807</v>
+        <v>68793</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
+          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Vandenberghe-Bourotte, Anne</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>69045</v>
+        <v>69042</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>69046</v>
+        <v>68802</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Bosse, Abraham / Bosse, Abraham</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>68822</v>
+        <v>69044</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
+          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>De Visscher, Corneille</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>69047</v>
+        <v>68807</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
+          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>68847</v>
+        <v>69045</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
+          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>69048</v>
+        <v>69046</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>68848</v>
+        <v>68822</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
+          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>De Visscher, Corneille</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>69049</v>
+        <v>69047</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>68849</v>
+        <v>68847</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>68850</v>
+        <v>69048</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
+          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>69070</v>
+        <v>68848</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
+          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Bartholomé, Léon</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>68851</v>
+        <v>69049</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>J.P. Levilly, Le chasseur galant, gravure, s.d.</t>
+          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Levilly, J.P.</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>69085</v>
+        <v>68849</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
-          <t>Wagner, Joseph</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>68852</v>
+        <v>68850</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Alexandre</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>69092</v>
+        <v>69070</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
+          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Bartholomé, Léon</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>68886</v>
+        <v>68851</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
+          <t>Jacques Philippe Levilly, Le chasseur galant, gravure, s.d. [fin 18e siècle ?].</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Jonai, P. A.</t>
+          <t>Levilly, J.P.</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>69094</v>
+        <v>69107</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
+          <t>Marie-Rose Bertaud, La barque mise à flot, d'après Claude-Joseph Vernet, gravure, s.d. [vers 1770 ?].</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Auger, Raymond Louis</t>
+          <t>Bertaud, R.</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>68910</v>
+        <v>69116</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
+          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Stassen, F.</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>69097</v>
+        <v>69188</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
+          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
-          <t>Boilvin, Emile</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>68911</v>
+        <v>68443</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
+          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>69099</v>
+        <v>68460</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
+          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>68912</v>
+        <v>68477</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
+          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>68918</v>
+        <v>68479</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
+          <t>Joseph Delfosse, Neige, gravure, s.d</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Van Bastelaer, René</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>69106</v>
+        <v>42105</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
+          <t>La cueillette</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Lambert Antoine</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F417" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F417" s="2"/>
+      <c r="G417" s="2"/>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>69116</v>
+        <v>87535</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
+          <t>Moulin de Lindekemael</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
-          <t>Stassen, F.</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F418" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F418" s="2"/>
+      <c r="G418" s="2"/>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>69188</v>
+        <v>87537</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
+          <t>Paysage sous la neige </t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F419" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F419" s="2"/>
+      <c r="G419" s="2"/>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>68942</v>
+        <v>87583</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
+          <t>Pieds de moulin à vent </t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Tielemans, Emile-henri</t>
+          <t>Gilsoul, Victor</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F420" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F420" s="2"/>
+      <c r="G420" s="2"/>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>68485</v>
+        <v>68356</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
+          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Maréchal, François</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>68544</v>
+        <v>68359</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
+          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Hagemans, Germaine</t>
+          <t>Michaux, John</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>68981</v>
+        <v>68360</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Willem Roelofs, La mare, gravure, s.d.</t>
+          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Roelofs, Willem</t>
+          <t>Michaux, John</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
+      <c r="A424" s="1" t="n">
+        <v>68363</v>
+      </c>
+      <c r="B424" s="2" t="inlineStr">
+        <is>
+          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C424" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D424" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Marcel</t>
+        </is>
+      </c>
+      <c r="E424" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F424" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G424" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H424" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="1" t="n">
+        <v>68364</v>
+      </c>
+      <c r="B425" s="2" t="inlineStr">
+        <is>
+          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
+        </is>
+      </c>
+      <c r="C425" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D425" s="2" t="inlineStr">
+        <is>
+          <t>Thysebaert, Emile</t>
+        </is>
+      </c>
+      <c r="E425" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F425" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G425" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H425" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="1" t="n">
+        <v>68365</v>
+      </c>
+      <c r="B426" s="2" t="inlineStr">
+        <is>
+          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C426" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D426" s="2" t="inlineStr">
+        <is>
+          <t>Laermans, Eugène</t>
+        </is>
+      </c>
+      <c r="E426" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F426" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G426" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H426" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
+      <c r="A427" s="1" t="n">
+        <v>68366</v>
+      </c>
+      <c r="B427" s="2" t="inlineStr">
+        <is>
+          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C427" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D427" s="2" t="inlineStr">
+        <is>
+          <t>Laermans, Eugène</t>
+        </is>
+      </c>
+      <c r="E427" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F427" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G427" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H427" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
+      <c r="A428" s="1" t="n">
+        <v>68371</v>
+      </c>
+      <c r="B428" s="2" t="inlineStr">
+        <is>
+          <t>Eugène Laermans, L'enfant, eau-forte, s.d.</t>
+        </is>
+      </c>
+      <c r="C428" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D428" s="2"/>
+      <c r="E428" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F428" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G428" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H428" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">