--- v1 (2025-12-05)
+++ v2 (2026-01-23)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H428"/>
+  <dimension ref="A1:H434"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,6145 +179,6121 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78835</v>
+        <v>38591</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Porte Sainte Croix à Bruges</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79166</v>
+        <v>39784</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La Percée rue Pacheco.</t>
+          <t>Torpillage du Lusitania</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Fouqueray, Charles</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G3" s="2"/>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>78838</v>
+        <v>38592</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs et regrets.</t>
+          <t>Rue du rouleau à Bruges</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>79176</v>
+        <v>39788</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre.</t>
+          <t>Martin pêcheur et héron</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>78840</v>
+        <v>38593</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère</t>
+          <t>Le pont flamand à Bruges</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>79178</v>
+        <v>39918</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet en 1921.</t>
+          <t>Trio de baudets</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Haas, Jan</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>78841</v>
+        <v>38594</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère.</t>
+          <t>Pont du cheval à Bruges</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>78843</v>
+        <v>38595</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paul Rubens.</t>
+          <t>Quai du Rozenhoed à Bruges</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G9" s="2"/>
+      <c r="G9" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>79180</v>
+        <v>38596</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Notre dame des Affligés à Uccle Stalle.</t>
+          <t>Quai des ménétriers à Bruges</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G10" s="2"/>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>79181</v>
+        <v>38597</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Homborch et le Kriekenput.</t>
+          <t>Vieille ferme - 4ème état  </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>78849</v>
+        <v>38598</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Louise Danse.</t>
+          <t>Moulin à Dixmude</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G12" s="2"/>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>79184</v>
+        <v>38599</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel, 1661.</t>
+          <t>Vieille façade à Ypres</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>78852</v>
+        <v>38600</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sanguine).</t>
+          <t>Le Nieuwwerk (Halles d'Ypres)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>79189</v>
+        <v>38601</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle.</t>
+          <t>Ypres - Notre Dame de la Halle</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G15" s="2"/>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>78853</v>
+        <v>38602</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme (d'après David)</t>
+          <t>Maison de bois à Ypres</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / David, Jacques-Louis</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G16" s="2"/>
+      <c r="G16" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>79190</v>
+        <v>38603</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job en 1908.</t>
+          <t>Hôtel de Gand (Ypres)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>78854</v>
+        <v>38604</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le débardeur.</t>
+          <t>Ferme, Grande rue au Bois</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G18" s="2"/>
+      <c r="G18" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>79193</v>
+        <v>38605</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Cigogne - 1928.</t>
+          <t>Le Vieux Château Vert</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G19" s="2"/>
+      <c r="G19" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>78855</v>
+        <v>38606</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Vieille coquette (d'après Goya)</t>
+          <t>Rue de la Fondation</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Goya, Don Fransisco</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G20" s="2"/>
+      <c r="G20" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>78857</v>
+        <v>38607</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Le Vieux Château Vert en hiver</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>79221</v>
+        <v>38608</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L'Orient et l'Occident.</t>
+          <t>Petite rue au Bois</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G22" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de reproduction, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>78859</v>
+        <v>39046</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Dunes de Knocke,.</t>
+          <t>La Maison des Arts</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G23" s="2"/>
+      <c r="G23" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>78860</v>
+        <v>39094</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Le géographe</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G24" s="2"/>
+      <c r="G24" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>79248</v>
+        <v>39098</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Arbre - II.</t>
+          <t>Cugnon, chemin Poupehan</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Comtesse De Flandre, Marie</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G25" s="2"/>
+      <c r="G25" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>78861</v>
+        <v>38576</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Mare bordée d'arbres.</t>
+          <t>Le  mur du parc Josaphat</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G26" s="2"/>
+      <c r="G26" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>79295</v>
+        <v>38578</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de croisière - Mercator.</t>
+          <t>Ferme, petite rue au Bois</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G27" s="2"/>
+      <c r="G27" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>78862</v>
+        <v>38579</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>L' Indifférent (d'après Watteau).</t>
+          <t>Vieille maison, rue Van Ysendyck</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>79394</v>
+        <v>39377</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Vieux Schaerbeek</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G29" s="2"/>
+      <c r="G29" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>78864</v>
+        <v>38580</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Finette (d'après Watteau).</t>
+          <t>Rue du Tilleul</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G30" s="2"/>
+      <c r="G30" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>79399</v>
+        <v>39386</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G31" s="2"/>
+      <c r="G31" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>78866</v>
+        <v>38581</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Étang Dapperen au parc Josaphat</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G32" s="2"/>
+      <c r="G32" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>79400</v>
+        <v>39387</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>La maison espagnole</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G33" s="2"/>
+      <c r="G33" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>78867</v>
+        <v>38582</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Taureau.</t>
+          <t>Cabaret  'In den Transvaal', rue du Lion</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G34" s="2"/>
+      <c r="G34" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>78868</v>
+        <v>39452</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Le satyre et le paysan (d'après Jordaens)</t>
+          <t>Vieillard</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Jordaens,  Jacob</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G35" s="2"/>
+      <c r="G35" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>78871</v>
+        <v>38584</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Albert, archiduc.</t>
+          <t>Rue de Jérusalem</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G36" s="2"/>
+      <c r="G36" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>78872</v>
+        <v>38585</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Cour de vieille ferme</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G37" s="2"/>
+      <c r="G37" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>78945</v>
+        <v>39457</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
+          <t>Peintre et paysage</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G38" s="2"/>
+      <c r="G38" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>78957</v>
+        <v>38586</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>La Multiplication des poissons.</t>
+          <t>Vallée Josaphat</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G39" s="2"/>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>78960</v>
+        <v>39458</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Chanteurs - Epreuve d'artiste.</t>
+          <t>Les braconniers</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Flament, Maurice</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G40" s="2"/>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>79007</v>
+        <v>38587</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Paysage (à Saint-Job).</t>
+          <t>Ruelle, chaussée de Haecht</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>79052</v>
+        <v>39459</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Pavillon Louis XV.</t>
+          <t>Étang</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G42" s="2"/>
+      <c r="G42" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>79149</v>
+        <v>38588</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Coin de rue.</t>
+          <t>Bruges, canal au sucre</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G43" s="2"/>
+      <c r="G43" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>78743</v>
+        <v>39625</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'Église de Grimbergen.</t>
+          <t>Mermaid Street, Rye</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Woollard, Dorothy</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G44" s="2"/>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>79151</v>
+        <v>38589</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Rue Sainte-Catherine, Bruxelles.</t>
+          <t>Les vieux chaumes</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G45" s="2"/>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>78761</v>
+        <v>38590</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
+          <t>Ruelle</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Marie-Anne</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G46" s="2"/>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>78783</v>
+        <v>79732</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Masque de Napoléon</t>
+          <t>Vestige.</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Calamatta, Luigi</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>106954</v>
+        <v>79401</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - A la mer incognito</t>
+          <t>Plein midi, Uccle.</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>39046</v>
+        <v>82074</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>La Maison des Arts</t>
+          <t>Pont à Bruges</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>39094</v>
+        <v>79402</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Le géographe</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G50" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G50" s="2"/>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>39098</v>
+        <v>82102</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Cugnon, chemin Poupehan</t>
+          <t>Masures</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Comtesse De Flandre, Marie</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E51" s="2"/>
-      <c r="F51" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>38576</v>
+        <v>79403</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Le  mur du parc Josaphat</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G52" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G52" s="2"/>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>38578</v>
+        <v>84069</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Ferme, petite rue au Bois</t>
+          <t>Le beau porche</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E53" s="2"/>
-      <c r="F53" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>38579</v>
+        <v>79410</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison, rue Van Ysendyck</t>
+          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>39377</v>
+        <v>84161</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Vieux Schaerbeek</t>
+          <t>Le coin du feu</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E55" s="2"/>
-      <c r="F55" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>38580</v>
+        <v>79458</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Rue du Tilleul</t>
+          <t>Naissance du Printemps</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Royal, Nicole</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G56" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G56" s="2"/>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>39386</v>
+        <v>79472</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Le Pudleur (d'après Meunier).</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G57" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>38581</v>
+        <v>79487</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Étang Dapperen au parc Josaphat</t>
+          <t>Uccle Illustré.</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G58" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>39387</v>
+        <v>79488</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>La maison espagnole</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G59" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>38582</v>
+        <v>88436</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Cabaret  'In den Transvaal', rue du Lion</t>
+          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mandelbaum, Stéphane</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>39452</v>
+        <v>93494</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Vieillard</t>
+          <t>L'enfant prodigue</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>38584</v>
+        <v>93548</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Rue de Jérusalem</t>
+          <t>Cathédrale de Meaux</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Allard l'Olivier, Fernand</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>38585</v>
+        <v>79682</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Cour de vieille ferme</t>
+          <t>Le Kamerdelle à Uccle.</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G63" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G63" s="2"/>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>39457</v>
+        <v>93553</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Peintre et paysage</t>
+          <t>Frontispice</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>38586</v>
+        <v>79704</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Vallée Josaphat</t>
+          <t>Le Hameau d'Uccle Stalle</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>39458</v>
+        <v>93557</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Les braconniers</t>
+          <t>Tête de fillette</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>38587</v>
+        <v>79705</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ruelle, chaussée de Haecht</t>
+          <t>Le Hameau d'Uccle Stalle. </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G67" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G67" s="2"/>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>39459</v>
+        <v>93560</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Étang</t>
+          <t>Piano et violoncelle</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>38588</v>
+        <v>79713</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Bruges, canal au sucre</t>
+          <t>Pont.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G69" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>39625</v>
+        <v>93591</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Mermaid Street, Rye</t>
+          <t>Le pommier</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Woollard, Dorothy</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>38589</v>
+        <v>79714</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Les vieux chaumes</t>
+          <t>Ruelle.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G71" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>38590</v>
+        <v>93592</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Ruelle</t>
+          <t>Vue de ville</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>38591</v>
+        <v>79715</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Porte Sainte Croix à Bruges</t>
+          <t>Piété.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G73" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>39784</v>
+        <v>93593</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Torpillage du Lusitania</t>
+          <t>Nu féminin au genou plié</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Fouqueray, Charles</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>38592</v>
+        <v>79716</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Rue du rouleau à Bruges</t>
+          <t>Rue de la Halle.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>39788</v>
+        <v>93594</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Martin pêcheur et héron</t>
+          <t>Fillette au bain</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>38593</v>
+        <v>79717</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Le pont flamand à Bruges</t>
+          <t>Saint-Sauveur.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G77" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>39918</v>
+        <v>93599</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Trio de baudets</t>
+          <t>Les ombres sur la neige</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>De Haas, Jan</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>38594</v>
+        <v>79718</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Pont du cheval à Bruges</t>
+          <t>Notre Dame.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G79" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G79" s="2"/>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>38595</v>
+        <v>93601</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Quai du Rozenhoed à Bruges</t>
+          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>38596</v>
+        <v>79719</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Quai des ménétriers à Bruges</t>
+          <t>Hopital Saint-Jean.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G81" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G81" s="2"/>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>38597</v>
+        <v>79720</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Vieille ferme - 4ème état  </t>
+          <t>Roode Poort.</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G82" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>38598</v>
+        <v>79723</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Dixmude</t>
+          <t>Cantilène.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G83" s="2"/>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>38599</v>
+        <v>79724</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vieille façade à Ypres</t>
+          <t>Lieu de culte. </t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G84" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G84" s="2"/>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>38600</v>
+        <v>79725</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Le Nieuwwerk (Halles d'Ypres)</t>
+          <t>Ville morte.</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G85" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G85" s="2"/>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>38601</v>
+        <v>79248</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ypres - Notre Dame de la Halle</t>
+          <t>Arbre - II.</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G86" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G86" s="2"/>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>38602</v>
+        <v>79726</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Maison de bois à Ypres</t>
+          <t>Quai Espagnol.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G87" s="2"/>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>38603</v>
+        <v>79295</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Hôtel de Gand (Ypres)</t>
+          <t>Souvenir de croisière - Mercator.</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G88" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G88" s="2"/>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>38604</v>
+        <v>79727</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Ferme, Grande rue au Bois</t>
+          <t>Gruuthuuse.</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>38605</v>
+        <v>79728</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert</t>
+          <t>Complainte.</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G90" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>38606</v>
+        <v>79394</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Fondation</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G91" s="2"/>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>38607</v>
+        <v>79729</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert en hiver</t>
+          <t>Pont Saint-Augustin.</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G92" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>38608</v>
+        <v>79399</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Petite rue au Bois</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G93" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G93" s="2"/>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>93795</v>
+        <v>79730</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres, rivière et maisonnette</t>
+          <t>Rempart, Porte Sainte-Croix.</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G94" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>94645</v>
+        <v>79400</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Les trois contemporains</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>93800</v>
+        <v>106952</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Un jardin à la campagne</t>
+          <t>Illustration originale  - Costa Belgica (Westende)</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D96" s="2"/>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
+        </is>
+      </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G96" s="2"/>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>93802</v>
+        <v>106953</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>La péniche</t>
+          <t>Illustration originale - Costa Belgica (Coxyde)</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D97" s="2"/>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
+        </is>
+      </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>93806</v>
+        <v>106954</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Nuages sur la dune</t>
+          <t>Illustration inédite - A la mer incognito</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Casterman, Geneviève</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G98" s="2"/>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>93809</v>
+        <v>93736</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Les arbres sur la colline</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>106952</v>
+        <v>79193</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale  - Costa Belgica (Westende)</t>
+          <t>Rue de la Cigogne - 1928.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève / Esperluète éditions</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>106953</v>
+        <v>78855</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Costa Belgica (Coxyde)</t>
+          <t>Vieille coquette (d'après Goya)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève / Esperluète éditions</t>
+          <t>Danse, Auguste / Goya, Don Fransisco</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>aquatinte, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>93827</v>
+        <v>93737</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Héron</t>
+          <t>L'homme au chapeau mou</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>93735</v>
+        <v>78857</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G103" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G103" s="2"/>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>93736</v>
+        <v>79221</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>L'Orient et l'Occident.</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de reproduction, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>93737</v>
+        <v>78859</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>L'homme au chapeau mou</t>
+          <t>Les Dunes de Knocke,.</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G105" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G105" s="2"/>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>93739</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>93740</v>
+        <v>78860</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Le violoniste boit</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G107" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G107" s="2"/>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>93743</v>
+        <v>93740</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Visages</t>
+          <t>Le violoniste boit</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>93599</v>
+        <v>78861</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Les ombres sur la neige</t>
+          <t>Mare bordée d'arbres.</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>79718</v>
+        <v>93743</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame.</t>
+          <t>Visages</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G110" s="2"/>
+      <c r="G110" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>93601</v>
+        <v>78862</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
+          <t>L' Indifférent (d'après Watteau).</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G111" s="2"/>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>79719</v>
+        <v>78864</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Hopital Saint-Jean.</t>
+          <t>Finette (d'après Watteau).</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>79720</v>
+        <v>78866</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Roode Poort.</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>79723</v>
+        <v>78867</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Cantilène.</t>
+          <t>Taureau.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>79724</v>
+        <v>78868</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Lieu de culte. </t>
+          <t>Le satyre et le paysan (d'après Jordaens)</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Auguste / Jordaens,  Jacob</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>93717</v>
+        <v>78871</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Paysans en chemin - L'enterrement du paysan</t>
+          <t>Albert, archiduc.</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G116" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G116" s="2"/>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>79725</v>
+        <v>78872</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Ville morte.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>79726</v>
+        <v>78945</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Quai Espagnol.</t>
+          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>93730</v>
+        <v>77693</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'enfants en chemin</t>
+          <t>Carnaval</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G119" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G119" s="2"/>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>79727</v>
+        <v>78957</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Gruuthuuse.</t>
+          <t>La Multiplication des poissons.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>93733</v>
+        <v>77694</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errants portant un des leurs - Le mort</t>
+          <t>La cathédrale St Rombouts à Maline</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G121" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G121" s="2"/>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>79728</v>
+        <v>78960</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Complainte.</t>
+          <t>Les Chanteurs - Epreuve d'artiste.</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Flament, Maurice</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>93734</v>
+        <v>77697</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Vieille paysanne</t>
+          <t>Nele lisant</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G123" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G123" s="2"/>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>79729</v>
+        <v>79007</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Pont Saint-Augustin.</t>
+          <t>Paysage (à Saint-Job).</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>79730</v>
+        <v>79052</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Rempart, Porte Sainte-Croix.</t>
+          <t>Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Janssens, Henri</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>79732</v>
+        <v>79149</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Vestige.</t>
+          <t>Coin de rue.</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>79401</v>
+        <v>78743</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>Intérieur de l'Église de Grimbergen.</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>39965</v>
+        <v>79151</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>L'aurore du monde</t>
+          <t>Rue Sainte-Catherine, Bruxelles.</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G128" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G128" s="2"/>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>82074</v>
+        <v>78761</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Pont à Bruges</t>
+          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Bolle, Marie-Anne</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G129" s="2"/>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>79402</v>
+        <v>78783</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>Masque de Napoléon</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Calamatta, Luigi</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>39966</v>
+        <v>78835</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Entre les 4 mers, tous les hommes sont frères</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G131" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G131" s="2"/>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>82102</v>
+        <v>79166</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Masures</t>
+          <t>La Percée rue Pacheco.</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E132" s="2"/>
-      <c r="F132" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F132" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G132" s="2"/>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>79403</v>
+        <v>78838</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Souvenirs et regrets.</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>40041</v>
+        <v>93795</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Ruines</t>
+          <t>Paysage avec arbres, rivière et maisonnette</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Frederic, Georges</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>84069</v>
+        <v>94645</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Le beau porche</t>
+          <t>Les trois contemporains</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E135" s="2"/>
-      <c r="F135" s="2"/>
+      <c r="F135" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>79410</v>
+        <v>79176</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
+          <t>Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>84161</v>
+        <v>93800</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Le coin du feu</t>
+          <t>Un jardin à la campagne</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2"/>
-      <c r="F137" s="2"/>
+      <c r="F137" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>79458</v>
+        <v>78840</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Naissance du Printemps</t>
+          <t>L'embarquement pour Cythère</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Royal, Nicole</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>79472</v>
+        <v>79178</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Le Pudleur (d'après Meunier).</t>
+          <t>Le Vieux Cornet en 1921.</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>56800</v>
+        <v>93802</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Vieille ruelle à Auderghem</t>
+          <t>La péniche</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>Beaux-arts</t>
-[...2 lines deleted...]
-      <c r="G140" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G140" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>79487</v>
+        <v>78841</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Uccle Illustré.</t>
+          <t>L'embarquement pour Cythère.</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>56834</v>
+        <v>93806</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Rue du Vieux Moulin</t>
+          <t>Nuages sur la dune</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Van Cleemput, Jean</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>79488</v>
+        <v>78843</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Pierre Paul Rubens.</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>88436</v>
+        <v>79180</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
+          <t>Notre dame des Affligés à Uccle Stalle.</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Mandelbaum, Stéphane</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G144" s="2"/>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>57170</v>
+        <v>93809</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Enfant</t>
+          <t>Les arbres sur la colline</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...2 lines deleted...]
-      <c r="D145" s="2"/>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>46122</v>
+        <v>93717</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Batterie de l'orchestre (L'Opéra )</t>
+          <t>Paysans en chemin - L'enterrement du paysan</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>46123</v>
+        <v>79181</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Bon conseil (L'Opéra )</t>
+          <t>Le Homborch et le Kriekenput.</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>46140</v>
+        <v>78849</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Ancienne classe de la rue Richer (L'Opéra)</t>
+          <t>Louise Danse.</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>46173</v>
+        <v>93730</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Classe du 1er quadrille (L'Opéra)</t>
+          <t>Groupe d'enfants en chemin</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G149" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G149" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>93494</v>
+        <v>79184</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>L'enfant prodigue</t>
+          <t>Le Papenkasteel, 1661.</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G150" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G150" s="2"/>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>93548</v>
+        <v>93733</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale de Meaux</t>
+          <t>Pauvres errants portant un des leurs - Le mort</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Allard l'Olivier, Fernand</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>79682</v>
+        <v>93827</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Le Kamerdelle à Uccle.</t>
+          <t>Héron</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G152" s="2"/>
+      <c r="G152" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>93553</v>
+        <v>78852</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Frontispice</t>
+          <t>Femme nue (sanguine).</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>79704</v>
+        <v>93734</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Vieille paysanne</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G154" s="2"/>
+      <c r="G154" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>93557</v>
+        <v>79189</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Tête de fillette</t>
+          <t>Le Presbytère d'Uccle.</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G155" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G155" s="2"/>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>79705</v>
+        <v>78853</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Portrait d'homme (d'après David)</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Danse, Auguste / David, Jacques-Louis</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>93560</v>
+        <v>93735</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Piano et violoncelle</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>79713</v>
+        <v>79190</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Pont.</t>
+          <t>Le Vieux Saint-Job en 1908.</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>93591</v>
+        <v>78854</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Le pommier</t>
+          <t>Le débardeur.</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G159" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G159" s="2"/>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>79714</v>
+        <v>39965</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Ruelle.</t>
+          <t>L'aurore du monde</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G160" s="2"/>
+      <c r="G160" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>93592</v>
+        <v>39966</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Vue de ville</t>
+          <t>Entre les 4 mers, tous les hommes sont frères</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>79715</v>
+        <v>40041</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Piété.</t>
+          <t>Ruines</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frederic, Georges</t>
         </is>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G162" s="2"/>
+      <c r="G162" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>93593</v>
+        <v>56800</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin au genou plié</t>
+          <t>Vieille ruelle à Auderghem</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Rombeau, Edouard</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>Beaux-arts</t>
+        </is>
+      </c>
+      <c r="G163" s="2"/>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>79716</v>
+        <v>56834</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Halle.</t>
+          <t>Rue du Vieux Moulin</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Cleemput, Jean</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G164" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G164" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>93594</v>
+        <v>57170</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Fillette au bain</t>
+          <t>Enfant</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>79717</v>
+        <v>46122</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sauveur.</t>
+          <t>Batterie de l'orchestre (L'Opéra )</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G166" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G166" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>50505</v>
+        <v>46123</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
+          <t>Bon conseil (L'Opéra )</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Braun, Georg / Hogenberg, Frans</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renouard, Charles Paul</t>
+        </is>
+      </c>
+      <c r="E167" s="2"/>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>estampe, cartes géographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G167" s="2"/>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, rehaussé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>52651</v>
+        <v>46140</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
+          <t>Ancienne classe de la rue Richer (L'Opéra)</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Hogenberg, Frans</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renouard, Charles Paul</t>
+        </is>
+      </c>
+      <c r="E168" s="2"/>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G168" s="2"/>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>77360</v>
+        <v>46173</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Le Christ devant Pilate</t>
+          <t>Classe du 1er quadrille (L'Opéra)</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Rembrandt, Harmensz van Rijn</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renouard, Charles Paul</t>
+        </is>
+      </c>
+      <c r="E169" s="2"/>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G169" s="2"/>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>50621</v>
+        <v>50505</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
+          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>De Jode, Pieter II</t>
+          <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1636 - </t>
+          <t>1572 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>50510</v>
+        <v>52651</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
+          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Hollar, Wenceslas</t>
+          <t>Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1647 - </t>
+          <t>1577 - 1579</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>77361</v>
+        <v>77360</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>La Pièce aux cent florins</t>
+          <t>Le Christ devant Pilate</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1648 - 1649</t>
+          <t>1636 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>image imprimée, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
+          <t>eau-forte, gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>51278</v>
+        <v>50621</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Ganshoren et Jette</t>
+          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
+          <t>De Jode, Pieter II</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1651 - </t>
+          <t>1636 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>52285</v>
+        <v>50510</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
+          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>De Hooghe, Romain</t>
+          <t>Hollar, Wenceslas</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1686 - </t>
+          <t>1647 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>99600</v>
+        <v>77361</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
+          <t>La Pièce aux cent florins</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D175" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>Rembrandt, Harmensz van Rijn</t>
+        </is>
+      </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1648 - 1649</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>53036</v>
+        <v>51278</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
+          <t>Panorama de Ganshoren et Jette</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
+          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1651 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>11963</v>
+        <v>52285</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>De Hooghe, Romain</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1686 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>11964</v>
+        <v>99600</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>11965</v>
+        <v>53036</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
+          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>cartes géographique, estampe</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
         <v>11951</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>Nouveau Testament : Nativité</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
@@ -6759,9331 +6735,9563 @@
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>50524</v>
+        <v>11963</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacques</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>47747</v>
+        <v>11964</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>30678</v>
+        <v>11965</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
+          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1774</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>55026</v>
+        <v>50524</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Alexandre de Lorraine</t>
+          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>El Ridinger, Johann</t>
+          <t>Harrewijn, Jacques</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>53022</v>
+        <v>47747</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
+          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
+          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1748 - </t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>58332</v>
+        <v>30678</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D197" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D197" s="2" t="inlineStr">
+        <is>
+          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
+        </is>
+      </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1735 - 1774</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>93287</v>
+        <v>55026</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Les beignets</t>
+          <t>Portrait de Charles Alexandre de Lorraine</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
+          <t>El Ridinger, Johann</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1782 - </t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>43019</v>
+        <v>53022</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
+          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Strange,  Robert / Van Dyck,  Antoon</t>
+          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1784 - 1784</t>
+          <t>1748 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, technique d'impression</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>52235</v>
+        <v>58332</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>52612</v>
+        <v>93287</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Le Colin-Maillard ou le bandeau favorable</t>
+          <t>Les beignets</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Le Coeur, Louis / Lavreince, Nicolas</t>
+          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1782 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>47993</v>
+        <v>43019</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>La Révolution brabançonne. Le balayeur de place</t>
+          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Strange,  Robert / Van Dyck,  Antoon</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1790</t>
+          <t>1784 - 1784</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>52291</v>
+        <v>52235</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
+          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Byrne, William</t>
+          <t>Landerer, Ferdinand</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1792 - </t>
+          <t>1787 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>48192</v>
+        <v>52612</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
+          <t>Le Colin-Maillard ou le bandeau favorable</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
+          <t>Le Coeur, Louis / Lavreince, Nicolas</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1843</t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>69035</v>
+        <v>47993</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
+          <t>La Révolution brabançonne. Le balayeur de place</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Jacques, Ch.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1789 - 1790</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>76968</v>
+        <v>52291</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>La Prière</t>
+          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Geudens, Albert</t>
+          <t>Le Febre, François / Byrne, William</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1949</t>
+          <t>1792 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>encre, peinture</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>93694</v>
+        <v>48192</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Le départ</t>
+          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Degroux, Charles</t>
+          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1820 - 1843</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>38577</v>
+        <v>69035</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison chaussée de Haecht</t>
+          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Jacques, Ch.</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>93283</v>
+        <v>76968</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Quai de la Tamise</t>
+          <t>La Prière</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Jefferys,  Marcel</t>
+          <t>Geudens, Albert</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1872 - 1924</t>
+          <t>1869 - 1949</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, peinture</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>78846</v>
+        <v>93694</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Courde ferme à Hyon, Mons.</t>
+          <t>Le départ</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Degroux, Charles</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G210" s="2"/>
+      <c r="G210" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>94637</v>
+        <v>38577</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Appel aux masses</t>
+          <t>Vieille maison chaussée de Haecht</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G211" s="2"/>
+      <c r="G211" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>39078</v>
+        <v>93283</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Moulins de Schaerbeek et d'Evere</t>
+          <t>Quai de la Tamise</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Dieudonné, Jules</t>
+          <t>Jefferys,  Marcel</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1872 - 1924</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>39456</v>
+        <v>78846</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Courde ferme à Hyon, Mons.</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G213" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G213" s="2"/>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>42963</v>
+        <v>94637</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Port de Gand</t>
+          <t>Appel aux masses</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1950</t>
+          <t>1878 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G214" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G214" s="2"/>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique d'impression</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>94509</v>
+        <v>39078</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Les étangs à Calmthout</t>
+          <t>Moulins de Schaerbeek et d'Evere</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Lamoriniere, François</t>
+          <t>Dieudonné, Jules</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>94518</v>
+        <v>39456</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>De garde</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>94522</v>
+        <v>42963</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Le fendeur de bois</t>
+          <t>Port de Gand</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Crabeels, Florent</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1879 - 1950</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>94200</v>
+        <v>94509</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>A Brasschaet</t>
+          <t>Les étangs à Calmthout</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Lamoriniere, François</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>94551</v>
+        <v>94518</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Attelage russe</t>
+          <t>De garde</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Boom, Charles</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>94573</v>
+        <v>94522</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>À Brasschaat</t>
+          <t>Le fendeur de bois</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Crabeels, Florent</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>94574</v>
+        <v>94200</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Lancier en vedette</t>
+          <t>A Brasschaet</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>93816</v>
+        <v>94551</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Le bouleau - Paysage à Brasschaat</t>
+          <t>Attelage russe</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Boom, Charles</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>93817</v>
+        <v>94573</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Barques amarées</t>
+          <t>À Brasschaat</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>94192</v>
+        <v>94574</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Deux promeneurs</t>
+          <t>Lancier en vedette</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>94194</v>
+        <v>94192</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Chariot tiré par un boeuf</t>
+          <t>Deux promeneurs</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>94195</v>
+        <v>94194</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Coin d'étang en automne - Le Soir</t>
+          <t>Chariot tiré par un boeuf</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>94196</v>
+        <v>94195</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Barque sur un ruisseau</t>
+          <t>Coin d'étang en automne - Le Soir</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>94197</v>
+        <v>94196</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Pont éclairé à la tombée du jour</t>
+          <t>Barque sur un ruisseau</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>94198</v>
+        <v>94197</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>L'église</t>
+          <t>Pont éclairé à la tombée du jour</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>94199</v>
+        <v>94198</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Pêcheurs</t>
+          <t>L'église</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>94201</v>
+        <v>94199</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Paysanne devant l'âtre</t>
+          <t>Pêcheurs</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>94202</v>
+        <v>94201</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Maisons au bord d'un étang</t>
+          <t>Paysanne devant l'âtre</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>94589</v>
+        <v>94202</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Crépuscule en décembre</t>
+          <t>Maisons au bord d'un étang</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Guiette, Jules</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>94590</v>
+        <v>94589</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Cantine</t>
+          <t>Crépuscule en décembre</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Guiette, Jules</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>94594</v>
+        <v>94590</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Tête de taureau, d'après A. Verwée</t>
+          <t>Cantine</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>94604</v>
+        <v>94594</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>La ramasseuse de bois mort</t>
+          <t>Tête de taureau, d'après A. Verwée</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Farasijn, Edgar</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>94600</v>
+        <v>94604</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Chat et souris</t>
+          <t>La ramasseuse de bois mort</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Verlat, Charles</t>
+          <t>Farasijn, Edgar</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>94628</v>
+        <v>93816</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Brigadier d'artillerie</t>
+          <t>Le bouleau - Paysage à Brasschaat</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Abry (Album), Léon / Abry, Léon</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>93286</v>
+        <v>93817</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Vue d’Ostende à l’est</t>
+          <t>Barques amarées</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>93285</v>
+        <v>94600</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Pont rural</t>
+          <t>Chat et souris</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Verlat, Charles</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>39194</v>
+        <v>94628</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Un pignon</t>
+          <t>Brigadier d'artillerie</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Abry (Album), Léon / Abry, Léon</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1943</t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>93715</v>
+        <v>93286</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Travailleurs contemplant un dessin</t>
+          <t>Vue d’Ostende à l’est</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>93716</v>
+        <v>93285</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Mineurs en chemin</t>
+          <t>Pont rural</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>93284</v>
+        <v>39194</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>La musique à Oostende</t>
+          <t>Un pignon</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Ensor,  James</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1943</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>93788</v>
+        <v>93284</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Les foins</t>
+          <t>La musique à Oostende</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Ensor,  James</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>68369</v>
+        <v>93715</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
+          <t>Travailleurs contemplant un dessin</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>78863</v>
+        <v>93716</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (d'après Devos).</t>
+          <t>Mineurs en chemin</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G247" s="2"/>
+      <c r="G247" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>78845</v>
+        <v>93788</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Isabelle Brandt</t>
+          <t>Les foins</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G248" s="2"/>
+      <c r="G248" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>93551</v>
+        <v>68369</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Une proposition</t>
+          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>93792</v>
+        <v>78863</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Au bord du bois</t>
+          <t>Tête d'enfant (d'après Devos).</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G250" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G250" s="2"/>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>93793</v>
+        <v>93551</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Retour de pêche</t>
+          <t>Une proposition</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Maréchal, François</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>68341</v>
+        <v>78845</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
+          <t>Isabelle Brandt</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G252" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G252" s="2"/>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>68368</v>
+        <v>93792</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
+          <t>Au bord du bois</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>39751</v>
+        <v>93793</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Le pont</t>
+          <t>Retour de pêche</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Lucas, Eugène</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>79179</v>
+        <v>68341</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Le Château de Wolvendael.</t>
+          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G255" s="2"/>
+      <c r="G255" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>79183</v>
+        <v>68368</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Le Cabaret du Hoef</t>
+          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G256" s="2"/>
+      <c r="G256" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>79185</v>
+        <v>39751</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vue du Galgenberg.</t>
+          <t>Le pont</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G257" s="2"/>
+      <c r="G257" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>79388</v>
+        <v>39750</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>L'Impasse.</t>
+          <t>Le porche</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G258" s="2"/>
+      <c r="G258" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>78869</v>
+        <v>79388</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Canal Isabelle à Knocke.</t>
+          <t>L'Impasse.</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>79153</v>
+        <v>94024</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Louise.</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G260" s="2"/>
+      <c r="G260" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure à la pointe-sèche</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>39750</v>
+        <v>94025</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Le porche</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Lucas, Eugène</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>94024</v>
+        <v>78869</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>Canal Isabelle à Knocke.</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G262" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G262" s="2"/>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>94025</v>
+        <v>93790</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>93790</v>
+        <v>79153</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
+          <t>Louise.</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G264" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G264" s="2"/>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>43919</v>
+        <v>79179</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Émile Verhaeren</t>
+          <t>Le Château de Wolvendael.</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G265" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G265" s="2"/>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>66356</v>
+        <v>79183</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Verhaeren</t>
+          <t>Le Cabaret du Hoef</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G266" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G266" s="2"/>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>68362</v>
+        <v>79185</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
+          <t>La Ferme Rose vue du Galgenberg.</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G267" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G267" s="2"/>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>50352</v>
+        <v>43919</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi</t>
+          <t>Portrait d'Émile Verhaeren</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Pasquier, O.</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G268" s="2"/>
+      <c r="G268" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>93776</v>
+        <v>66356</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>L'église de Veere</t>
+          <t>Portrait d'Emile Verhaeren</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Cassiers, Henri Ou Hendrick</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>69113</v>
+        <v>68362</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>69114</v>
+        <v>50352</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>La Maison du Roi</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Pasquier, O.</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G271" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G271" s="2"/>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>93783</v>
+        <v>93776</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
+          <t>L'église de Veere</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Cassiers, Henri Ou Hendrick</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>93775</v>
+        <v>69113</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Du haut du toit</t>
+          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>93781</v>
+        <v>69114</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Dolly</t>
+          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>93785</v>
+        <v>93783</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Le vieux</t>
+          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>68713</v>
+        <v>93775</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Auguste Oleffe, Gens de mer, gravure, 1906.</t>
+          <t>Du haut du toit</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>93772</v>
+        <v>93781</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Chiffonnière</t>
+          <t>Dolly</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>93774</v>
+        <v>93785</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>A marée haute</t>
+          <t>Le vieux</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Baseleer, Richard</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>93791</v>
+        <v>93772</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Ouvrière wallonne</t>
+          <t>Chiffonnière</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1906 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>93773</v>
+        <v>93774</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Le haleur</t>
+          <t>A marée haute</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Baseleer, Richard</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>93782</v>
+        <v>93791</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Intérieur</t>
+          <t>Ouvrière wallonne</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Deheusch, Rolande</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>93789</v>
+        <v>68713</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>L'abreuvoir</t>
+          <t>Auguste Oleffe, Gens de mer, gravure, 1906.</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>68687</v>
+        <v>93773</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
+          <t>Le haleur</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>93769</v>
+        <v>93782</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Le balai</t>
+          <t>Intérieur</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Philippe, Emile</t>
+          <t>Deheusch, Rolande</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>93777</v>
+        <v>93789</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>La cloche</t>
+          <t>L'abreuvoir</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Vanderloo, Marten</t>
+          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>69100</v>
+        <v>93769</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
+          <t>Le balai</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Philippe, Emile</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>79227</v>
+        <v>93777</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale (rue Rouge).</t>
+          <t>La cloche</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Scoyer, Paul</t>
+          <t>Vanderloo, Marten</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G287" s="2"/>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>93823</v>
+        <v>68687</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>L'enfant aux sabots</t>
+          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>29789</v>
+        <v>79227</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>En Campine</t>
+          <t>La Maison seigneuriale (rue Rouge).</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Henri</t>
+          <t>Scoyer, Paul</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>93778</v>
+        <v>93823</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Cheminées de fabriques le long de l'Escaut</t>
+          <t>L'enfant aux sabots</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Vanderloo, Marten</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>93780</v>
+        <v>69100</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Le homard</t>
+          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Delstanche, Albert</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>78839</v>
+        <v>29789</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>En Campine</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Meunier, Henri</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G292" s="2"/>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>94067</v>
+        <v>93778</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Intérieur d'église</t>
+          <t>Cheminées de fabriques le long de l'Escaut</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Raemaeker (Ramah), Henri</t>
+          <t>Vanderloo, Marten</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>93779</v>
+        <v>93780</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Fauves (croquis)</t>
+          <t>Le homard</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Heins, Armand - Jan</t>
+          <t>Delstanche, Albert</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>68530</v>
+        <v>77692</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
+          <t>"Kermesse à Watermael / Kermis te Watermaal" 1911</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G295" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G295" s="2"/>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>68549</v>
+        <v>77699</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
+          <t>"La boutique / De winkel" 1911</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G296" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G296" s="2"/>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>93873</v>
+        <v>94067</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Femme au miroir (La toilette)</t>
+          <t>Intérieur d'église</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Raemaeker (Ramah), Henri</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>79573</v>
+        <v>93779</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Château Seigneurie de Drogenbosch.</t>
+          <t>Fauves (croquis)</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Heins, Armand - Jan</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G298" s="2"/>
+      <c r="G298" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>68920</v>
+        <v>78839</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>68921</v>
+        <v>79573</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
+          <t>Château Seigneurie de Drogenbosch.</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G300" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G300" s="2"/>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>68922</v>
+        <v>93873</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
+          <t>Femme au miroir (La toilette)</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>68940</v>
+        <v>68530</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
+          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>78946</v>
+        <v>68549</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Le Pont rustique du Crabbegat.</t>
+          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G303" s="2"/>
+      <c r="G303" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
         <v>93738</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
           <t>L'homme à la pipe</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>93718</v>
+        <v>78946</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errant</t>
+          <t>Le Pont rustique du Crabbegat.</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G305" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G305" s="2"/>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>50509</v>
+        <v>93718</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Le palais de Justice à Bruxelles</t>
+          <t>Pauvres errant</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Van de Sande, René</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>90297</v>
+        <v>68920</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Betender Jude (Juif priant)</t>
+          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Steinhardt, Jakob</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G307" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G307" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>68484</v>
+        <v>68921</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
+          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>68478</v>
+        <v>68922</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
+          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>68480</v>
+        <v>68940</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
+          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>78851</v>
+        <v>50509</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sépia).</t>
+          <t>Le palais de Justice à Bruxelles</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Van de Sande, René</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G311" s="2"/>
+      <c r="G311" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>68813</v>
+        <v>90297</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
+          <t>Betender Jude (Juif priant)</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Steinhardt, Jakob</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G312" s="2"/>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>39195</v>
+        <v>68484</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Chemin de l'Église - Evere</t>
+          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>69093</v>
+        <v>68478</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
+          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>69032</v>
+        <v>68480</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
+          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Frelant, J.</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>79195</v>
+        <v>78851</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet anno 1570.</t>
+          <t>Femme nue (sépia).</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>68885</v>
+        <v>39195</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
+          <t>Chemin de l'Église - Evere</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Passinetti, Nei</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>94023</v>
+        <v>68813</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>L'humble chapelle</t>
+          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Henri (Dit Marc-Henry)</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>68450</v>
+        <v>79195</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
+          <t>Le Vieux Cornet anno 1570.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G319" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G319" s="2"/>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>68967</v>
+        <v>69032</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Jenny Montigny, Emile Claus, gravure, 1923.</t>
+          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Montigny, Jenny</t>
+          <t>Frelant, J.</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>69050</v>
+        <v>69093</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
+          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>50385</v>
+        <v>94023</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Cathédrale de Strasbourg</t>
+          <t>L'humble chapelle</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Allenbach, René</t>
+          <t>Meunier, Henri (Dit Marc-Henry)</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>68445</v>
+        <v>68885</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
+          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Heintz, Richard</t>
+          <t>Passinetti, Nei</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>79537</v>
+        <v>68450</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
+          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G324" s="2"/>
+      <c r="G324" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>68952</v>
+        <v>79537</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
+          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Schuttringen, Madeleine</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G325" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G325" s="2"/>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>68965</v>
+        <v>68967</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Joris Minne, Kermesse, gravure, 1924.</t>
+          <t>Jenny Montigny, Emile Claus, gravure, 1923.</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Minne, Joris</t>
+          <t>Montigny, Jenny</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>68982</v>
+        <v>69050</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Henri Verge-Sarrat, Village algérien, gravure, 1924.</t>
+          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Verge-Sarrat, Henri</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>68562</v>
+        <v>50385</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Alfred Martin, Le perron liégeois, gravure, 1924.</t>
+          <t>Vue de la Cathédrale de Strasbourg</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Martin,  Alfred</t>
+          <t>Allenbach, René</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>53569</v>
+        <v>68445</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>La cathédrale de Rhenen au Pays-Bas</t>
+          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Hornyansky, Nicholas</t>
+          <t>Heintz, Richard</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>50341</v>
+        <v>68965</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>La rue des Moineaux</t>
+          <t>Joris Minne, Kermesse, gravure, 1924.</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Minne, Joris</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>50344</v>
+        <v>68982</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>La rue de Rollebeek</t>
+          <t>Henri Verge-Sarrat, Village algérien, gravure, 1924.</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Verge-Sarrat, Henri</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>100826</v>
+        <v>68562</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>La rue des renards</t>
+          <t>Alfred Martin, Le perron liégeois, gravure, 1924.</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Martin,  Alfred</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>dessin, estampe, gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>cuivre, papier, encre, crayon</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>50457</v>
+        <v>68952</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Rue du Marché au Charbon</t>
+          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Schuttringen, Madeleine</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>56637</v>
+        <v>53569</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>La cathédrale de Rhenen au Pays-Bas</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Bastien, Alfred</t>
+          <t>Hornyansky, Nicholas</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G334" s="2"/>
+      <c r="G334" s="2" t="inlineStr">
+        <is>
+          <t>encre noire, papier</t>
+        </is>
+      </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>42720</v>
+        <v>50341</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles</t>
+          <t>La rue des Moineaux</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1937</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>68441</v>
+        <v>50344</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
+          <t>La rue de Rollebeek</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Kerels, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>68955</v>
+        <v>100826</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
+          <t>La rue des renards</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Schönberg, Rodolphe</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin, estampe, gravure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>cuivre, papier, encre, crayon</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>68449</v>
+        <v>50457</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
+          <t>Rue du Marché au Charbon</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Gérard, Yvonne</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>79509</v>
+        <v>56637</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann, 1937 ….</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>Bastien, Alfred</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>79574</v>
+        <v>42720</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Les Chérubins</t>
+          <t>Panorama de Bruxelles</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1932 - 1937</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G340" s="2"/>
+      <c r="G340" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>66488</v>
+        <v>68441</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Gravure à l’eau-forte, par Rodolphe Schönberg. 1940, Hotel de ville de Veer</t>
+          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Schönberg, Rodolphe</t>
+          <t>Kerels, Henri</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>49707</v>
+        <v>68955</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Vue d'Alsemberg</t>
+          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Van Paemel, Jules</t>
+          <t>Schönberg, Rodolphe</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>79548</v>
+        <v>68449</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
+          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Gérard, Yvonne</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G343" s="2"/>
+      <c r="G343" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>79538</v>
+        <v>79509</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Le Pont d'Uccle Stalle.</t>
+          <t>Avenue Brugmann, 1937 ….</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>50356</v>
+        <v>79574</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Maison Schott - 27 Rue du Chêne à Bruxelles</t>
+          <t>Les Chérubins</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1948 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G345" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G345" s="2"/>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>79152</v>
+        <v>66488</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Micheline.</t>
+          <t>Gravure à l’eau-forte, par Rodolphe Schönberg. 1940, Hotel de ville de Veer</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Schönberg, Rodolphe</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G346" s="2"/>
+      <c r="G346" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure à la pointe-sèche</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>39189</v>
+        <v>49707</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Santa Maria</t>
+          <t>Vue d'Alsemberg</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Van Paemel, Jules</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>39190</v>
+        <v>79548</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Iwo-Jima</t>
+          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G348" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G348" s="2"/>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>49913</v>
+        <v>79538</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Carré Peeters à Uccle</t>
+          <t>Le Pont d'Uccle Stalle.</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Colpin, André</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1959 - 2000</t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G349" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G349" s="2"/>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>79683</v>
+        <v>50356</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>L'abandon de la Ferme Rose, nov. 1962.</t>
+          <t>Maison Schott - 27 Rue du Chêne à Bruxelles</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1948 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G350" s="2"/>
+      <c r="G350" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>79174</v>
+        <v>79152</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose.</t>
+          <t>Micheline.</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>79543</v>
+        <v>39189</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose - Uccle - 3/3/46.</t>
+          <t>Santa Maria</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G352" s="2"/>
+      <c r="G352" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>79544</v>
+        <v>39190</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Ferme Rose, Activités Culturelles.</t>
+          <t>Iwo-Jima</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G353" s="2"/>
+      <c r="G353" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>50053</v>
+        <v>49913</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Avril, rue de la Madeleine</t>
+          <t>Carré Peeters à Uccle</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
-          <t>Ickx, Nicole</t>
+          <t>Colpin, André</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1959 - 2000</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>42108</v>
+        <v>79683</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Fontaine (tirage unique)</t>
+          <t>L'abandon de la Ferme Rose, nov. 1962</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
-[...3 lines deleted...]
-      <c r="G355" s="2"/>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F355" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G355" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>95263</v>
+        <v>79174</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Under Sea</t>
+          <t>La Ferme Rose.</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>42098</v>
+        <v>79543</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Rouge-Cloître</t>
+          <t>La Ferme Rose - Uccle - 3/3/46.</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
-[...2 lines deleted...]
-      <c r="F357" s="2"/>
+          <t>1973 - </t>
+        </is>
+      </c>
+      <c r="F357" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>98089</v>
+        <v>79544</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Noyau (17/60)</t>
+          <t>Ferme Rose, Activités Culturelles.</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G358" s="2"/>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>39941</v>
+        <v>77725</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Chlorophile</t>
+          <t>Champ de lin</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Coulon, Sylvie</t>
+          <t>Richir, Simone</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1979 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G359" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G359" s="2"/>
       <c r="H359" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>70172</v>
+        <v>50053</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Champignon horizontal</t>
+          <t>Avril, rue de la Madeleine</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Danino, Dany</t>
+          <t>Ickx, Nicole</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
-[...2 lines deleted...]
-      <c r="F360" s="2"/>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F360" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>papier, papier, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>69085</v>
+        <v>42108</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
+          <t>Fontaine (tirage unique)</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Wagner, Joseph</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1989 - </t>
+        </is>
+      </c>
+      <c r="F361" s="2"/>
+      <c r="G361" s="2"/>
       <c r="H361" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>68852</v>
+        <v>95263</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
+          <t>Under Sea</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Alexandre</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G362" s="2"/>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>69092</v>
+        <v>42098</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
+          <t>Rouge-Cloître</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1995 - </t>
+        </is>
+      </c>
+      <c r="F363" s="2"/>
+      <c r="G363" s="2"/>
       <c r="H363" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>68886</v>
+        <v>98089</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
+          <t>Noyau (17/60)</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Jonai, P. A.</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>69094</v>
+        <v>39941</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
+          <t>Chlorophile</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Auger, Raymond Louis</t>
+          <t>Coulon, Sylvie</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>68910</v>
+        <v>70172</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
+          <t>Champignon horizontal</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danino, Dany</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F366" s="2"/>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, papier, papier</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>69097</v>
+        <v>87535</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
+          <t>Moulin de Lindekemael</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Boilvin, Emile</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F367" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F367" s="2"/>
+      <c r="G367" s="2"/>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>68911</v>
+        <v>87537</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
+          <t>Paysage sous la neige </t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F368" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F368" s="2"/>
+      <c r="G368" s="2"/>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>69099</v>
+        <v>87583</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
+          <t>Pieds de moulin à vent </t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Gilsoul, Victor</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F369" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F369" s="2"/>
+      <c r="G369" s="2"/>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>68912</v>
+        <v>69107</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
+          <t>Marie-Rose Bertaud, La barque mise à flot, d'après Claude-Joseph Vernet, gravure, s.d. [vers 1770 ?].</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Bertaud, R.</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>68918</v>
+        <v>69116</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
+          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Van Bastelaer, René</t>
+          <t>Stassen, F.</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>69106</v>
+        <v>69188</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
+          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Lambert Antoine</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>68481</v>
+        <v>68485</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Le ruisseau en hiver, gravure, s.d.</t>
+          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>68482</v>
+        <v>68544</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
+          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Hagemans, Germaine</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>68942</v>
+        <v>68981</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
+          <t>Willem Roelofs, La mare, gravure, s.d.</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Tielemans, Emile-henri</t>
+          <t>Roelofs, Willem</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>68483</v>
+        <v>68989</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
+          <t>Bollaert, Locarno, gravure, s.d.</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>68485</v>
+        <v>68584</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
+          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D377" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D377" s="2"/>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>68544</v>
+        <v>68994</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
+          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Hagemans, Germaine</t>
+          <t>Van Malderen, J.</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>68981</v>
+        <v>68585</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Willem Roelofs, La mare, gravure, s.d.</t>
+          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D379" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D379" s="2"/>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>68989</v>
+        <v>69028</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Bollaert, Locarno, gravure, s.d.</t>
+          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>De Guinhald, Bernard</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>68584</v>
+        <v>69033</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
+          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D381" s="2"/>
+      <c r="D381" s="2" t="inlineStr">
+        <is>
+          <t>Grenaud, Henri</t>
+        </is>
+      </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>68994</v>
+        <v>68764</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
+          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
-          <t>Van Malderen, J.</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>68585</v>
+        <v>68767</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
+          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D383" s="2"/>
+      <c r="D383" s="2" t="inlineStr">
+        <is>
+          <t>Delaunois, Alfred Napoléon</t>
+        </is>
+      </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>69028</v>
+        <v>69039</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
+          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>De Guinhald, Bernard</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>69033</v>
+        <v>68770</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
-          <t>Grenaud, Henri</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>68764</v>
+        <v>69040</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>68767</v>
+        <v>68781</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
+          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D387" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>69039</v>
+        <v>69041</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>68770</v>
+        <v>68793</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Vandenberghe-Bourotte, Anne</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>69040</v>
+        <v>69042</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>68781</v>
+        <v>68802</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
+          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D391" s="2"/>
+      <c r="D391" s="2" t="inlineStr">
+        <is>
+          <t>Bosse, Abraham / Bosse, Abraham</t>
+        </is>
+      </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>69041</v>
+        <v>69044</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
+          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>68793</v>
+        <v>68807</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
+          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
-          <t>Vandenberghe-Bourotte, Anne</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>69042</v>
+        <v>69045</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
+          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>68802</v>
+        <v>69046</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
+          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Bosse, Abraham / Bosse, Abraham</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>69044</v>
+        <v>68822</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
+          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>De Visscher, Corneille</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>68807</v>
+        <v>69047</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
+          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>69045</v>
+        <v>68847</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>69046</v>
+        <v>69048</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>68822</v>
+        <v>68848</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>De Visscher, Corneille</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>69047</v>
+        <v>69049</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
+          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>68847</v>
+        <v>68849</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>69048</v>
+        <v>68850</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>68848</v>
+        <v>69070</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
+          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Bartholomé, Léon</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>69049</v>
+        <v>68851</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Jacques Philippe Levilly, Le chasseur galant, gravure, s.d. [fin 18e siècle ?].</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>Levilly, J.P.</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>68849</v>
+        <v>69085</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
+          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Wagner, Joseph</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>68850</v>
+        <v>68852</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
+          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Laurent, Alexandre</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>69070</v>
+        <v>69092</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
+          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Bartholomé, Léon</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>68851</v>
+        <v>68886</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Jacques Philippe Levilly, Le chasseur galant, gravure, s.d. [fin 18e siècle ?].</t>
+          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Levilly, J.P.</t>
+          <t>Jonai, P. A.</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>69107</v>
+        <v>69094</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Marie-Rose Bertaud, La barque mise à flot, d'après Claude-Joseph Vernet, gravure, s.d. [vers 1770 ?].</t>
+          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Bertaud, R.</t>
+          <t>Auger, Raymond Louis</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>69116</v>
+        <v>68910</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
+          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Stassen, F.</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>69188</v>
+        <v>69097</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
+          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>Boilvin, Emile</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>68443</v>
+        <v>68911</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
+          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>68460</v>
+        <v>69099</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
+          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>68477</v>
+        <v>68912</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
+          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>68479</v>
+        <v>68918</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Neige, gravure, s.d</t>
+          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Van Bastelaer, René</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>42105</v>
+        <v>69106</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>La cueillette</t>
+          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Claessens, Lambert Antoine</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F417" s="2"/>
-      <c r="G417" s="2"/>
+      <c r="F417" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G417" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>87535</v>
+        <v>68481</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Lindekemael</t>
+          <t>Joseph Delfosse, Le ruisseau en hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F418" s="2"/>
-      <c r="G418" s="2"/>
+      <c r="F418" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G418" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>87537</v>
+        <v>68482</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Paysage sous la neige </t>
+          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F419" s="2"/>
-      <c r="G419" s="2"/>
+      <c r="F419" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G419" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>87583</v>
+        <v>68942</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Pieds de moulin à vent </t>
+          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul, Victor</t>
+          <t>Tielemans, Emile-henri</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F420" s="2"/>
-      <c r="G420" s="2"/>
+      <c r="F420" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G420" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>68356</v>
+        <v>68483</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
+          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>68359</v>
+        <v>68460</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
+          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Michaux, John</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>68360</v>
+        <v>68477</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
+          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Michaux, John</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>68363</v>
+        <v>68479</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
+          <t>Joseph Delfosse, Neige, gravure, s.d</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Marcel</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>68364</v>
+        <v>42105</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
+          <t>La cueillette</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F425" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F425" s="2"/>
+      <c r="G425" s="2"/>
       <c r="H425" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>68365</v>
+        <v>68356</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Maréchal, François</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>68366</v>
+        <v>68359</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Michaux, John</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
+        <v>68360</v>
+      </c>
+      <c r="B428" s="2" t="inlineStr">
+        <is>
+          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C428" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D428" s="2" t="inlineStr">
+        <is>
+          <t>Michaux, John</t>
+        </is>
+      </c>
+      <c r="E428" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F428" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G428" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H428" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
+      <c r="A429" s="1" t="n">
+        <v>68363</v>
+      </c>
+      <c r="B429" s="2" t="inlineStr">
+        <is>
+          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C429" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D429" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Marcel</t>
+        </is>
+      </c>
+      <c r="E429" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F429" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G429" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H429" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
+      <c r="A430" s="1" t="n">
+        <v>68364</v>
+      </c>
+      <c r="B430" s="2" t="inlineStr">
+        <is>
+          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
+        </is>
+      </c>
+      <c r="C430" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D430" s="2" t="inlineStr">
+        <is>
+          <t>Thysebaert, Emile</t>
+        </is>
+      </c>
+      <c r="E430" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F430" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G430" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H430" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
+      <c r="A431" s="1" t="n">
+        <v>68365</v>
+      </c>
+      <c r="B431" s="2" t="inlineStr">
+        <is>
+          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C431" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D431" s="2" t="inlineStr">
+        <is>
+          <t>Laermans, Eugène</t>
+        </is>
+      </c>
+      <c r="E431" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F431" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G431" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H431" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="1" t="n">
+        <v>68366</v>
+      </c>
+      <c r="B432" s="2" t="inlineStr">
+        <is>
+          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C432" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D432" s="2" t="inlineStr">
+        <is>
+          <t>Laermans, Eugène</t>
+        </is>
+      </c>
+      <c r="E432" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F432" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G432" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H432" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
+      <c r="A433" s="1" t="n">
         <v>68371</v>
       </c>
-      <c r="B428" s="2" t="inlineStr">
+      <c r="B433" s="2" t="inlineStr">
         <is>
           <t>Eugène Laermans, L'enfant, eau-forte, s.d.</t>
         </is>
       </c>
-      <c r="C428" s="2" t="inlineStr">
+      <c r="C433" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D428" s="2"/>
-      <c r="E428" s="2" t="inlineStr">
+      <c r="D433" s="2"/>
+      <c r="E433" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F428" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H428" s="2" t="inlineStr">
+      <c r="F433" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G433" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H433" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="1" t="n">
+        <v>68443</v>
+      </c>
+      <c r="B434" s="2" t="inlineStr">
+        <is>
+          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
+        </is>
+      </c>
+      <c r="C434" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D434" s="2" t="inlineStr">
+        <is>
+          <t>Havermans, Xavier</t>
+        </is>
+      </c>
+      <c r="E434" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F434" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G434" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H434" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">