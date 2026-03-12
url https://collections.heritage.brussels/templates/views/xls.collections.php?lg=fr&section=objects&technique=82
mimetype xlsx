--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H434"/>
+  <dimension ref="A1:H435"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,7894 +179,7946 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38591</v>
+        <v>78841</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Porte Sainte Croix à Bruges</t>
+          <t>L'embarquement pour Cythère.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39784</v>
+        <v>78843</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Torpillage du Lusitania</t>
+          <t>Pierre Paul Rubens.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Fouqueray, Charles</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38592</v>
+        <v>79180</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Rue du rouleau à Bruges</t>
+          <t>Notre dame des Affligés à Uccle Stalle.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39788</v>
+        <v>79181</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Martin pêcheur et héron</t>
+          <t>Le Homborch et le Kriekenput.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>38593</v>
+        <v>78849</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le pont flamand à Bruges</t>
+          <t>Louise Danse.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39918</v>
+        <v>79184</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Trio de baudets</t>
+          <t>Le Papenkasteel, 1661.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>De Haas, Jan</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>38594</v>
+        <v>78852</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pont du cheval à Bruges</t>
+          <t>Femme nue (sanguine).</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>38595</v>
+        <v>79189</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Quai du Rozenhoed à Bruges</t>
+          <t>Le Presbytère d'Uccle.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>38596</v>
+        <v>78853</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Quai des ménétriers à Bruges</t>
+          <t>Portrait d'homme (d'après David)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste / David, Jacques-Louis</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>38597</v>
+        <v>79190</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vieille ferme - 4ème état  </t>
+          <t>Le Vieux Saint-Job en 1908.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>38598</v>
+        <v>78854</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Dixmude</t>
+          <t>Le débardeur.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>38599</v>
+        <v>79193</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Vieille façade à Ypres</t>
+          <t>Rue de la Cigogne - 1928.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>38600</v>
+        <v>78855</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Nieuwwerk (Halles d'Ypres)</t>
+          <t>Vieille coquette (d'après Goya)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste / Goya, Don Fransisco</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>38601</v>
+        <v>78857</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Ypres - Notre Dame de la Halle</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>38602</v>
+        <v>78859</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Maison de bois à Ypres</t>
+          <t>Les Dunes de Knocke,.</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>38603</v>
+        <v>78860</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Hôtel de Gand (Ypres)</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>38604</v>
+        <v>78861</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Ferme, Grande rue au Bois</t>
+          <t>Mare bordée d'arbres.</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>38605</v>
+        <v>78862</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert</t>
+          <t>L' Indifférent (d'après Watteau).</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>38606</v>
+        <v>78864</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Fondation</t>
+          <t>Finette (d'après Watteau).</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>38607</v>
+        <v>78866</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Château Vert en hiver</t>
+          <t>La Hercheuse.</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>38608</v>
+        <v>78867</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Petite rue au Bois</t>
+          <t>Taureau.</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>39046</v>
+        <v>78868</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La Maison des Arts</t>
+          <t>Le satyre et le paysan (d'après Jordaens)</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Van Dionant, Carlos</t>
+          <t>Danse, Auguste / Jordaens,  Jacob</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G23" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>39094</v>
+        <v>78871</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Le géographe</t>
+          <t>Albert, archiduc.</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>39098</v>
+        <v>77476</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Cugnon, chemin Poupehan</t>
+          <t>Le Vagabond</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Comtesse De Flandre, Marie</t>
+          <t>Van den Berghe-Bourotte</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G25" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>38576</v>
+        <v>78945</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Le  mur du parc Josaphat</t>
+          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>38578</v>
+        <v>78957</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ferme, petite rue au Bois</t>
+          <t>La Multiplication des poissons.</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G27" s="2"/>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>38579</v>
+        <v>78960</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison, rue Van Ysendyck</t>
+          <t>Les Chanteurs - Epreuve d'artiste.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Flament, Maurice</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39377</v>
+        <v>79007</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Vieux Schaerbeek</t>
+          <t>Paysage (à Saint-Job).</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>38580</v>
+        <v>79052</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Rue du Tilleul</t>
+          <t>Pavillon Louis XV</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Janssens, Henri</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>39386</v>
+        <v>79149</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Coin de rue.</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G31" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>38581</v>
+        <v>78743</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Étang Dapperen au parc Josaphat</t>
+          <t>Intérieur de l'Église de Grimbergen.</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>39387</v>
+        <v>79151</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La maison espagnole</t>
+          <t>Rue Sainte-Catherine, Bruxelles.</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>38582</v>
+        <v>78761</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Cabaret  'In den Transvaal', rue du Lion</t>
+          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Bolle, Marie-Anne</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G34" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>39452</v>
+        <v>78783</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Vieillard</t>
+          <t>Masque de Napoléon</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Calamatta, Luigi</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>38584</v>
+        <v>78835</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Rue de Jérusalem</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G36" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>38585</v>
+        <v>79166</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Cour de vieille ferme</t>
+          <t>La Percée rue Pacheco.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>39457</v>
+        <v>78838</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Peintre et paysage</t>
+          <t>Souvenirs et regrets.</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G38" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>38586</v>
+        <v>79176</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Vallée Josaphat</t>
+          <t>Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>39458</v>
+        <v>78840</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les braconniers</t>
+          <t>L'embarquement pour Cythère</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>38587</v>
+        <v>79178</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Ruelle, chaussée de Haecht</t>
+          <t>Le Vieux Cornet en 1921.</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G41" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>39459</v>
+        <v>39098</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Étang</t>
+          <t>Cugnon, chemin Poupehan</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Comtesse De Flandre, Marie</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>38588</v>
+        <v>38576</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Bruges, canal au sucre</t>
+          <t>Le  mur du parc Josaphat</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>39625</v>
+        <v>38578</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Mermaid Street, Rye</t>
+          <t>Ferme, petite rue au Bois</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Woollard, Dorothy</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>38589</v>
+        <v>38579</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les vieux chaumes</t>
+          <t>Vieille maison, rue Van Ysendyck</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>38590</v>
+        <v>39377</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Ruelle</t>
+          <t>Vieux Schaerbeek</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>79732</v>
+        <v>38580</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Vestige.</t>
+          <t>Rue du Tilleul</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G47" s="2"/>
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>79401</v>
+        <v>39386</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G48" s="2"/>
+      <c r="G48" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>82074</v>
+        <v>38581</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Pont à Bruges</t>
+          <t>Étang Dapperen au parc Josaphat</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>79402</v>
+        <v>39387</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>La maison espagnole</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G50" s="2"/>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>82102</v>
+        <v>38582</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Masures</t>
+          <t>Cabaret  'In den Transvaal', rue du Lion</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E51" s="2"/>
-      <c r="F51" s="2"/>
+      <c r="F51" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>79403</v>
+        <v>39452</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Vieillard</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G52" s="2"/>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>84069</v>
+        <v>38584</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Le beau porche</t>
+          <t>Rue de Jérusalem</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E53" s="2"/>
-      <c r="F53" s="2"/>
-      <c r="G53" s="2"/>
+      <c r="F53" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>79410</v>
+        <v>38585</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
+          <t>Cour de vieille ferme</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G54" s="2"/>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>84161</v>
+        <v>39457</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Le coin du feu</t>
+          <t>Peintre et paysage</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E55" s="2"/>
-      <c r="F55" s="2"/>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>79458</v>
+        <v>38586</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Naissance du Printemps</t>
+          <t>Vallée Josaphat</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Royal, Nicole</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G56" s="2"/>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>79472</v>
+        <v>39458</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Le Pudleur (d'après Meunier).</t>
+          <t>Les braconniers</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G57" s="2"/>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>79487</v>
+        <v>38587</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Uccle Illustré.</t>
+          <t>Ruelle, chaussée de Haecht</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G58" s="2"/>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>79488</v>
+        <v>39459</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Étang</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G59" s="2"/>
+      <c r="G59" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>88436</v>
+        <v>38588</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
+          <t>Bruges, canal au sucre</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Mandelbaum, Stéphane</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>93494</v>
+        <v>39625</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>L'enfant prodigue</t>
+          <t>Mermaid Street, Rye</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Woollard, Dorothy</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>93548</v>
+        <v>38589</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale de Meaux</t>
+          <t>Les vieux chaumes</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Allard l'Olivier, Fernand</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>79682</v>
+        <v>38590</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Le Kamerdelle à Uccle.</t>
+          <t>Ruelle</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G63" s="2"/>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>93553</v>
+        <v>38591</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Frontispice</t>
+          <t>Porte Sainte Croix à Bruges</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>79704</v>
+        <v>39784</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Torpillage du Lusitania</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Fouqueray, Charles</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G65" s="2"/>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>93557</v>
+        <v>38592</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Tête de fillette</t>
+          <t>Rue du rouleau à Bruges</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>79705</v>
+        <v>39788</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Martin pêcheur et héron</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G67" s="2"/>
+      <c r="G67" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>93560</v>
+        <v>38593</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Piano et violoncelle</t>
+          <t>Le pont flamand à Bruges</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>79713</v>
+        <v>39918</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Pont.</t>
+          <t>Trio de baudets</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>De Haas, Jan</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G69" s="2"/>
+      <c r="G69" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>93591</v>
+        <v>38594</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Le pommier</t>
+          <t>Pont du cheval à Bruges</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>79714</v>
+        <v>38595</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ruelle.</t>
+          <t>Quai du Rozenhoed à Bruges</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G71" s="2"/>
+      <c r="G71" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>93592</v>
+        <v>38596</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Vue de ville</t>
+          <t>Quai des ménétriers à Bruges</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>79715</v>
+        <v>38597</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Piété.</t>
+          <t>Vieille ferme - 4ème état  </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G73" s="2"/>
+      <c r="G73" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>93593</v>
+        <v>38598</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin au genou plié</t>
+          <t>Moulin à Dixmude</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>79716</v>
+        <v>38599</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Halle.</t>
+          <t>Vieille façade à Ypres</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G75" s="2"/>
+      <c r="G75" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>93594</v>
+        <v>38600</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Fillette au bain</t>
+          <t>Le Nieuwwerk (Halles d'Ypres)</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>79717</v>
+        <v>38601</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sauveur.</t>
+          <t>Ypres - Notre Dame de la Halle</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G77" s="2"/>
+      <c r="G77" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>93599</v>
+        <v>38602</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Les ombres sur la neige</t>
+          <t>Maison de bois à Ypres</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>79718</v>
+        <v>38603</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame.</t>
+          <t>Hôtel de Gand (Ypres)</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G79" s="2"/>
+      <c r="G79" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>93601</v>
+        <v>38604</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
+          <t>Ferme, Grande rue au Bois</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>79719</v>
+        <v>38605</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Hopital Saint-Jean.</t>
+          <t>Le Vieux Château Vert</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G81" s="2"/>
+      <c r="G81" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>79720</v>
+        <v>38606</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Roode Poort.</t>
+          <t>Rue de la Fondation</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G82" s="2"/>
+      <c r="G82" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>79723</v>
+        <v>38607</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Cantilène.</t>
+          <t>Le Vieux Château Vert en hiver</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G83" s="2"/>
+      <c r="G83" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>79724</v>
+        <v>38608</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Lieu de culte. </t>
+          <t>Petite rue au Bois</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G84" s="2"/>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>79725</v>
+        <v>39046</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Ville morte.</t>
+          <t>La Maison des Arts</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Dionant, Carlos</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G85" s="2"/>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>79248</v>
+        <v>39094</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Arbre - II.</t>
+          <t>Le géographe</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G86" s="2"/>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>79726</v>
+        <v>79713</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Quai Espagnol.</t>
+          <t>Pont.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>79295</v>
+        <v>93591</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de croisière - Mercator.</t>
+          <t>Le pommier</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G88" s="2"/>
+      <c r="G88" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>79727</v>
+        <v>79714</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Gruuthuuse.</t>
+          <t>Ruelle.</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>79728</v>
+        <v>93592</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Complainte.</t>
+          <t>Vue de ville</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G90" s="2"/>
+      <c r="G90" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>79394</v>
+        <v>79715</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Piété.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>79729</v>
+        <v>93593</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Pont Saint-Augustin.</t>
+          <t>Nu féminin au genou plié</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G92" s="2"/>
+      <c r="G92" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>79399</v>
+        <v>79716</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>Rue de la Halle.</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>79730</v>
+        <v>93594</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Rempart, Porte Sainte-Croix.</t>
+          <t>Fillette au bain</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G94" s="2"/>
+      <c r="G94" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>79400</v>
+        <v>79717</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>Saint-Sauveur.</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>106952</v>
+        <v>93599</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale  - Costa Belgica (Westende)</t>
+          <t>Les ombres sur la neige</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève / Esperluète éditions</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G96" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, aquatinte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>106953</v>
+        <v>79718</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Costa Belgica (Coxyde)</t>
+          <t>Notre Dame.</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève / Esperluète éditions</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>aquatinte, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>106954</v>
+        <v>93601</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - A la mer incognito</t>
+          <t>Cour de fermette (l'atelier du charron à Linkebeek)</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Geneviève</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G98" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G98" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>93736</v>
+        <v>79719</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Hopital Saint-Jean.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G99" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G99" s="2"/>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>79193</v>
+        <v>79720</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Cigogne - 1928.</t>
+          <t>Roode Poort.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>78855</v>
+        <v>79723</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vieille coquette (d'après Goya)</t>
+          <t>Cantilène.</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Goya, Don Fransisco</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>93737</v>
+        <v>79724</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>L'homme au chapeau mou</t>
+          <t>Lieu de culte. </t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G102" s="2"/>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>78857</v>
+        <v>79725</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Ville morte.</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>79221</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>L'Orient et l'Occident.</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique de reproduction, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>78859</v>
+        <v>79726</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Les Dunes de Knocke,.</t>
+          <t>Quai Espagnol.</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>93739</v>
+        <v>79727</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Paysans aux champs</t>
+          <t>Gruuthuuse.</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G106" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G106" s="2"/>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>78860</v>
+        <v>79248</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Arbre - II.</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>93740</v>
+        <v>79728</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Le violoniste boit</t>
+          <t>Complainte.</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G108" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G108" s="2"/>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>78861</v>
+        <v>79295</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Mare bordée d'arbres.</t>
+          <t>Souvenir de croisière - Mercator.</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>93743</v>
+        <v>79729</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Visages</t>
+          <t>Pont Saint-Augustin.</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G110" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G110" s="2"/>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>78862</v>
+        <v>79730</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>L' Indifférent (d'après Watteau).</t>
+          <t>Rempart, Porte Sainte-Croix.</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>78864</v>
+        <v>79394</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Finette (d'après Watteau).</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>78866</v>
+        <v>79732</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>La Hercheuse.</t>
+          <t>Vestige.</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>78867</v>
+        <v>79399</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Taureau.</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>78868</v>
+        <v>82074</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Le satyre et le paysan (d'après Jordaens)</t>
+          <t>Pont à Bruges</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / Jordaens,  Jacob</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G115" s="2"/>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G115" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>78871</v>
+        <v>79400</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Albert, archiduc.</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>78872</v>
+        <v>82102</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Masures</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E117" s="2"/>
-      <c r="F117" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>78945</v>
+        <v>79401</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
+          <t>Plein midi, Uccle</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
-[...2 lines deleted...]
-      <c r="E118" s="2"/>
+          <t>Craps, Pol</t>
+        </is>
+      </c>
+      <c r="E118" s="2" t="inlineStr">
+        <is>
+          <t> - 1926</t>
+        </is>
+      </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G118" s="2"/>
+      <c r="G118" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>77693</v>
+        <v>84069</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Carnaval</t>
+          <t>Le beau porche</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Wouters, Rik</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E119" s="2"/>
-      <c r="F119" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>78957</v>
+        <v>79402</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>La Multiplication des poissons.</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>77694</v>
+        <v>84161</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>La cathédrale St Rombouts à Maline</t>
+          <t>Le coin du feu</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Wouters, Rik</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E121" s="2"/>
-      <c r="F121" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>78960</v>
+        <v>79403</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Les Chanteurs - Epreuve d'artiste.</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Flament, Maurice</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>77697</v>
+        <v>79410</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Nele lisant</t>
+          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Wouters, Rik</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>79007</v>
+        <v>79458</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Paysage (à Saint-Job).</t>
+          <t>Naissance du Printemps</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Royal, Nicole</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>79052</v>
+        <v>79472</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Pavillon Louis XV.</t>
+          <t>Le Pudleur (d'après Meunier).</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Henri</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>79149</v>
+        <v>88436</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Coin de rue.</t>
+          <t>Le shohet (le boucher dans l’abattage rituel juif)</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Mandelbaum, Stéphane</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G126" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G126" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>78743</v>
+        <v>79487</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'Église de Grimbergen.</t>
+          <t>Uccle Illustré.</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>79151</v>
+        <v>79488</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Rue Sainte-Catherine, Bruxelles.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>78761</v>
+        <v>93494</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
+          <t>L'enfant prodigue</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Marie-Anne</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G129" s="2"/>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>78783</v>
+        <v>93548</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Masque de Napoléon</t>
+          <t>Cathédrale de Meaux</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Calamatta, Luigi</t>
+          <t>Allard l'Olivier, Fernand</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G130" s="2"/>
+      <c r="G130" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>78835</v>
+        <v>93553</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Frontispice</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G131" s="2"/>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>79166</v>
+        <v>79682</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>La Percée rue Pacheco.</t>
+          <t>Le Kamerdelle à Uccle.</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>78838</v>
+        <v>93557</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs et regrets.</t>
+          <t>Tête de fillette</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G133" s="2"/>
+      <c r="G133" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>93795</v>
+        <v>93560</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres, rivière et maisonnette</t>
+          <t>Piano et violoncelle</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>94645</v>
+        <v>39965</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Les trois contemporains</t>
+          <t>L'aurore du monde</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G135" s="2"/>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>79176</v>
+        <v>39966</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre.</t>
+          <t>Entre les 4 mers, tous les hommes sont frères</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Brachet, Lise</t>
         </is>
       </c>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G136" s="2"/>
+      <c r="G136" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>93800</v>
+        <v>40041</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Un jardin à la campagne</t>
+          <t>Ruines</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D137" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Frederic, Georges</t>
+        </is>
+      </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>78840</v>
+        <v>56800</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère</t>
+          <t>Vieille ruelle à Auderghem</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Rombeau, Edouard</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Beaux-arts</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>79178</v>
+        <v>56834</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet en 1921.</t>
+          <t>Rue du Vieux Moulin</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Cleemput, Jean</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G139" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G139" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>93802</v>
+        <v>57170</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La péniche</t>
+          <t>Enfant</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>78841</v>
+        <v>46122</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère.</t>
+          <t>Batterie de l'orchestre (L'Opéra )</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G141" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G141" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>93806</v>
+        <v>46123</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Nuages sur la dune</t>
+          <t>Bon conseil (L'Opéra )</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G142" s="2"/>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>78843</v>
+        <v>46140</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paul Rubens.</t>
+          <t>Ancienne classe de la rue Richer (L'Opéra)</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>79180</v>
+        <v>46173</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Notre dame des Affligés à Uccle Stalle.</t>
+          <t>Classe du 1er quadrille (L'Opéra)</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Renouard, Charles Paul</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>93809</v>
+        <v>93795</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Les arbres sur la colline</t>
+          <t>Paysage avec arbres, rivière et maisonnette</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>93717</v>
+        <v>93800</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Paysans en chemin - L'enterrement du paysan</t>
+          <t>Un jardin à la campagne</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
-      <c r="D146" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>79181</v>
+        <v>93802</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Le Homborch et le Kriekenput.</t>
+          <t>La péniche</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G147" s="2"/>
+      <c r="G147" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>78849</v>
+        <v>93806</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Louise Danse.</t>
+          <t>Nuages sur la dune</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G148" s="2"/>
+      <c r="G148" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>93730</v>
+        <v>93809</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'enfants en chemin</t>
+          <t>Les arbres sur la colline</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>79184</v>
+        <v>93717</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel, 1661.</t>
+          <t>Paysans en chemin - L'enterrement du paysan</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G150" s="2"/>
+      <c r="G150" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>93733</v>
+        <v>93730</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errants portant un des leurs - Le mort</t>
+          <t>Groupe d'enfants en chemin</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>93827</v>
+        <v>93733</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Héron</t>
+          <t>Pauvres errants portant un des leurs - Le mort</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>78852</v>
+        <v>93827</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sanguine).</t>
+          <t>Héron</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G153" s="2"/>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
         <v>93734</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Vieille paysanne</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>79189</v>
+        <v>93735</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle.</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G155" s="2"/>
+      <c r="G155" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>78853</v>
+        <v>93736</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme (d'après David)</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste / David, Jacques-Louis</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G156" s="2"/>
+      <c r="G156" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>93735</v>
+        <v>93737</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>L'homme au chapeau mou</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>79190</v>
+        <v>93739</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job en 1908.</t>
+          <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G158" s="2"/>
+      <c r="G158" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>78854</v>
+        <v>93740</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Le débardeur.</t>
+          <t>Le violoniste boit</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G159" s="2"/>
+      <c r="G159" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>39965</v>
+        <v>93743</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>L'aurore du monde</t>
+          <t>Visages</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>39966</v>
+        <v>94645</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Entre les 4 mers, tous les hommes sont frères</t>
+          <t>Les trois contemporains</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Brachet, Lise</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G161" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G161" s="2"/>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>40041</v>
+        <v>106952</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Ruines</t>
+          <t>Illustration originale  - Costa Belgica (Westende)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Frederic, Georges</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G162" s="2"/>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>56800</v>
+        <v>106953</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Vieille ruelle à Auderghem</t>
+          <t>Illustration originale - Costa Belgica (Coxyde)</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Rombeau, Edouard</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>Beaux-arts</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>56834</v>
+        <v>106954</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Rue du Vieux Moulin</t>
+          <t>Illustration inédite - A la mer incognito</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Van Cleemput, Jean</t>
+          <t>Casterman, Geneviève</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>57170</v>
+        <v>50505</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Enfant</t>
+          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...3 lines deleted...]
-      <c r="E165" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Braun, Georg / Hogenberg, Frans</t>
+        </is>
+      </c>
+      <c r="E165" s="2" t="inlineStr">
+        <is>
+          <t>1572 - </t>
+        </is>
+      </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>46122</v>
+        <v>52651</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Batterie de l'orchestre (L'Opéra )</t>
+          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
-[...2 lines deleted...]
-      <c r="E166" s="2"/>
+          <t>Hogenberg, Frans</t>
+        </is>
+      </c>
+      <c r="E166" s="2" t="inlineStr">
+        <is>
+          <t>1577 - 1579</t>
+        </is>
+      </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>46123</v>
+        <v>77360</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Bon conseil (L'Opéra )</t>
+          <t>Le Christ devant Pilate</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
-[...2 lines deleted...]
-      <c r="E167" s="2"/>
+          <t>Rembrandt, Harmensz van Rijn</t>
+        </is>
+      </c>
+      <c r="E167" s="2" t="inlineStr">
+        <is>
+          <t>1636 - </t>
+        </is>
+      </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G167" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>46140</v>
+        <v>50621</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Ancienne classe de la rue Richer (L'Opéra)</t>
+          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
-[...2 lines deleted...]
-      <c r="E168" s="2"/>
+          <t>De Jode, Pieter II</t>
+        </is>
+      </c>
+      <c r="E168" s="2" t="inlineStr">
+        <is>
+          <t>1636 - </t>
+        </is>
+      </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G168" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G168" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>46173</v>
+        <v>50510</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Classe du 1er quadrille (L'Opéra)</t>
+          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Renouard, Charles Paul</t>
-[...2 lines deleted...]
-      <c r="E169" s="2"/>
+          <t>Hollar, Wenceslas</t>
+        </is>
+      </c>
+      <c r="E169" s="2" t="inlineStr">
+        <is>
+          <t>1647 - </t>
+        </is>
+      </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G169" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G169" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>50505</v>
+        <v>77361</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
+          <t>La Pièce aux cent florins</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Braun, Georg / Hogenberg, Frans</t>
+          <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1572 - </t>
+          <t>1648 - 1649</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>estampe, cartes géographique</t>
+          <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, rehaussé</t>
+          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>52651</v>
+        <v>51278</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Entrée du prince d'Orange à Bruxelles le 23 septembre 1577</t>
+          <t>Panorama de Ganshoren et Jette</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Hogenberg, Frans</t>
+          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1577 - 1579</t>
+          <t>1651 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>77360</v>
+        <v>52285</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Le Christ devant Pilate</t>
+          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Rembrandt, Harmensz van Rijn</t>
+          <t>De Hooghe, Romain</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1636 - </t>
+          <t>1686 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>50621</v>
+        <v>99600</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Philippe IV, roi d’Espagne et  souverain des Pays-Bas</t>
+          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1636 - </t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>50510</v>
+        <v>53036</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>La Heu de Bruxelles avec Anvers en arrière-plan</t>
+          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Hollar, Wenceslas</t>
+          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1647 - </t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>cartes géographique, estampe</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>77361</v>
+        <v>11951</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>La Pièce aux cent florins</t>
+          <t>Nouveau Testament : Nativité</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice van Buuren</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Rembrandt, Harmensz van Rijn</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1648 - 1649</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>image imprimée, estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>51278</v>
+        <v>11952</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Ganshoren et Jette</t>
+          <t>Nouveau Testament : Baptême du Christ</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Van Heil,  Leo / Hollar, Wenceslas</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1651 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>52285</v>
+        <v>11953</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>L'Église Notre-Dame du Sablon de Bruxelles en 1686 vue du cimetière de l'époque (aujourd'hui le Petit Sablon)</t>
+          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>De Hooghe, Romain</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1686 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>99600</v>
+        <v>11954</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Translation de la Sainte Maison de Nazareth à Lorette</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D178" s="2"/>
+          <t>Société des Bollandistes</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+        </is>
+      </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>53036</v>
+        <v>11955</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Bruxella Nobilissima Brabantiae civitas (plan de Bruxelles par Harrewijn)</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Harrewijn, Jacques / Laboureur, J. / Van der Baren, J.</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique, estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>11951</v>
+        <v>11956</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Nativité</t>
+          <t>Nouveau Testament : Jésus et la femme adultère</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>11952</v>
+        <v>11957</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Baptême du Christ</t>
+          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>11953</v>
+        <v>11958</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
+          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>11954</v>
+        <v>11959</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>11955</v>
+        <v>11960</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>11956</v>
+        <v>11961</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme adultère</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>11957</v>
+        <v>11962</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>11958</v>
+        <v>11963</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>11959</v>
+        <v>11964</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>11960</v>
+        <v>11965</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
+          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>11961</v>
+        <v>50524</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Harrewijn, Jacques</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>11962</v>
+        <v>47747</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>11963</v>
+        <v>30678</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1735 - 1774</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>11964</v>
+        <v>55026</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Portrait de Charles Alexandre de Lorraine</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>El Ridinger, Johann</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>11965</v>
+        <v>53022</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
+          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Société des Bollandistes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1748 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>50524</v>
+        <v>58332</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le Béguinage à Bruxelles, vu de la rue de Laeken</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>47747</v>
+        <v>93287</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
+          <t>Les beignets</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Van Orley, Richard / Berterham, Jan Baptist</t>
+          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1782 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>30678</v>
+        <v>43019</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Frère Michaël Ophovius en habit de Dominicain</t>
+          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Rubens,  Peter Paul / Van den Bergh,  Nicolaas</t>
+          <t>Strange,  Robert / Van Dyck,  Antoon</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1735 - 1774</t>
+          <t>1784 - 1784</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte, gravure au burin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>55026</v>
+        <v>52235</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Alexandre de Lorraine</t>
+          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>El Ridinger, Johann</t>
+          <t>Landerer, Ferdinand</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1787 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>53022</v>
+        <v>52612</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles et descriptions illustrées par l'Hôtel de Ville et la Maison du Roi</t>
+          <t>Le Colin-Maillard ou le bandeau favorable</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Santvoort, Abraham / Vander Horst, Nicolas / De Tailly, Martin</t>
+          <t>Le Coeur, Louis / Lavreince, Nicolas</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1748 - </t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>58332</v>
+        <v>47993</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>La Révolution brabançonne. Le balayeur de place</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D200" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D200" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1789 - 1790</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>93287</v>
+        <v>52291</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Les beignets</t>
+          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Fragonard, Jean-Honoré / De Launay,  Nicolas</t>
+          <t>Le Febre, François / Byrne, William</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1782 - </t>
+          <t>1792 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>43019</v>
+        <v>48192</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Henriette-Marie, reine d'Angleterre</t>
+          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Strange,  Robert / Van Dyck,  Antoon</t>
+          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1784 - 1784</t>
+          <t>1820 - 1843</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure au burin, technique d'impression</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>52235</v>
+        <v>69035</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Plan perspective du domaine de Schoonenberg à Laeken</t>
+          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Landerer, Ferdinand</t>
+          <t>Jacques, Ch.</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>52612</v>
+        <v>76968</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Le Colin-Maillard ou le bandeau favorable</t>
+          <t>La Prière</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Le Coeur, Louis / Lavreince, Nicolas</t>
+          <t>Geudens, Albert</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1869 - 1949</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, peinture</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>47993</v>
+        <v>93694</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>La Révolution brabançonne. Le balayeur de place</t>
+          <t>Le départ</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Degroux, Charles</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1790</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>52291</v>
+        <v>38577</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'Orangerie et de la Pagode dans le Jardin de Schoonenberg (parc de Laeken)</t>
+          <t>Vieille maison chaussée de Haecht</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Le Febre, François / Byrne, William</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1792 - </t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>48192</v>
+        <v>93283</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre, sculpteur, dessinateur et architecte Pierre Puget</t>
+          <t>Quai de la Tamise</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Mauzaisse, Jean-Baptiste / Geille, Amédée</t>
+          <t>Jefferys,  Marcel</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1843</t>
+          <t>1872 - 1924</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>69035</v>
+        <v>78846</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Charles Jacque, Le troupeau à l'abreuvoir, gravure, 1850.</t>
+          <t>Courde ferme à Hyon, Mons.</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Jacques, Ch.</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G208" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G208" s="2"/>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>76968</v>
+        <v>94637</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>La Prière</t>
+          <t>Appel aux masses</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Geudens, Albert</t>
+          <t>Rops, Félicien Joseph Victor</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1949</t>
+          <t>1878 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G209" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G209" s="2"/>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>93694</v>
+        <v>39456</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Le départ</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Degroux, Charles</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>38577</v>
+        <v>39078</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Vieille maison chaussée de Haecht</t>
+          <t>Moulins de Schaerbeek et d'Evere</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Dieudonné, Jules</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>93283</v>
+        <v>42963</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Quai de la Tamise</t>
+          <t>Port de Gand</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Jefferys,  Marcel</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1872 - 1924</t>
+          <t>1879 - 1950</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>78846</v>
+        <v>94509</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Courde ferme à Hyon, Mons.</t>
+          <t>Les étangs à Calmthout</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Lamoriniere, François</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G213" s="2"/>
+      <c r="G213" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>94637</v>
+        <v>94518</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Appel aux masses</t>
+          <t>De garde</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien Joseph Victor</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G214" s="2"/>
+      <c r="G214" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>39078</v>
+        <v>94522</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Moulins de Schaerbeek et d'Evere</t>
+          <t>Le fendeur de bois</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Dieudonné, Jules</t>
+          <t>Crabeels, Florent</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>39456</v>
+        <v>94200</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>A Brasschaet</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>42963</v>
+        <v>94551</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Port de Gand</t>
+          <t>Attelage russe</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Boom, Charles</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1950</t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique d'impression</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>94509</v>
+        <v>94573</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Les étangs à Calmthout</t>
+          <t>À Brasschaat</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Lamoriniere, François</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>94518</v>
+        <v>94574</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>De garde</t>
+          <t>Lancier en vedette</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>94522</v>
+        <v>94590</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Le fendeur de bois</t>
+          <t>Cantine</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Crabeels, Florent</t>
+          <t>Abry, Léon</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>94200</v>
+        <v>94594</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>A Brasschaet</t>
+          <t>Tête de taureau, d'après A. Verwée</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>94551</v>
+        <v>94604</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Attelage russe</t>
+          <t>La ramasseuse de bois mort</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Boom, Charles</t>
+          <t>Farasijn, Edgar</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>94573</v>
+        <v>93816</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>À Brasschaat</t>
+          <t>Le bouleau - Paysage à Brasschaat</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>94574</v>
+        <v>93817</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Lancier en vedette</t>
+          <t>Barques amarées</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Verstraete, Theodoor</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
         <v>94192</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Deux promeneurs</t>
@@ -8443,957 +8495,937 @@
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>94590</v>
+        <v>94600</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Cantine</t>
+          <t>Chat et souris</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Abry, Léon</t>
+          <t>Verlat, Charles</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>94594</v>
+        <v>94628</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Tête de taureau, d'après A. Verwée</t>
+          <t>Brigadier d'artillerie</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Abry (Album), Léon / Abry, Léon</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>94604</v>
+        <v>93286</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>La ramasseuse de bois mort</t>
+          <t>Vue d’Ostende à l’est</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Farasijn, Edgar</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>93816</v>
+        <v>93285</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Le bouleau - Paysage à Brasschaat</t>
+          <t>Pont rural</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>93817</v>
+        <v>39194</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Barques amarées</t>
+          <t>Un pignon</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Verstraete, Theodoor</t>
+          <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1890 - 1943</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>94600</v>
+        <v>93284</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Chat et souris</t>
+          <t>La musique à Oostende</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Verlat, Charles</t>
+          <t>Ensor,  James</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>94628</v>
+        <v>93715</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Brigadier d'artillerie</t>
+          <t>Travailleurs contemplant un dessin</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Abry (Album), Léon / Abry, Léon</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>93286</v>
+        <v>93716</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Vue d’Ostende à l’est</t>
+          <t>Mineurs en chemin</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>93285</v>
+        <v>68369</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Pont rural</t>
+          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>39194</v>
+        <v>93788</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Un pignon</t>
+          <t>Les foins</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Blieck, Maurice-Emile</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1943</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>93284</v>
+        <v>78863</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>La musique à Oostende</t>
+          <t>Tête d'enfant (d'après Devos).</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Ensor,  James</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G245" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G245" s="2"/>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>93715</v>
+        <v>78845</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Travailleurs contemplant un dessin</t>
+          <t>Isabelle Brandt</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G246" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G246" s="2"/>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>93716</v>
+        <v>93551</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Mineurs en chemin</t>
+          <t>Une proposition</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Maréchal, François</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>93788</v>
+        <v>68341</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Les foins</t>
+          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>68369</v>
+        <v>93792</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Le soir, eau-forte, 1891.</t>
+          <t>Au bord du bois</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>78863</v>
+        <v>93793</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (d'après Devos).</t>
+          <t>Retour de pêche</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mauquoy, Albert</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G250" s="2"/>
+      <c r="G250" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>93551</v>
+        <v>68368</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Une proposition</t>
+          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>78845</v>
+        <v>39751</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Isabelle Brandt</t>
+          <t>Le pont</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G252" s="2"/>
+      <c r="G252" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>93792</v>
+        <v>79179</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Au bord du bois</t>
+          <t>Le Château de Wolvendael.</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G253" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G253" s="2"/>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>93793</v>
+        <v>79183</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Retour de pêche</t>
+          <t>Le Cabaret du Hoef</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Mauquoy, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G254" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G254" s="2"/>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>68341</v>
+        <v>79185</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Les inconsolés, gravure, 1896.</t>
+          <t>La Ferme Rose vue du Galgenberg.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G255" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G255" s="2"/>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>68368</v>
+        <v>78869</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Menu du banquet Pour Lard, gravure, 1897.</t>
+          <t>Canal Isabelle à Knocke.</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G256" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G256" s="2"/>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>39751</v>
+        <v>79153</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Le pont</t>
+          <t>Louise.</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Lucas, Eugène</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G257" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G257" s="2"/>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
         <v>39750</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
           <t>Le porche</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Lucas, Eugène</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
@@ -9431,1294 +9463,1294 @@
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>94024</v>
+        <v>68362</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>94025</v>
+        <v>50352</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>La chasse au rat</t>
+          <t>La Maison du Roi</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Jean-Baptiste</t>
+          <t>Pasquier, O.</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G261" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G261" s="2"/>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>78869</v>
+        <v>43919</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Canal Isabelle à Knocke.</t>
+          <t>Portrait d'Émile Verhaeren</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G262" s="2"/>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>93790</v>
+        <v>66356</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
+          <t>Portrait d'Emile Verhaeren</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>79153</v>
+        <v>93790</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Louise.</t>
+          <t>Pl. X, Chap. VIII . Sire Halewijn et la fille du pauvre</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G264" s="2"/>
+      <c r="G264" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, gravure à la pointe-sèche</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>79179</v>
+        <v>94024</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Le Château de Wolvendael.</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G265" s="2"/>
+      <c r="G265" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>79183</v>
+        <v>94025</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Le Cabaret du Hoef</t>
+          <t>La chasse au rat</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Meunier, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G266" s="2"/>
+      <c r="G266" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>79185</v>
+        <v>93776</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vue du Galgenberg.</t>
+          <t>L'église de Veere</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Cassiers, Henri Ou Hendrick</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G267" s="2"/>
+      <c r="G267" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>43919</v>
+        <v>69113</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Émile Verhaeren</t>
+          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>66356</v>
+        <v>69114</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Verhaeren</t>
+          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, François</t>
+          <t>Crampe, Théo</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>68362</v>
+        <v>93783</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Pêcheur sur l'estacade, estampe, 1900.</t>
+          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>50352</v>
+        <v>93775</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi</t>
+          <t>Du haut du toit</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Pasquier, O.</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G271" s="2"/>
+      <c r="G271" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>93776</v>
+        <v>93781</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>L'église de Veere</t>
+          <t>Dolly</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Cassiers, Henri Ou Hendrick</t>
+          <t>Michel, Charles</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>69113</v>
+        <v>93785</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, Le liseur aux corneilles. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>Le vieux</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Vaes, Walter</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>69114</v>
+        <v>68713</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Théo Crampe, L'homme au hibou. Ex-libris Oskar Leuschner, gravure, 1903.</t>
+          <t>Auguste Oleffe, Gens de mer, gravure, 1906.</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Crampe, Théo</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>93783</v>
+        <v>93791</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Pl. IV. Chap. VIII. Il ouvrit à la fillette la poitrine sous le sein</t>
+          <t>Ouvrière wallonne</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Rassenfosse, Armand</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>93775</v>
+        <v>93772</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Du haut du toit</t>
+          <t>Chiffonnière</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>93781</v>
+        <v>93774</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Dolly</t>
+          <t>A marée haute</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Michel, Charles</t>
+          <t>Baseleer, Richard</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>93785</v>
+        <v>93789</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Le vieux</t>
+          <t>L'abreuvoir</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Vaes, Walter</t>
+          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>93772</v>
+        <v>93773</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Chiffonnière</t>
+          <t>Le haleur</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>93774</v>
+        <v>93782</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>A marée haute</t>
+          <t>Intérieur</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Baseleer, Richard</t>
+          <t>Deheusch, Rolande</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>93791</v>
+        <v>68687</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Ouvrière wallonne</t>
+          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Rassenfosse, Armand</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>68713</v>
+        <v>93769</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Auguste Oleffe, Gens de mer, gravure, 1906.</t>
+          <t>Le balai</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Philippe, Emile</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>93773</v>
+        <v>93777</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Le haleur</t>
+          <t>La cloche</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Vanderloo, Marten</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>93782</v>
+        <v>69100</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Intérieur</t>
+          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Deheusch, Rolande</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>93789</v>
+        <v>79227</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>L'abreuvoir</t>
+          <t>La Maison seigneuriale (rue Rouge).</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Le Mayeur de Merprès, Adrien-Charles-Louis</t>
+          <t>Scoyer, Paul</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G285" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G285" s="2"/>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>93769</v>
+        <v>93823</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Le balai</t>
+          <t>L'enfant aux sabots</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Philippe, Emile</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>93777</v>
+        <v>77692</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>La cloche</t>
+          <t>"Kermesse à Watermael"</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Vanderloo, Marten</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G287" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G287" s="2"/>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>68687</v>
+        <v>77693</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Auguste Oleffe, Barques à Blankenberghe, gravure, 1909.</t>
+          <t>"Scène de Carnaval" 1911 </t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G288" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G288" s="2"/>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>79227</v>
+        <v>77694</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale (rue Rouge).</t>
+          <t>"Mechelen ou / of La Cathédrale de Maline" 1911</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Scoyer, Paul</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>93823</v>
+        <v>77697</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>L'enfant aux sabots</t>
+          <t>"Femme lisant le journal"</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G290" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G290" s="2"/>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>69100</v>
+        <v>77699</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Tamise, gravure, 1910.</t>
+          <t>"La boutique"</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G291" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G291" s="2"/>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
         <v>29789</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>En Campine</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Meunier, Henri</t>
         </is>
       </c>
@@ -10799,222 +10831,230 @@
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>77692</v>
+        <v>78839</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>"Kermesse à Watermael / Kermis te Watermaal" 1911</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Wouters, Rik</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G295" s="2"/>
+      <c r="G295" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>77699</v>
+        <v>94067</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>"La boutique / De winkel" 1911</t>
+          <t>Intérieur d'église</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Wouters, Rik</t>
+          <t>Raemaeker (Ramah), Henri</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G296" s="2"/>
+      <c r="G296" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>94067</v>
+        <v>93779</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Intérieur d'église</t>
+          <t>Fauves (croquis)</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Raemaeker (Ramah), Henri</t>
+          <t>Heins, Armand - Jan</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>93779</v>
+        <v>68530</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Fauves (croquis)</t>
+          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Heins, Armand - Jan</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>78839</v>
+        <v>68549</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
         <v>79573</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
           <t>Château Seigneurie de Drogenbosch.</t>
@@ -11067,1130 +11107,1130 @@
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>68530</v>
+        <v>68920</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Femme assise, gravure, 1913.</t>
+          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>68549</v>
+        <v>68921</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, L'entôleuse, gravure, 1913.</t>
+          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>93738</v>
+        <v>68922</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>L'homme à la pipe</t>
+          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Van Sevene, Marc</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>78946</v>
+        <v>68940</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Le Pont rustique du Crabbegat.</t>
+          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G305" s="2"/>
+      <c r="G305" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>93718</v>
+        <v>78946</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errant</t>
+          <t>Le Pont rustique du Crabbegat.</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G306" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G306" s="2"/>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>68920</v>
+        <v>93718</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Coin de faubourg, gravure, 1914.</t>
+          <t>Pauvres errant</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>68921</v>
+        <v>93738</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieille maison de faubourg, gravure, 1914.</t>
+          <t>L'homme à la pipe</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>68922</v>
+        <v>50509</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Marc Van Sevene, Vieilles maisons faubouriennes, eau-forte, 1914.</t>
+          <t>Le palais de Justice à Bruxelles</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Van Sevene, Marc</t>
+          <t>Van de Sande, René</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>68940</v>
+        <v>90297</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Louis Titz, L'heure passe. Ex-libris Constance Titz, gravure, 1914.</t>
+          <t>Betender Jude (Juif priant)</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Steinhardt, Jakob</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G310" s="2"/>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>50509</v>
+        <v>68480</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Le palais de Justice à Bruxelles</t>
+          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Van de Sande, René</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>90297</v>
+        <v>68484</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Betender Jude (Juif priant)</t>
+          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Steinhardt, Jakob</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G312" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G312" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>68484</v>
+        <v>68478</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, L'étang, gravure, 1918.</t>
+          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>68478</v>
+        <v>78851</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Bords de la Meuse, gravure, 1918.</t>
+          <t>Femme nue (sépia).</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G314" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G314" s="2"/>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>68480</v>
+        <v>68813</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Coin de Bellaire, gravure, 1918.</t>
+          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>78851</v>
+        <v>78872</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sépia).</t>
+          <t>Auguste Danse au travail</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G316" s="2"/>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>39195</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Chemin de l'Église - Evere</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Blieck, Maurice-Emile</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>68813</v>
+        <v>69093</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Moulin à Dilbeek, gravure, 1920.</t>
+          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>79195</v>
+        <v>69032</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet anno 1570.</t>
+          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Frelant, J.</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G319" s="2"/>
+      <c r="G319" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>69032</v>
+        <v>79195</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Jean Frélaut, Paysage bucolique, gravure, 1921.</t>
+          <t>Le Vieux Cornet anno 1570.</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Frelant, J.</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G320" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G320" s="2"/>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>69093</v>
+        <v>68885</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Reims, gravure, 1921.</t>
+          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Passinetti, Nei</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>94023</v>
+        <v>68450</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>L'humble chapelle</t>
+          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Henri (Dit Marc-Henry)</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>68885</v>
+        <v>94023</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Nei Passinetti, Invitation avec cartouche Renaissance, gravure, 1922.</t>
+          <t>L'humble chapelle</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Passinetti, Nei</t>
+          <t>Meunier, Henri (Dit Marc-Henry)</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>68450</v>
+        <v>69050</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
+          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>79537</v>
+        <v>68967</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
+          <t>Jenny Montigny, Emile Claus, gravure, 1923.</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Montigny, Jenny</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G325" s="2"/>
+      <c r="G325" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>68967</v>
+        <v>79537</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Jenny Montigny, Emile Claus, gravure, 1923.</t>
+          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Montigny, Jenny</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G326" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G326" s="2"/>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>69050</v>
+        <v>50385</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Jean Donnay, Le port de Rouen [chantier naval], estampe, 1923.</t>
+          <t>Vue de la Cathédrale de Strasbourg</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Allenbach, René</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>50385</v>
+        <v>68445</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Cathédrale de Strasbourg</t>
+          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Allenbach, René</t>
+          <t>Heintz, Richard</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>68445</v>
+        <v>68952</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Richard Heintz, A Lesse, gravure, 1923.</t>
+          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Heintz, Richard</t>
+          <t>Schuttringen, Madeleine</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
         <v>68965</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
           <t>Joris Minne, Kermesse, gravure, 1924.</t>
@@ -12287,190 +12327,190 @@
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>68952</v>
+        <v>53569</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Madeleine Schuttringen, Hiver au jardin d'Acclimatation de Liège, gravure, 1924.</t>
+          <t>La cathédrale de Rhenen au Pays-Bas</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Schuttringen, Madeleine</t>
+          <t>Hornyansky, Nicholas</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>53569</v>
+        <v>50341</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>La cathédrale de Rhenen au Pays-Bas</t>
+          <t>La rue des Moineaux</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Hornyansky, Nicholas</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>50341</v>
+        <v>50344</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>La rue des Moineaux</t>
+          <t>La rue de Rollebeek</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>50344</v>
+        <v>50457</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>La rue de Rollebeek</t>
+          <t>Rue du Marché au Charbon</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
         <v>100826</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
           <t>La rue des renards</t>
@@ -12487,350 +12527,354 @@
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>dessin, estampe, gravure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>cuivre, papier, encre, crayon</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>eau-forte, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>50457</v>
+        <v>56637</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Rue du Marché au Charbon</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Bastien, Alfred</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G338" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G338" s="2"/>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>56637</v>
+        <v>42720</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Panorama de Bruxelles</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Bastien, Alfred</t>
+          <t>Apol, Armand</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1932 - 1937</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G339" s="2"/>
+      <c r="G339" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>42720</v>
+        <v>68441</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles</t>
+          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Apol, Armand</t>
+          <t>Kerels, Henri</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1937</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>68441</v>
+        <v>68955</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Henri Kerels, L'entrée au jardin (carton d'invitation), gravure, 1934.</t>
+          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Kerels, Henri</t>
+          <t>Schönberg, Rodolphe</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>68955</v>
+        <v>68449</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Rodolphe Schönberg, L'esquif de l'artiste, gravure, 1936.</t>
+          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Schönberg, Rodolphe</t>
+          <t>Gérard, Yvonne</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>68449</v>
+        <v>79509</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Yvonne Gérard, Le hameau au bord du fleuve, gravure, 1936.</t>
+          <t>Avenue Brugmann 1937!...</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Gérard, Yvonne</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>79509</v>
+        <v>79574</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann, 1937 ….</t>
+          <t>Les Chérubins</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>79574</v>
+        <v>49689</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Les Chérubins</t>
+          <t>La cour de la rue du Faucon</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G345" s="2"/>
+      <c r="G345" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
         <v>66488</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
           <t>Gravure à l’eau-forte, par Rodolphe Schönberg. 1940, Hotel de ville de Veer</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Schönberg, Rodolphe</t>
         </is>
       </c>
@@ -12879,74 +12923,78 @@
           <t>1941 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
         <v>79548</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
+          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G348" s="2"/>
+      <c r="G348" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
         <v>79538</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
           <t>Le Pont d'Uccle Stalle.</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
@@ -13183,114 +13231,118 @@
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>79174</v>
+        <v>79543</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose.</t>
+          <t>La Ferme Rose - Uccle - 3/3/46.</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>79543</v>
+        <v>79174</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose - Uccle - 3/3/46.</t>
+          <t>Uccle, “Ferme Rose” (la partie restaurée, déc. 1974)</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G357" s="2"/>
+      <c r="G357" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
         <v>79544</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
           <t>Ferme Rose, Activités Culturelles.</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
@@ -13583,2715 +13635,2755 @@
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>Danino, Dany</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F366" s="2"/>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>papier, papier, papier</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>87535</v>
+        <v>69047</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Lindekemael</t>
+          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F367" s="2"/>
-      <c r="G367" s="2"/>
+      <c r="F367" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G367" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>87537</v>
+        <v>68847</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Paysage sous la neige </t>
+          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Collon, Jean-Roch</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F368" s="2"/>
-      <c r="G368" s="2"/>
+      <c r="F368" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G368" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>87583</v>
+        <v>69048</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Pieds de moulin à vent </t>
+          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul, Victor</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F369" s="2"/>
-      <c r="G369" s="2"/>
+      <c r="F369" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G369" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>69107</v>
+        <v>68848</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Marie-Rose Bertaud, La barque mise à flot, d'après Claude-Joseph Vernet, gravure, s.d. [vers 1770 ?].</t>
+          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Bertaud, R.</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>69116</v>
+        <v>69049</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
+          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Stassen, F.</t>
+          <t>Héroux, Bruno</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>69188</v>
+        <v>68849</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
+          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>68485</v>
+        <v>68850</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
+          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Natoire, Charles-joseph</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>68544</v>
+        <v>69070</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
+          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Hagemans, Germaine</t>
+          <t>Bartholomé, Léon</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>68981</v>
+        <v>68851</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Willem Roelofs, La mare, gravure, s.d.</t>
+          <t>Jacques Philippe Levilly, Le chasseur galant, gravure, s.d. [fin 18e siècle ?].</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Roelofs, Willem</t>
+          <t>Levilly, J.P.</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>68989</v>
+        <v>69085</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Bollaert, Locarno, gravure, s.d.</t>
+          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
-          <t>Bollaert</t>
+          <t>Wagner, Joseph</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>68584</v>
+        <v>68852</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
+          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D377" s="2"/>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Laurent, Alexandre</t>
+        </is>
+      </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>68994</v>
+        <v>69092</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
+          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Van Malderen, J.</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>68585</v>
+        <v>68886</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
+          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D379" s="2"/>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>Jonai, P. A.</t>
+        </is>
+      </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>69028</v>
+        <v>69094</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
+          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
-          <t>De Guinhald, Bernard</t>
+          <t>Auger, Raymond Louis</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>69033</v>
+        <v>68910</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
+          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
-          <t>Grenaud, Henri</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>68764</v>
+        <v>69097</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
+          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Boilvin, Emile</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>68767</v>
+        <v>68911</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
+          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
-          <t>Delaunois, Alfred Napoléon</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>69039</v>
+        <v>69099</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
+          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>68770</v>
+        <v>68912</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>69040</v>
+        <v>68918</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
+          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Van Bastelaer, René</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>68781</v>
+        <v>68479</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
+          <t>Joseph Delfosse, Neige, gravure, s.d</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D387" s="2"/>
+      <c r="D387" s="2" t="inlineStr">
+        <is>
+          <t>Delfosse, Joseph</t>
+        </is>
+      </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>69041</v>
+        <v>68481</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
+          <t>Joseph Delfosse, Le ruisseau en hiver, gravure, s.d.</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>68793</v>
+        <v>68482</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
+          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>Vandenberghe-Bourotte, Anne</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>69042</v>
+        <v>68942</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
+          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
-          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
+          <t>Tielemans, Emile-henri</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>68802</v>
+        <v>68483</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
+          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
-          <t>Bosse, Abraham / Bosse, Abraham</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>69044</v>
+        <v>68485</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
+          <t>Joseph Delfosse, Vent, gravure, s.d.</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>68807</v>
+        <v>68544</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
+          <t>Germaine Hagemans, Etude d'éléphant, s.d.</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, H.</t>
+          <t>Hagemans, Germaine</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>69045</v>
+        <v>68981</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
+          <t>Willem Roelofs, La mare, gravure, s.d.</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Roelofs, Willem</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>69046</v>
+        <v>68989</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Bollaert, Locarno, gravure, s.d.</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>68822</v>
+        <v>68584</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
+          <t>Eugène Laermans, La nuée inquiétante, gravure, s.d.</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D396" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D396" s="2"/>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>69047</v>
+        <v>68994</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>[Alois] Kolb, L'écrivain. Ex-libris Oskar Leuschner's Bücherei, gravure, s.d.</t>
+          <t>J. Van Malderen, Moulin à eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Kolb</t>
+          <t>Van Malderen, J.</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, technique de gravure</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>68847</v>
+        <v>68585</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'automne, gravure, s.d.</t>
+          <t>Eugène Laermans, La fenaison ou les foins, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D398" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>69048</v>
+        <v>69028</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, L'art. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>Bernard de Guinhald, Monte-Carlo, gravure, s.d.</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>De Guinhald, Bernard</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>68848</v>
+        <v>69033</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'hiver, gravure, s.d.</t>
+          <t>Henri Grenaud, Portrait du peintre Corot (Le Musée des deux mondes, libr. Bachelin Deflorenne), impr. A. Cadart (Paris), gravure, s.d.</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Grenaud, Henri</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>69049</v>
+        <v>68764</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Bruno Héroux, La promeneuse. Ex-libris Oskar Leuschner, gravure, s.d.</t>
+          <t>H. Rosseeuw, Ferme à Westkapelle, gravure, s.d.</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Héroux, Bruno</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>68849</v>
+        <v>68767</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, L'este [l'été], gravure, s.d.</t>
+          <t>Alfred Napoléon Delaunois, Le Capucin, gravure, s.d.</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Delaunois, Alfred Napoléon</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>68850</v>
+        <v>69039</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Charles-Joseph Natoire, Le printemps, gravure, s.d.</t>
+          <t>Rosa J. Leigh, La bruyère à Calmpthout par un soir d'automne, gravure, s.d.</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Natoire, Charles-joseph</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>69070</v>
+        <v>68770</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Léon Bartholomé, Coin de Dixmude, estampe (d'après un tableau de Victor Gilsoul), s.d.</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Bartholomé, Léon</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>68851</v>
+        <v>69040</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Jacques Philippe Levilly, Le chasseur galant, gravure, s.d. [fin 18e siècle ?].</t>
+          <t>Rosa J. Leigh, Mare vespérale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Levilly, J.P.</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>69085</v>
+        <v>68781</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Joseph Wagner, Le devin Tiresias / Tiresias triplex, modo Vir, modo Foemina, Vates, gravure, s.d.</t>
+          <t>J. Bollaert, Vieilles maisons en Alsace, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D406" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>68852</v>
+        <v>69041</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Alexandre Laurent, Le serment des Horaces, gravure, s.d.</t>
+          <t>Rosa J. Leigh, Chaumière au bord de l'eau, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Alexandre</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>69092</v>
+        <v>68793</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Heure douce, gravure, s.d.</t>
+          <t>Anne Vandenberghe-Bourotte, Les bottes de blé, gravure, s.d.</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Vandenberghe-Bourotte, Anne</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>68886</v>
+        <v>69042</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>P. A. Jonai, I moï di Venezia (les jacquemarts), gravure, s.d.</t>
+          <t>Rosa J. Leigh, Ferme en ruine près de la mer, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Jonai, P. A.</t>
+          <t>Leigh, Rosa J. / Leigh, Rosa L.</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>69094</v>
+        <v>68802</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Raymond Louis Auger, Coin de ville alsacienne, gravure, s.d.</t>
+          <t>Abraham Bosse, Le noble peintre, eau-forte, s.d. [vers 1642].</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Auger, Raymond Louis</t>
+          <t>Bosse, Abraham / Bosse, Abraham</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>68910</v>
+        <v>69044</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
+          <t>[Alois] Kolb, La possession. Ex-libris Dr Gustav Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>69097</v>
+        <v>68807</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Emile Boilvin, L'heureuse mère (d'après François Boucher), gravure, extraite de L'Art. Revue hebdomadaire, s.d.</t>
+          <t>H. Rosseeuw, Vieux moulin vu du bas, gravure, s.d.</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
-          <t>Boilvin, Emile</t>
+          <t>Rosseuw, H.</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>68911</v>
+        <v>69045</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
+          <t>[Alois] Kolb, L'art de Franz Schubert. Ex-libris Elisabeth Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>69099</v>
+        <v>69046</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Alfred Hazledine, La Place de la Bourse à Bruxelles, gravure, s.d.</t>
+          <t>[Alois] Kolb, Le chemin de l'inspiration. Ex-libris Oskar Leuschner, gravure, s.d.</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Kolb</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>eau-forte, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>68912</v>
+        <v>68822</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
+          <t>Cornelis Visscher, Repas de nobles, d'après Abraham Bosse, gravure, s.d.</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>De Visscher, Corneille</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>68918</v>
+        <v>69106</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>René Van Bastelaer, Le château de Beersel, gravure, s.d.</t>
+          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Van Bastelaer, René</t>
+          <t>Claessens, Lambert Antoine</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>69106</v>
+        <v>69107</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Lambert Antoine Claessens, Portrait de Emmanuel Marie Michel Philippe Fréteau de Saint-Just, gravure, s.d.</t>
+          <t>Marie-Rose Bertaud, La barque mise à flot, d'après Claude-Joseph Vernet, gravure, s.d. [vers 1770 ?].</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Lambert Antoine</t>
+          <t>Bertaud, R.</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>68481</v>
+        <v>69116</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Le ruisseau en hiver, gravure, s.d.</t>
+          <t>Franz Stassen, Litterae Humanis Generis Memoria. Ex-libris Rudolf Neugebauer, gravure, s.d.</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Stassen, F.</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>68482</v>
+        <v>69188</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Quai de la Batte à Liège, gravure, s.d.</t>
+          <t>Victor Bollaert, Rue de Liverpool, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Bollaert</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>68942</v>
+        <v>87535</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Emile-Henri Tielemans, Pont gothique à Malines, gravure, s.d. [1922].</t>
+          <t>Moulin de Lindekemael</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Tielemans, Emile-henri</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F420" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F420" s="2"/>
+      <c r="G420" s="2"/>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>68483</v>
+        <v>87537</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Chemin à la lisière, gravure, s.d.</t>
+          <t>Paysage sous la neige </t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Collon, Jean-Roch</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F421" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F421" s="2"/>
+      <c r="G421" s="2"/>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>68460</v>
+        <v>87583</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
+          <t>Pieds de moulin à vent </t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Duchâteau, Olivier</t>
+          <t>Gilsoul, Victor</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F422" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F422" s="2"/>
+      <c r="G422" s="2"/>
       <c r="H422" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>68477</v>
+        <v>68363</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
+          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Bertrand, Marcel</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>68479</v>
+        <v>68364</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Joseph Delfosse, Neige, gravure, s.d</t>
+          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, Joseph</t>
+          <t>Thysebaert, Emile</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>42105</v>
+        <v>68365</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>La cueillette</t>
+          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F425" s="2"/>
-      <c r="G425" s="2"/>
+      <c r="F425" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G425" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>68356</v>
+        <v>68366</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
+          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Maréchal, François</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>68359</v>
+        <v>68371</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
+          <t>Eugène Laermans, L'enfant, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D427" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D427" s="2"/>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>68360</v>
+        <v>68422</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
+          <t>Léon Bartholomé, Paysans zélandais, gravure, s.d.</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
-          <t>Michaux, John</t>
+          <t>Bartholomé, Léon</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>68363</v>
+        <v>68443</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Marcel Bertrand, A l'ombre du beffroi / Frontispice Charles De Coster, Ulenspiegel, gravure, s.d.</t>
+          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Marcel</t>
+          <t>Havermans, Xavier</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>68364</v>
+        <v>68460</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Emile Thysebaert, Les haleurs, eau-forte sur papier, s.d.</t>
+          <t>Olivier Duchâteau, Vieille ardennaise, eau-forte sur papier, s.d.</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
-          <t>Thysebaert, Emile</t>
+          <t>Duchâteau, Olivier</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>68365</v>
+        <v>68477</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+          <t>Joseph Delfosse, Saint-Jacques à Reims, gravure, s.d.</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Delfosse, Joseph</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>68366</v>
+        <v>42105</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+          <t>La cueillette</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F432" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F432" s="2"/>
+      <c r="G432" s="2"/>
       <c r="H432" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>68371</v>
+        <v>68356</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enfant, eau-forte, s.d.</t>
+          <t>François Maréchal, La cathédrale, gravure, s.d.</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D433" s="2"/>
+      <c r="D433" s="2" t="inlineStr">
+        <is>
+          <t>Maréchal, François</t>
+        </is>
+      </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>68443</v>
+        <v>68359</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Xavier Havermans, La rage, gravure, s.d. [1896 ?]</t>
+          <t>John Michaux, La vieille Belgique, gravure, s.d.</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
-          <t>Havermans, Xavier</t>
+          <t>Michaux, John</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="1" t="n">
+        <v>68360</v>
+      </c>
+      <c r="B435" s="2" t="inlineStr">
+        <is>
+          <t>John Michaux, La vieille Belgique (en couleurs), gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C435" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D435" s="2" t="inlineStr">
+        <is>
+          <t>Michaux, John</t>
+        </is>
+      </c>
+      <c r="E435" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F435" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G435" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H435" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">