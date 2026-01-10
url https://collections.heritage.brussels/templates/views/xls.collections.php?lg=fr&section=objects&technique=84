--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -335,66 +335,66 @@
           <t>1909 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>68519</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Edouard Masson, Femme nue couchée, gravure, 1933.</t>
+          <t>Edouard Masson, Femme nue couchée, gravure, 1934.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Masson, Edouard</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>79152</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Micheline.</t>