--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -224,51 +224,51 @@
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77361</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>La Pièce aux cent florins</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1648 - 1649</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>