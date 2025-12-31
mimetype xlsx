--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H78"/>
+  <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -567,556 +567,556 @@
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>48380</v>
+        <v>53010</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
+          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>48381</v>
+        <v>53012</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
+          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>48382</v>
+        <v>48380</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
+          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>48383</v>
+        <v>48381</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>48384</v>
+        <v>48382</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
+          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>53010</v>
+        <v>48383</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
+          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>53012</v>
+        <v>48384</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
+          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>48577</v>
+        <v>48578</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>48578</v>
+        <v>48579</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>48579</v>
+        <v>48577</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>76418</v>
+        <v>76393</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Philippe Schott </t>
+          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Photographie Charels</t>
+        </is>
+      </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>76393</v>
+        <v>76416</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
+          <t>Femme assise devant une cheminée</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Photographie Charels</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>76416</v>
+        <v>76418</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Femme assise devant une cheminée</t>
+          <t>Portrait du peintre Philippe Schott </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>48407</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Guignol et Gnafron</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Blanc, Théo / Demilly, Antoine</t>
@@ -1551,1341 +1551,1341 @@
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>52231</v>
+        <v>52212</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
+          <t>Panorama des Marolles depuis la place Poelaert</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>52234</v>
+        <v>52213</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Le jardin Botanique</t>
+          <t>La ville basse, vue de la Montagne de la Cour</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>52239</v>
+        <v>52214</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de la Cité administrative de l'Etat</t>
+          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>52240</v>
+        <v>52215</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Fontaine dans le parc de Bruxelles</t>
+          <t>Le passage vers la Gare Centrale (Putterie)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>52241</v>
+        <v>52216</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Le square du Petit Sablon</t>
+          <t>La rue de la Madeleine</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>52242</v>
+        <v>52217</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>L'étang du parc Léopold</t>
+          <t>La place d'Espagne</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>École de photographie et de techniques visuelles Agnès Varda</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>52243</v>
+        <v>52218</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>L'écluse à Anderlecht</t>
+          <t>Un marché, place de l'Agora</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Galopin, M</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>52247</v>
+        <v>52225</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+          <t>La Bourse, vue de la rue J. Van Praet</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>52248</v>
+        <v>52226</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+          <t>Dimanche sans voiture, rue A. Dansaert</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Cerovina, Milena</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>52249</v>
+        <v>52227</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le quai du Commerce</t>
+          <t>Le complexe du Mont des Arts</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>52250</v>
+        <v>52228</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Le canal maritime et Bruxelles-port de mer</t>
+          <t>Le palais 5 du Heyzel</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>52251</v>
+        <v>52229</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+          <t>L'Atomium en rénovation</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>52252</v>
+        <v>52230</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Le bassin Vergote</t>
+          <t>La gare du Quartier Léopold, place du Luxembourg</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>52270</v>
+        <v>52231</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Façade néoclassique, première moitié du 19e siècle</t>
+          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>52271</v>
+        <v>52234</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Façade Art Nouveau 1898</t>
+          <t>Le jardin Botanique</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>52272</v>
+        <v>52239</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Façade moderne du 21e siècle</t>
+          <t>Le jardin de la Cité administrative de l'Etat</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>52274</v>
+        <v>52240</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>La galerie du Roi</t>
+          <t>Fontaine dans le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>52275</v>
+        <v>52241</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
+          <t>Le square du Petit Sablon</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>52300</v>
+        <v>52242</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>La Bourse</t>
+          <t>L'étang du parc Léopold</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>52301</v>
+        <v>52243</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>La place De Brouckere</t>
+          <t>L'écluse à Anderlecht</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>52212</v>
+        <v>52247</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Panorama des Marolles depuis la place Poelaert</t>
+          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>52213</v>
+        <v>52248</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>La ville basse, vue de la Montagne de la Cour</t>
+          <t>Le quai au Bois de Construction et le quai à la Houille</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>52214</v>
+        <v>52249</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
+          <t>Le quai du Commerce</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>52215</v>
+        <v>52250</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Le passage vers la Gare Centrale (Putterie)</t>
+          <t>Le canal maritime et Bruxelles-port de mer</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D60" s="2"/>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>52216</v>
+        <v>52251</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Madeleine</t>
+          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>52217</v>
+        <v>52252</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>La place d'Espagne</t>
+          <t>Le bassin Vergote</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>École de photographie et de techniques visuelles Agnès Varda</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>52218</v>
+        <v>52270</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Un marché, place de l'Agora</t>
+          <t>Façade néoclassique, première moitié du 19e siècle</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Galopin, M</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>52225</v>
+        <v>52271</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>La Bourse, vue de la rue J. Van Praet</t>
+          <t>Façade Art Nouveau 1898</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>52226</v>
+        <v>52272</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Dimanche sans voiture, rue A. Dansaert</t>
+          <t>Façade moderne du 21e siècle</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Cerovina, Milena</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>52227</v>
+        <v>52274</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Le complexe du Mont des Arts</t>
+          <t>La galerie du Roi</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>52228</v>
+        <v>52275</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le palais 5 du Heyzel</t>
+          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>52229</v>
+        <v>52300</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>L'Atomium en rénovation</t>
+          <t>La Bourse</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>52230</v>
+        <v>52301</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>La gare du Quartier Léopold, place du Luxembourg</t>
+          <t>La place De Brouckere</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
@@ -2991,51 +2991,51 @@
           <t>2010 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
         <v>31098</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes (3/3)</t>
+          <t>Max mains billes</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
@@ -3204,50 +3204,90 @@
           <t>CIRCUMFUSA (série)</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Norouzi, Maedeh</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F78" s="2"/>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="1" t="n">
+        <v>109618</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Série PIPELINE DREAMS</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Norouzi, Maedeh</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="inlineStr">
+        <is>
+          <t>2025 - </t>
+        </is>
+      </c>
+      <c r="F79" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G79" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H79" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">