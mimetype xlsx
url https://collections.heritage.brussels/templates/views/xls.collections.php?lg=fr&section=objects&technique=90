--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H79"/>
+  <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -215,3079 +215,3911 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Mansfeld, Jacques / Compagnie des Bronzes ,  / Houtstont, Georges</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t> - 1896</t>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier photographique, verre, bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>tirage, photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>36858</v>
+        <v>107267</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L’Hôtel de Ville en cours de restauration</t>
+          <t>Impression numérique - Brussels The Horta house</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Fierlants, Edmond</t>
-[...11 lines deleted...]
-      </c>
+          <t>Merveille, David</t>
+        </is>
+      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>48587</v>
+        <v>48529</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le bourgmestre Jules Anspach</t>
+          <t>Joueurs de balle au tamis - championnat de deuxième catégorie</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>48338</v>
+        <v>48532</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre à Bruxelles</t>
+          <t>Comité d'une société de jeu de balle</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>76415</v>
+        <v>48533</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Femme assise dans un intérieur </t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, carton</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>76380</v>
+        <v>48535</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>76383</v>
+        <v>48539</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme : Philippe Schott ? </t>
+          <t>Balle au tamis au Sablon - Phase de livrée</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
+        </is>
+      </c>
+      <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>76385</v>
+        <v>48540</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott</t>
+          <t>Balle au tamis au Sablon - lutte entre Mazy et Tamines</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Le Soir Bruxelles,  / Anonyme</t>
+        </is>
+      </c>
+      <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>76398</v>
+        <v>48541</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Femme tenant un bébé </t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>76411</v>
+        <v>48542</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott au chapeau </t>
+          <t>Visite du roi Albert et du prince Léopold lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t> - 1933</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>53010</v>
+        <v>48543</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
+          <t>Balle au tamis</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>53012</v>
+        <v>48544</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>48380</v>
+        <v>36858</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
+          <t>L’Hôtel de Ville en cours de restauration</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Fierlants, Edmond</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1862 - 1863</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>48381</v>
+        <v>48587</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
+          <t>Le bourgmestre Jules Anspach</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1863 - 1879</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>48382</v>
+        <v>48338</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
+          <t>L'ancien marché au Beurre à Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1867 - 1868</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>48383</v>
+        <v>76415</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Femme assise dans un intérieur </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1880 - 1930</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, carton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>48384</v>
+        <v>48531</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas) </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>48578</v>
+        <v>48534</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>48579</v>
+        <v>53014</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Cinq photographies du concours d’honneur 1890 Jeu de balle au tamis</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, papier photographique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>48577</v>
+        <v>48546</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>La tribune royale lors d’une partie de balle au tamis avec Léopold II</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1891 - 1909</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>76393</v>
+        <v>76380</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
+          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Photographie Charels</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1895 - 1915</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>76416</v>
+        <v>76383</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Femme assise devant une cheminée</t>
+          <t>Portrait d'homme : Philippe Schott ? </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>76418</v>
+        <v>76385</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Philippe Schott </t>
+          <t>Portrait de Philippe Schott</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>48407</v>
+        <v>76398</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Guignol et Gnafron</t>
+          <t>Femme tenant un bébé </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Blanc, Théo / Demilly, Antoine</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1957</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>36860</v>
+        <v>76411</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max et le roi Albert Ier</t>
+          <t>Portrait de Philippe Schott au chapeau </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1934</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>45529</v>
+        <v>53010</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Plan de la façade vers le parc du nouvel Hôtel communal de Forest</t>
+          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Dewin, Jean-Baptiste</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture, archives</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin, tirage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>76397</v>
+        <v>53012</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Philippe Schott</t>
+          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>76392</v>
+        <v>48380</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Femme devant le Casino-Kursaal d'Ostende</t>
+          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>76412</v>
+        <v>48381</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Philippe Schott tenant un tableau de sa collection </t>
+          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Le Soir Bruxelles</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1964</t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G30" s="2"/>
+      <c r="G30" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>76414</v>
+        <v>48382</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme assise </t>
+          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>103986</v>
+        <v>48383</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Photo du Général Soeharto, président de la République d'Indonésie, et de sa femme</t>
+          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D32" s="2"/>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>photographie, boite</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>papier, argent, bois, laiton</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>velours, tirage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>54537</v>
+        <v>48384</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>L’Enfant penchée (poignée de mains)</t>
+          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>dessin, photographie</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>encre, matière colorante</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , tirage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>29971</v>
+        <v>48577</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Kiss 5</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>53404</v>
+        <v>48578</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Place de Brouckère</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>53492</v>
+        <v>48579</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Place du Béguinage</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>52212</v>
+        <v>76418</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Panorama des Marolles depuis la place Poelaert</t>
+          <t>Portrait du peintre Philippe Schott </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>52213</v>
+        <v>76393</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>La ville basse, vue de la Montagne de la Cour</t>
+          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Photographie Charels</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>52214</v>
+        <v>76416</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
+          <t>Femme assise devant une cheminée</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>52215</v>
+        <v>48545</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Le passage vers la Gare Centrale (Putterie)</t>
+          <t>Visite du roi Albert et de la reine Elisabeth lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>52216</v>
+        <v>48407</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Madeleine</t>
+          <t>Guignol et Gnafron</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Blanc, Théo / Demilly, Antoine</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1924 - 1957</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>52217</v>
+        <v>53015</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>La place d'Espagne</t>
+          <t>Huit photographies du championnat de Belgique de jeu de balle 1926 pour amateurs</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>École de photographie et de techniques visuelles Agnès Varda</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>52218</v>
+        <v>36860</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Un marché, place de l'Agora</t>
+          <t>Adolphe Max et le roi Albert Ier</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Galopin, M</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1930 - 1934</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>52225</v>
+        <v>45529</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>La Bourse, vue de la rue J. Van Praet</t>
+          <t>Plan de la façade vers le parc du nouvel Hôtel communal de Forest</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Dewin, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>plan d'architecture, archives</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>52226</v>
+        <v>53013</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Dimanche sans voiture, rue A. Dansaert</t>
+          <t>Six photos de la visite du roi Léopold III à la société Royale de jeu de balles du Sablon</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Cerovina, Milena</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>52227</v>
+        <v>48530</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le complexe du Mont des Arts</t>
+          <t>Le roi Léopold III et la Société royale du jeu de balle du Sablon</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>52228</v>
+        <v>76397</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Le palais 5 du Heyzel</t>
+          <t>Portrait du peintre Philippe Schott</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D47" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>52229</v>
+        <v>76392</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>L'Atomium en rénovation</t>
+          <t>Femme devant le Casino-Kursaal d'Ostende</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>52230</v>
+        <v>76412</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>La gare du Quartier Léopold, place du Luxembourg</t>
+          <t>Philippe Schott tenant un tableau de sa collection </t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1950 - 1964</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G49" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>52231</v>
+        <v>48537</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>52234</v>
+        <v>48538</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Le jardin Botanique</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>52239</v>
+        <v>48536</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de la Cité administrative de l'Etat</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>52240</v>
+        <v>76414</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Fontaine dans le parc de Bruxelles</t>
+          <t>Portrait de femme assise </t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>52241</v>
+        <v>103986</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Le square du Petit Sablon</t>
+          <t>Photo du Général Soeharto, président de la République d'Indonésie, et de sa femme</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>photographie, boite</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, argent, bois, laiton</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>velours, tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>52242</v>
+        <v>54537</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>L'étang du parc Léopold</t>
+          <t>L’Enfant penchée (poignée de mains)</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin, photographie</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, matière colorante</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>rehaussé , tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>52243</v>
+        <v>29971</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>L'écluse à Anderlecht</t>
+          <t>Kiss 5</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>aluminium</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>52247</v>
+        <v>53404</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+          <t>Place de Brouckère</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>52248</v>
+        <v>53492</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+          <t>Place du Béguinage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>52249</v>
+        <v>52301</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Le quai du Commerce</t>
+          <t>La place De Brouckere</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>52250</v>
+        <v>52300</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Le canal maritime et Bruxelles-port de mer</t>
+          <t>La Bourse</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>52251</v>
+        <v>52212</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+          <t>Panorama des Marolles depuis la place Poelaert</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>52252</v>
+        <v>52213</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Le bassin Vergote</t>
+          <t>La ville basse, vue de la Montagne de la Cour</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>52270</v>
+        <v>52214</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Façade néoclassique, première moitié du 19e siècle</t>
+          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>52271</v>
+        <v>52215</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Façade Art Nouveau 1898</t>
+          <t>Le passage vers la Gare Centrale (Putterie)</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D64" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>52272</v>
+        <v>52216</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Façade moderne du 21e siècle</t>
+          <t>La rue de la Madeleine</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>52274</v>
+        <v>52217</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>La galerie du Roi</t>
+          <t>La place d'Espagne</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>École de photographie et de techniques visuelles Agnès Varda</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>52275</v>
+        <v>52218</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
+          <t>Un marché, place de l'Agora</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Galopin, M</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>52300</v>
+        <v>52225</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>La Bourse</t>
+          <t>La Bourse, vue de la rue J. Van Praet</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>52301</v>
+        <v>52226</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>La place De Brouckere</t>
+          <t>Dimanche sans voiture, rue A. Dansaert</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Cerovina, Milena</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>94923</v>
+        <v>52227</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Trajectoires de vie - Portrait de Fafa</t>
+          <t>Le complexe du Mont des Arts</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>D'Hulst, Francine</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>31097</v>
+        <v>52228</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait mains bougées</t>
+          <t>Le palais 5 du Heyzel</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>31100</v>
+        <v>52229</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Pterodactyl</t>
+          <t>L'Atomium en rénovation</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>31098</v>
+        <v>52230</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes</t>
+          <t>La gare du Quartier Léopold, place du Luxembourg</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>31099</v>
+        <v>52231</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Max de dos</t>
+          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>31129</v>
+        <v>52234</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
+          <t>Le jardin Botanique</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Baloji, Sammy</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
-[...2 lines deleted...]
-      <c r="F75" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F75" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>50347</v>
+        <v>52239</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Plastic Bertrand en bonnet de bain</t>
+          <t>Le jardin de la Cité administrative de l'Etat</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Cresens, Fabienne</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
-[...3 lines deleted...]
-      <c r="G76" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F76" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>101292</v>
+        <v>52240</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Fontaine dans le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Tundo Rauseo, Ginevra</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>101293</v>
+        <v>52241</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>CIRCUMFUSA (série)</t>
+          <t>Le square du Petit Sablon</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Norouzi, Maedeh</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
-[...2 lines deleted...]
-      <c r="F78" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
+        <v>52242</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>L'étang du parc Léopold</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Stauder, Patrice</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F79" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G79" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H79" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="1" t="n">
+        <v>52243</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>L'écluse à Anderlecht</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Conte, Sandrine</t>
+        </is>
+      </c>
+      <c r="E80" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F80" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G80" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H80" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="1" t="n">
+        <v>52247</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G81" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H81" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="1" t="n">
+        <v>52248</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F82" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G82" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H82" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="1" t="n">
+        <v>52249</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Le quai du Commerce</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F83" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G83" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H83" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="1" t="n">
+        <v>52250</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Le canal maritime et Bruxelles-port de mer</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F84" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H84" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="1" t="n">
+        <v>52251</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E85" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F85" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H85" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="1" t="n">
+        <v>52252</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Le bassin Vergote</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
+      <c r="E86" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F86" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H86" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="1" t="n">
+        <v>52270</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Façade néoclassique, première moitié du 19e siècle</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Martinez Jamart, B.</t>
+        </is>
+      </c>
+      <c r="E87" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G87" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H87" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="1" t="n">
+        <v>52271</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Façade Art Nouveau 1898</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Martinez Jamart, B.</t>
+        </is>
+      </c>
+      <c r="E88" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F88" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G88" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H88" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="1" t="n">
+        <v>52272</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Façade moderne du 21e siècle</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Martinez Jamart, B.</t>
+        </is>
+      </c>
+      <c r="E89" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F89" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G89" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H89" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="1" t="n">
+        <v>52274</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>La galerie du Roi</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Caufriez, J.-J.</t>
+        </is>
+      </c>
+      <c r="E90" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F90" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G90" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H90" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="1" t="n">
+        <v>52275</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Caufriez, J.-J.</t>
+        </is>
+      </c>
+      <c r="E91" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G91" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H91" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="1" t="n">
+        <v>94923</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Trajectoires de vie - Portrait de Fafa</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>D'Hulst, Francine</t>
+        </is>
+      </c>
+      <c r="E92" s="2" t="inlineStr">
+        <is>
+          <t>2007 - </t>
+        </is>
+      </c>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G92" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H92" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="1" t="n">
+        <v>31097</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Autoportrait mains bougées</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>De Gelas , Anne</t>
+        </is>
+      </c>
+      <c r="E93" s="2" t="inlineStr">
+        <is>
+          <t>2010 - </t>
+        </is>
+      </c>
+      <c r="F93" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G93" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H93" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="1" t="n">
+        <v>31100</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Pterodactyl</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>De Gelas , Anne</t>
+        </is>
+      </c>
+      <c r="E94" s="2" t="inlineStr">
+        <is>
+          <t>2010 - </t>
+        </is>
+      </c>
+      <c r="F94" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G94" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H94" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="1" t="n">
+        <v>31098</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>Max mains billes</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>De Gelas , Anne</t>
+        </is>
+      </c>
+      <c r="E95" s="2" t="inlineStr">
+        <is>
+          <t>2011 - </t>
+        </is>
+      </c>
+      <c r="F95" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G95" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H95" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="1" t="n">
+        <v>31099</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Max de dos</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>De Gelas , Anne</t>
+        </is>
+      </c>
+      <c r="E96" s="2" t="inlineStr">
+        <is>
+          <t>2011 - </t>
+        </is>
+      </c>
+      <c r="F96" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H96" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="1" t="n">
+        <v>31129</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Baloji, Sammy</t>
+        </is>
+      </c>
+      <c r="E97" s="2" t="inlineStr">
+        <is>
+          <t>2011 - </t>
+        </is>
+      </c>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H97" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="1" t="n">
+        <v>50347</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Portrait de Plastic Bertrand en bonnet de bain</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Cresens, Fabienne</t>
+        </is>
+      </c>
+      <c r="E98" s="2" t="inlineStr">
+        <is>
+          <t>2017 - </t>
+        </is>
+      </c>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="1" t="n">
+        <v>101292</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Tundo Rauseo, Ginevra</t>
+        </is>
+      </c>
+      <c r="E99" s="2" t="inlineStr">
+        <is>
+          <t>2020 - </t>
+        </is>
+      </c>
+      <c r="F99" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G99" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H99" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="1" t="n">
+        <v>101293</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>CIRCUMFUSA (série)</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Norouzi, Maedeh</t>
+        </is>
+      </c>
+      <c r="E100" s="2" t="inlineStr">
+        <is>
+          <t>2022 - </t>
+        </is>
+      </c>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H100" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="1" t="n">
         <v>109618</v>
       </c>
-      <c r="B79" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C79" s="2" t="inlineStr">
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>PIPELINE DREAMS (série)</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D79" s="2" t="inlineStr">
+      <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Norouzi, Maedeh</t>
         </is>
       </c>
-      <c r="E79" s="2" t="inlineStr">
+      <c r="E101" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
-      <c r="F79" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G79" s="2" t="inlineStr">
+      <c r="F101" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G101" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
-      <c r="H79" s="2" t="inlineStr">
+      <c r="H101" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">