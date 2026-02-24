--- v0 (2026-01-08)
+++ v1 (2026-02-24)
@@ -279,51 +279,51 @@
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>103182</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Deux vitraux représentant une iris</t>
+          <t>Deux vitraux représentant un iris</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
@@ -447,343 +447,343 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>68324</v>
+        <v>67273</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré de la lettre F</t>
+          <t>Vitrail decoré de la lettre M</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>68325</v>
+        <v>67274</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré de la lettre F</t>
+          <t>Vitrail decoré  de la lettre P</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>68326</v>
+        <v>67275</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré de la lettre F</t>
+          <t>Représentation d'un briquet de Bourgogne</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>67273</v>
+        <v>67276</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré de la lettre M</t>
+          <t>Six fragments de collier de la Toison d'Or</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>67274</v>
+        <v>67290</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré  de la lettre P</t>
+          <t>Vitrail decoré de la lettre F</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>67275</v>
+        <v>68273</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Représentation d'un briquet de Bourgogne</t>
+          <t>Vitrail decoré  de la lettre P</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>67276</v>
+        <v>68324</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Six fragments de collier de la Toison d'Or</t>
+          <t>Vitrail decoré de la lettre F</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>67290</v>
+        <v>68325</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Vitrail decoré de la lettre F</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>68273</v>
+        <v>68326</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vitrail decoré  de la lettre P</t>
+          <t>Vitrail decoré de la lettre F</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
@@ -1515,135 +1515,135 @@
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>42512</v>
+        <v>42541</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Arma Christi et motifs bibliques (Autel, Agneau vexillifère, Ostensoir, Table d'offrandes)</t>
+          <t>Jésus appelle Simon-Pierre sur les bords du lac de Tibériade</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Ladon,  Gustave</t>
+          <t>Coucke,  Samuël</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>42541</v>
+        <v>42511</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Jésus appelle Simon-Pierre sur les bords du lac de Tibériade</t>
+          <t>Arma Christi et motifs bibliques (Raisins, Autel des Holocaustes, Arche d'Alliance, Gerbe d'épis)</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Coucke,  Samuël</t>
+          <t>Ladon,  Gustave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>42511</v>
+        <v>42512</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Arma Christi et motifs bibliques (Raisins, Autel des Holocaustes, Arche d'Alliance, Gerbe d'épis)</t>
+          <t>Arma Christi et motifs bibliques (Autel, Agneau vexillifère, Ostensoir, Table d'offrandes)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Ladon,  Gustave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>verre</t>
@@ -1715,175 +1715,175 @@
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bois, plomb, verre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>technique du verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>42536</v>
+        <v>42542</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Apparition de la Vierge à Bernadette Soubirou</t>
+          <t>Le Christ apaisant la tempête</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Dobbelaere,  Jules</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>42538</v>
+        <v>42536</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Apparition du Sacré-Coeur à Marguerite-Marie Alacocque</t>
+          <t>Apparition de la Vierge à Bernadette Soubirou</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Dobbelaere,  Jules</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>42539</v>
+        <v>42538</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Le Christ remet les clés à saint Pierre</t>
+          <t>Apparition du Sacré-Coeur à Marguerite-Marie Alacocque</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Dobbelaere,  Jules</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>42542</v>
+        <v>42539</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le Christ apaisant la tempête</t>
+          <t>Le Christ remet les clés à saint Pierre</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Dobbelaere,  Jules</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>verre</t>
@@ -2155,127 +2155,127 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail, peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>95747</v>
+        <v>95748</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>La Présentation au temple</t>
+          <t>Le Sacrifice de Melchisédech</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>95748</v>
+        <v>95749</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Le Sacrifice de Melchisédech</t>
+          <t>Le repas d’Emmaüs</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>95749</v>
+        <v>95747</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Le repas d’Emmaüs</t>
+          <t>La Présentation au temple</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
@@ -2343,501 +2343,501 @@
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1927 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>76976</v>
+        <v>76977</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Saints François d’Assise et Joseph</t>
+          <t>Vierge à l’Enfant apparaît à Servais de Tongres</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>76977</v>
+        <v>76978</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant apparaît à Servais de Tongres</t>
+          <t>Saints Pierre et Paul</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>76978</v>
+        <v>76979</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Saints Pierre et Paul</t>
+          <t>Vierge de douleur</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>76979</v>
+        <v>76980</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Vierge de douleur</t>
+          <t>Sacré-Cœur de Jésus</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>76980</v>
+        <v>76981</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Cœur de Jésus</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>76981</v>
+        <v>76983</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>Sainte Trinité</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D64" s="2"/>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>76983</v>
+        <v>76984</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Sainte Trinité</t>
+          <t>Saint évêque sauroctone et sainte Catherine</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>76984</v>
+        <v>76985</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Saint évêque sauroctone et sainte Catherine</t>
+          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>76985</v>
+        <v>76986</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
+          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>76986</v>
+        <v>76987</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
+          <t>Servais de Tongres et le pape Damase Ier</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>76987</v>
+        <v>67292</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Servais de Tongres et le pape Damase Ier</t>
+          <t>Vitrail de l'Association des Patrons Patissiers</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Steyaert,  Edouard</t>
+          <t>Van Immerseel, Frans</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1959</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>peinture, plomb, verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>67292</v>
+        <v>76976</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de l'Association des Patrons Patissiers</t>
+          <t>Saints François d’Assise et Joseph</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1959</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique du vitrail</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
         <v>95746</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>L’Annonciation</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
@@ -3063,1355 +3063,1355 @@
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>93338</v>
+        <v>99615</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
+          <t>Vitraux des anges</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D78" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Reyre,  Valentine</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>93339</v>
+        <v>99617</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
+          <t>Vitrail de Saint Boniface</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D79" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>93340</v>
+        <v>99618</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
+          <t>Vitrail des attributs de la papauté</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D80" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>93341</v>
+        <v>99619</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Nativité</t>
+          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D81" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>93342</v>
+        <v>93329</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Visitation</t>
+          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>93343</v>
+        <v>99620</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
+          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D83" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>93344</v>
+        <v>93330</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Martyre de saint Lambert</t>
+          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>93345</v>
+        <v>93331</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>93346</v>
+        <v>93332</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>93347</v>
+        <v>93333</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>93348</v>
+        <v>93334</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>93349</v>
+        <v>93335</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint André</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>93350</v>
+        <v>93336</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>93351</v>
+        <v>93337</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>93352</v>
+        <v>93338</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Les Evangélistes et les Grands Prophètes</t>
+          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>93356</v>
+        <v>93339</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Sainte Famille</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>99615</v>
+        <v>93340</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Vitraux des anges</t>
+          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>99617</v>
+        <v>93341</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Boniface</t>
+          <t>Episodes de la vie de la Vierge : la Nativité</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>99618</v>
+        <v>93342</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Vitrail des attributs de la papauté</t>
+          <t>Episodes de la vie de la Vierge : la Visitation</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>99619</v>
+        <v>93343</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
+          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>93329</v>
+        <v>93344</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
+          <t>Martyre de saint Lambert</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>99620</v>
+        <v>93345</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
+          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>93330</v>
+        <v>93346</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
+          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>93331</v>
+        <v>93347</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
+          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>93332</v>
+        <v>93348</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
+          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>93333</v>
+        <v>93349</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
+          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>93334</v>
+        <v>93350</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
+          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>93335</v>
+        <v>93351</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint André</t>
+          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>93336</v>
+        <v>93352</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
+          <t>Les Evangélistes et les Grands Prophètes</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>93337</v>
+        <v>93356</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
+          <t>Sainte Famille</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>99691</v>
+        <v>99624</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Sainte Odile d'Alsace</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>99624</v>
+        <v>99687</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Vitrail de Saint Vincent de Paul</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>99687</v>
+        <v>99688</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Vincent de Paul</t>
+          <t>Saint Jean</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>99688</v>
+        <v>99689</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean</t>
+          <t>Sainte Lutgarde de Tongres</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>99689</v>
+        <v>99690</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Sainte Lutgarde de Tongres</t>
+          <t>Saint Louis de Gonzague</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>99690</v>
+        <v>99691</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Saint Louis de Gonzague</t>
+          <t>Sainte Odile d'Alsace</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>