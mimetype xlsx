--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,1677 +179,1677 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39858</v>
+        <v>82077</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Chauve-souris</t>
+          <t>Le penseur</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Predan, Marco</t>
+          <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>soudé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39891</v>
+        <v>83595</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Frontière II</t>
+          <t>Le déjeuner</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Bonaffini, Emmanuel</t>
+          <t>Schirren, Ferdinand</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39920</v>
+        <v>83606</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>L'âne sous l'arbre dentellé</t>
+          <t>[Le mur de rencontre]</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Bruylandt, Gisèle</t>
+          <t>Bogaerts, Rudi</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>fusain, papier, porcelaine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>collé, technique de peinture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39922</v>
+        <v>83607</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Hôtel communal de Schaerbeek</t>
+          <t>Reflets</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Staquet, Pierre</t>
+          <t>Leclercq, Guy</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, collé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39967</v>
+        <v>84157</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Colombine</t>
+          <t>Quand les Lumières deviennent Forme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Thiry, Frédéric</t>
+          <t>Mouffe, Michel</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>installation</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, peinture acrylique</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, collé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39994</v>
+        <v>79025</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Bortolotti, Romano</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture synthétique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>40006</v>
+        <v>79026</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>La Cour du Cornet.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Richard, Jacques</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, peinture acrylique, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42765</v>
+        <v>79027</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Faune jouant avec un jeune faune et un putto</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Clodion,</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>pendule, statue</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal, verre, faïence</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>93524</v>
+        <v>79028</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Meules</t>
+          <t>Le Vieux Saint-Job.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Guillaume</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>93986</v>
+        <v>79029</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vue d'un port</t>
+          <t>Le Chemin de Boetendael.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, acajou</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>93987</v>
+        <v>79030</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Port de pêche</t>
+          <t>Le Molensteen à Calevoet.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, acajou</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97925</v>
+        <v>79107</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Eclopé</t>
+          <t>Femme lisant.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Delhal, Stéphane</t>
+          <t>Lomas, W.</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>soudé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>93991</v>
+        <v>79199</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Petit port de ville</t>
+          <t>Portrait.</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Renson, A.</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, acajou</t>
+          <t>crayon de couleur, carton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97926</v>
+        <v>79456</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Eléphant </t>
+          <t>Roc</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Delhal, Stéphane</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>soudé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>94220</v>
+        <v>79555</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Plage de Tanger et montagne du Rif</t>
+          <t>Bayon 5.</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Wauters, Emile</t>
+          <t>van Hille, Alain</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>papier, panneau</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>94422</v>
+        <v>79563</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Château de Linthout sous la neige</t>
+          <t>Le Cheval blanc.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Draye, Bernadette</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>94423</v>
+        <v>88445</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Etterbeek sous la neige</t>
+          <t>Miroir en mosaïques montrant les protagonistes de l’histoire de la reine Esther pour la fête de Pourim</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Zucker, Adolphe (Eddy)</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>miroir, vitromosaïque</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>mosaïque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>94425</v>
+        <v>42765</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Panorama du Bas-Ixelles</t>
+          <t>Faune jouant avec un jeune faune et un putto</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Clodion,</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>pendule, statue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>bronze, marbre, métal, verre, faïence</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94653</v>
+        <v>39858</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Portrait de jeune homme</t>
+          <t>Chauve-souris</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Smits, Jakob</t>
+          <t>Predan, Marco</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>soudé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>95090</v>
+        <v>39891</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Thomas Owen</t>
+          <t>Frontière II</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>(André Benniest), Benn</t>
+          <t>Bonaffini, Emmanuel</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>93474</v>
+        <v>39920</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les aveugles de Castille</t>
+          <t>L'âne sous l'arbre dentellé</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Bisschops, Charles</t>
+          <t>Bruylandt, Gisèle</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, carton</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>collé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>38694</v>
+        <v>39922</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Ouverture de la Bourse d'Anvers en 1531</t>
+          <t>Hôtel communal de Schaerbeek</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Guffens, Godefroid</t>
+          <t>Staquet, Pierre</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, panneau</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>technique mixte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>38695</v>
+        <v>39967</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Albert Durer et Quentin Metsys reçus chez van de Werve en 1521</t>
+          <t>Colombine</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Guffens, Godfried E.</t>
+          <t>Thiry, Frédéric</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, peinture acrylique</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>38768</v>
+        <v>39994</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>La crypte du château des Comtes à Gand</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Gevers, René</t>
+          <t>Bortolotti, Romano</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>panneau, peinture synthétique</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>38879</v>
+        <v>40006</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La chapelle Blanche</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Latinis, Georges</t>
+          <t>Richard, Jacques</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>papier, peinture acrylique, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>39117</v>
+        <v>95090</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Cave éclairée par une lucarne</t>
+          <t>Portrait de Thomas Owen</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Serrure, Auguste</t>
+          <t>(André Benniest), Benn</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, panneau</t>
+          <t>panneau, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>39378</v>
+        <v>93474</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Étude - Berger étudiant les étoiles - Les contes des ancêtres</t>
+          <t>Les aveugles de Castille</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Bisschops, Charles</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
-[...2 lines deleted...]
-      <c r="G28" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G28" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile, carton</t>
+        </is>
+      </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39486</v>
+        <v>93524</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Mosaïque murale</t>
+          <t>Meules</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>De Vlamynck, Géo</t>
+          <t>Charlier, Guillaume</t>
         </is>
       </c>
       <c r="E29" s="2"/>
-      <c r="F29" s="2"/>
+      <c r="F29" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>verre de Murano</t>
+          <t>peinture à l'huile, toile, carton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>39782</v>
+        <v>93986</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Le Vicomte Terlinden</t>
+          <t>Vue d'un port</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile, acajou</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, marouflé</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>79025</v>
+        <v>93987</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>Port de pêche</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, acajou</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>79026</v>
+        <v>97925</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La Cour du Cornet.</t>
+          <t>Eclopé</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>soudé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>79027</v>
+        <v>93991</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Petit port de ville</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, acajou</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>79028</v>
+        <v>97926</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job.</t>
+          <t>Eléphant </t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>soudé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>79029</v>
+        <v>94220</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Le Chemin de Boetendael.</t>
+          <t>Plage de Tanger et montagne du Rif</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Wauters, Emile</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>79030</v>
+        <v>94422</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Le Molensteen à Calevoet.</t>
+          <t>Château de Linthout sous la neige</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>79107</v>
+        <v>94423</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Femme lisant.</t>
+          <t>Etterbeek sous la neige</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Lomas, W.</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>79199</v>
+        <v>94425</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Portrait.</t>
+          <t>Panorama du Bas-Ixelles</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Renson, A.</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, carton</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>79456</v>
+        <v>94653</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Roc</t>
+          <t>Portrait de jeune homme</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Smits, Jakob</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G39" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier, bois</t>
+        </is>
+      </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>79555</v>
+        <v>38694</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Bayon 5.</t>
+          <t>Ouverture de la Bourse d'Anvers en 1531</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>van Hille, Alain</t>
+          <t>Guffens, Godefroid</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, panneau</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>79563</v>
+        <v>38695</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Le Cheval blanc.</t>
+          <t>Albert Durer et Quentin Metsys reçus chez van de Werve en 1521</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Draye, Bernadette</t>
+          <t>Guffens, Godfried E.</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G41" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>88445</v>
+        <v>38768</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Miroir en mosaïques montrant les protagonistes de l’histoire de la reine Esther pour la fête de Pourim</t>
+          <t>La crypte du château des Comtes à Gand</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Zucker, Adolphe (Eddy)</t>
+          <t>Gevers, René</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>miroir, vitromosaïque</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>mosaïque</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>82077</v>
+        <v>38879</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Le penseur</t>
+          <t>La chapelle Blanche</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Livemont, Privat Antoine Théodore</t>
+          <t>Latinis, Georges</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>83595</v>
+        <v>39117</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le déjeuner</t>
+          <t>Cave éclairée par une lucarne</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Schirren, Ferdinand</t>
+          <t>Serrure, Auguste</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, panneau</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>83606</v>
+        <v>39378</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>[Le mur de rencontre]</t>
+          <t>Étude - Berger étudiant les étoiles - Les contes des ancêtres</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Bogaerts, Rudi</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E45" s="2"/>
-      <c r="F45" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>peinture monumentale</t>
+        </is>
+      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>83607</v>
+        <v>39486</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Reflets</t>
+          <t>Mosaïque murale</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Leclercq, Guy</t>
+          <t>De Vlamynck, Géo</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>verre de Murano</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>84157</v>
+        <v>39782</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Quand les Lumières deviennent Forme</t>
+          <t>Le Vicomte Terlinden</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Mouffe, Michel</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique photographique, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>42631</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>couronne de lumière</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
@@ -1955,385 +1955,385 @@
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>coffre</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>chêne, fer</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>43279</v>
+        <v>77282</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec jambon et chope de bière</t>
+          <t>Nature morte aux légumes</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Pieter,  Claesz. / Anonyme</t>
+          <t>Brueghel,  Jan II</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1610</t>
+          <t>1601 - 1678</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>43668</v>
+        <v>43279</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>Nature morte avec jambon et chope de bière</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D53" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Pieter,  Claesz. / Anonyme</t>
+        </is>
+      </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1601 - 1610</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>chêne, fer, verre</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>45203</v>
+        <v>43668</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Maison d’Erasme et Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1610</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>chêne, fer, verre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture, technique du cuir</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>107616</v>
+        <v>45203</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>bahut</t>
+          <t>Fauteuil</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>66258</v>
+        <v>107616</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>bahut</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>chêne, métal</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>66279</v>
+        <v>66256</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>bahut</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>chêne, fer, métal</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>66282</v>
+        <v>66258</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>bahut</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>chêne, métal</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>66256</v>
+        <v>66279</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>bahut</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>chêne, fer, métal</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>77282</v>
+        <v>66282</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux légumes</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1678</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>93277</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>secrétaire</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1610 - 1661</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
@@ -2595,657 +2595,657 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>botte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>bois, fer</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>42534</v>
+        <v>86770</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>plaque votive</t>
+          <t> Portement de croix (fragment)</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>ex-voto</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>99234</v>
+        <v>42534</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Console d'applique</t>
+          <t>plaque votive</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>ex-voto</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>technique de gravure, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>99235</v>
+        <v>99234</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Console d'applique</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1725</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>console</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, doré</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>43024</v>
+        <v>99235</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Croix-reliquaire de la vraie croix</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1725</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, papier</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99259</v>
+        <v>43024</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Croix-reliquaire de la vraie croix</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>verre, bois</t>
+          <t>bois, verre, métal, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99260</v>
+        <v>99238</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Secrétaire à abattant</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>secrétaire</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>acajou, marbre, cuivre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>99635</v>
+        <v>99248</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Saint Matthieu et l’ange</t>
+          <t>Chaise</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>hêtre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>99636</v>
+        <v>99252</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean l’Evangéliste</t>
+          <t>Commode</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>commode</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>palissandre, bois de rose, noyer, marbre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage, placage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>99637</v>
+        <v>99259</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Saint Marc et le lion</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>verre, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99638</v>
+        <v>99260</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Saint Luc et le taureau</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99238</v>
+        <v>99635</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Secrétaire à abattant</t>
+          <t>Saint Matthieu et l’ange</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>secrétaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>acajou, marbre, cuivre</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>99248</v>
+        <v>99636</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Chaise</t>
+          <t>Saint Jean l’Evangéliste</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>hêtre</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>99252</v>
+        <v>99637</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Commode</t>
+          <t>Saint Marc et le lion</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>commode</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>palissandre, bois de rose, noyer, marbre</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage, marqueté</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>66281</v>
+        <v>99638</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>Saint Luc et le taureau</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>30771</v>
+        <v>66281</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>30982</v>
+        <v>30771</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Le martyre de Saint Erasme</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>technique de peinture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>86770</v>
+        <v>30982</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t> Portement de croix (fragment)</t>
+          <t>Le martyre de Saint Erasme</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>99251</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Commode tombeau</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1725 - 1775</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
@@ -3687,229 +3687,229 @@
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1774 - 1790</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>console</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>chêne, marbre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>99253</v>
+        <v>88211</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Grande vitrine</t>
+          <t>Orgue</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>orgue</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>noyer, citronnier, érable, sycomore</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>marqueté, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>88211</v>
+        <v>99253</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Orgue</t>
+          <t>Grande vitrine</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1775 - </t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>orgue</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>noyer, citronnier, érable, sycomore</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marqueté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>93420</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>orgue d'église</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>orgue</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>99721</v>
+        <v>100482</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>banc d'oeuvre</t>
+          <t>Chaire de vérité de l'église Saint-Nicolas de Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D102" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Bishart, François</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>banc d'œuvre</t>
+          <t>chaire de vérité</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>100482</v>
+        <v>99721</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chaire de vérité de l'église Saint-Nicolas de Neder-Over-Heembeek</t>
+          <t>banc d'oeuvre</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>chaire de vérité</t>
+          <t>banc d'œuvre</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>99514</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>confessionnal</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1800 - 1850</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
@@ -3979,1285 +3979,1285 @@
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>42644</v>
+        <v>92399</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>98835</v>
+        <v>86681</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Banc à dossier</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuivre, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>98837</v>
+        <v>86801</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Console</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1825</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>acajou, chêne, marbre, bronze</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>98839</v>
+        <v>42644</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Paravent</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>paravent</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, laque</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>93380</v>
+        <v>98839</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>Paravent</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>paravent</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>bois, noyer</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>93381</v>
+        <v>93380</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>bois, noyer</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>43025</v>
+        <v>93381</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, noyer</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>43066</v>
+        <v>98835</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>siège de choeur</t>
+          <t>Banc à dossier</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>43067</v>
+        <v>98837</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>Console</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D115" s="2"/>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Chapuis, Jean-Joseph</t>
+        </is>
+      </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1825</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>console</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, cire d'abeille, os</t>
+          <t>acajou, chêne, marbre, bronze</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, doré</t>
+          <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>43087</v>
+        <v>43025</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>tabouret de choeur</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>chêne, métal</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, velours</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>43088</v>
+        <v>43066</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>fauteuil de choeur</t>
+          <t>siège de choeur</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>sièges</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>chêne, métal</t>
+          <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, velours</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>43089</v>
+        <v>43067</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>chêne, verre, métal</t>
+          <t>métal, verre, cire d'abeille, os</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>43090</v>
+        <v>43087</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus de Prague</t>
+          <t>tabouret de choeur</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, matière colorante</t>
+          <t>chêne, métal</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique des métaux, technique de peinture</t>
+          <t>technique de sculpture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>43114</v>
+        <v>43088</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>hallebarde de suisse</t>
+          <t>fauteuil de choeur</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>chêne, métal</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>43115</v>
+        <v>43089</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>bâton de confrérie</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>chêne, verre, métal</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, technique de sculpture</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>99498</v>
+        <v>43090</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>sébile d'église</t>
+          <t>Enfant Jésus de Prague</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal, matière colorante</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tourné [bois]</t>
+          <t>technique de sculpture, technique d'assemblage, technique des métaux, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>99499</v>
+        <v>43114</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>sébile d'église</t>
+          <t>hallebarde de suisse</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tourné [bois]</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>99516</v>
+        <v>43115</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>bâton de confrérie</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique des métaux, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>99633</v>
+        <v>11229</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>Crosse de fusil décorée</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1950</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>arme à feu</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>bois, chêne, cuir</t>
+          <t>fer, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tourné [bois]</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>99239</v>
+        <v>11236</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Table</t>
+          <t>Guitare</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D126" s="2"/>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Mairesse, Laurent</t>
+        </is>
+      </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>instrument à corde</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal, nacre, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>99240</v>
+        <v>11238</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Violon</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D127" s="2"/>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Stainer,  Jacobus</t>
+        </is>
+      </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>instrument à corde</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>corne, bois</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>99247</v>
+        <v>99239</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Bibliothèque à deux corps</t>
+          <t>Table</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>acajou, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>99257</v>
+        <v>99240</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Table à jeux</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>table à jeu et billard</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>acajou, feutre</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>66283</v>
+        <v>11244</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Secrétaire à abattant</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>secrétaire</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>grès, étain, fer</t>
+          <t>marbre, métal, feutre, os, bois, palissandre, acajou</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11238</v>
+        <v>99247</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Violon</t>
+          <t>Bibliothèque à deux corps</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>instrument à corde</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>corne, bois</t>
+          <t>acajou, verre</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11244</v>
+        <v>11246</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Secrétaire à abattant</t>
+          <t>Commode à plateau en portefeuille</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>secrétaire</t>
+          <t>commode</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>marbre, métal, feutre, os, bois, palissandre, acajou</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11246</v>
+        <v>99257</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Commode à plateau en portefeuille</t>
+          <t>Table à jeux</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>commode</t>
+          <t>table à jeu et billard</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>acajou, feutre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11229</v>
+        <v>99498</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Crosse de fusil décorée</t>
+          <t>sébile d'église</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1950</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>arme à feu</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>fer, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11236</v>
+        <v>99499</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Guitare</t>
+          <t>sébile d'église</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>instrument à corde</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>métal, nacre, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>30647</v>
+        <v>99516</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Calendrier reliquaire</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, os, métal, bois</t>
+          <t>bois, peinture</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>30682</v>
+        <v>99633</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>tabouret</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>tabouret</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>bois, chêne, cuir</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>86681</v>
+        <v>66283</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D138" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>cuivre, bois</t>
+          <t>grès, étain, fer</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>86801</v>
+        <v>30647</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>Calendrier reliquaire</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Marie</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>encre, papier, os, métal, bois</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>92399</v>
+        <v>30682</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>tabouret</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>tabouret</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, papier, encre</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
         <v>78233</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Salon en sycomore</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1818 - 1834</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
@@ -5295,1840 +5295,1840 @@
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1833 - 1905</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>42678</v>
+        <v>42753</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Rocher Bayard (paysage et rivière)</t>
+          <t>Chemin à Haren</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>42688</v>
+        <v>42755</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. (Le soir)</t>
+          <t>Zouave au bloc</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>42690</v>
+        <v>42784</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
+          <t>Vénitien</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>42691</v>
+        <v>42787</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
+          <t>Homme barbu</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>fusain, papier, carton</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>42735</v>
+        <v>42790</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>La Liseuse</t>
+          <t>Jeune veuve wallonne</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>42738</v>
+        <v>42792</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>Femme au chapeau</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>42739</v>
+        <v>42793</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>42741</v>
+        <v>42795</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Dame en vêtement traditionnel</t>
+          <t>La Meuse (Anseremme)</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>42744</v>
+        <v>42800</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>La Visiteuse</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>42745</v>
+        <v>42812</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Etude de mains</t>
+          <t>Loth et ses filles fuyant Sodome</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>42750</v>
+        <v>42813</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>La Femme au Serpent</t>
+          <t>Episode du Déluge. Le sacrifice</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>42753</v>
+        <v>42814</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Chemin à Haren</t>
+          <t>Homme nu dans une cellule</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>42755</v>
+        <v>42816</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Zouave au bloc</t>
+          <t>La Pauvreté</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>42784</v>
+        <v>42819</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Vénitien</t>
+          <t>Les Petits du village</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>42787</v>
+        <v>42658</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Homme barbu</t>
+          <t>Canal de Willebroeck : La chevrette</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier, carton</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>42790</v>
+        <v>42660</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Jeune veuve wallonne</t>
+          <t>Canal de Willebroeck (étude)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>42792</v>
+        <v>42662</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Femme au chapeau</t>
+          <t>Coquelicots</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>42793</v>
+        <v>42663</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>La Sennette à Evere</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>42795</v>
+        <v>42678</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>La Meuse (Anseremme)</t>
+          <t>Rocher Bayard (paysage et rivière)</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>42800</v>
+        <v>42688</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Une journée d'été. (Le soir)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>42812</v>
+        <v>42690</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Loth et ses filles fuyant Sodome</t>
+          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>42813</v>
+        <v>42691</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Episode du Déluge. Le sacrifice</t>
+          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>42814</v>
+        <v>42735</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Homme nu dans une cellule</t>
+          <t>La Liseuse</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>42816</v>
+        <v>42738</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>La Pauvreté</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>42819</v>
+        <v>42739</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Les Petits du village</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>42658</v>
+        <v>42741</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : La chevrette</t>
+          <t>Dame en vêtement traditionnel</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>42660</v>
+        <v>42744</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck (étude)</t>
+          <t>La Visiteuse</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>42662</v>
+        <v>42745</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Coquelicots</t>
+          <t>Etude de mains</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>42663</v>
+        <v>42750</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>La Sennette à Evere</t>
+          <t>La Femme au Serpent</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>43707</v>
+        <v>42823</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme blonde</t>
+          <t>La causette dans la prairie</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>43714</v>
+        <v>43707</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Un miséreux</t>
+          <t>Jeune femme blonde</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>43715</v>
+        <v>43714</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Femme préparant le café</t>
+          <t>Un miséreux</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>42823</v>
+        <v>43715</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>La causette dans la prairie</t>
+          <t>Femme préparant le café</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>66119</v>
+        <v>66116</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Le Givre</t>
+          <t>Sous les vieux saules</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>66161</v>
+        <v>66117</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>bois, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>66162</v>
+        <v>66118</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Marché</t>
+          <t>Education d'Azor (Canotiers)</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>66165</v>
+        <v>66119</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>Le Givre</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>66366</v>
+        <v>66161</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Avant le bal masqué</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>66166</v>
+        <v>66162</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Paysage rural</t>
+          <t>Marché</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>66369</v>
+        <v>66165</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Les toits (Ancien Ten-Noey)</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>66168</v>
+        <v>66366</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Les cabourons</t>
+          <t>Avant le bal masqué</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>66169</v>
+        <v>66166</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Bord de Meuse</t>
+          <t>Paysage rural</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>66116</v>
+        <v>66369</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Sous les vieux saules</t>
+          <t>Les toits (Ancien Ten-Noey)</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>66117</v>
+        <v>66168</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
+          <t>Les cabourons</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>66118</v>
+        <v>66169</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Education d'Azor (Canotiers)</t>
+          <t>Bord de Meuse</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
         <v>66134</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
           <t>Dunes (Plein midi)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Verdyen,  Eugène</t>
@@ -7411,251 +7411,251 @@
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1846 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>orgue</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>plomb, chêne</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>66182</v>
+        <v>66186</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Chambon,  Alban / Chambon, Alban</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>encre, aquarelle, papier, carton</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>66183</v>
+        <v>66187</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Chambon,  Alban / Chambon, Alban</t>
+          <t>Chambon, Alban / Chambon,  Alban</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>encre, aquarelle, papier, carton</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>66184</v>
+        <v>66182</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Chambon,  Alban / Chambon, Alban</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>encre, aquarelle, papier, carton</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>66185</v>
+        <v>66183</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Chambon, Alban / Chambon,  Alban</t>
+          <t>Chambon,  Alban / Chambon, Alban</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>encre, aquarelle, papier, carton</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>66186</v>
+        <v>66184</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Chambon,  Alban / Chambon, Alban</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>encre, aquarelle, papier, carton</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>66187</v>
+        <v>66185</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
           <t>Projet de réverbère pour la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Chambon, Alban / Chambon,  Alban</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1847 - 1928</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
@@ -7687,121 +7687,125 @@
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier, soie, bois, ivoire</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>ajouré [sculpture], technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>98840</v>
+        <v>11705</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Table</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D203" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>acajou, laiton</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>66133</v>
+        <v>11706</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Profil de fillette</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Voncken,  Tony</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1875</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
         <v>11708</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
           <t>Hérode</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
@@ -8523,125 +8527,121 @@
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>11705</v>
+        <v>98840</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Table</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>acajou, laiton</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>11706</v>
+        <v>11230</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Balance à plateaux</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Fagel,</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>bois, cuivre, fer</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
         <v>11239</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>Malle de voyage</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
@@ -8827,2961 +8827,2961 @@
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>fonte</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de fonte, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>69989</v>
+        <v>11249</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Plastron et dossière de cuirasse</t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>métal, laiton, cuir, acier</t>
+          <t>fonte, métal</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, moulé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>11249</v>
+        <v>11373</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>fonte, métal</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, technique de fonte</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>11373</v>
+        <v>11745</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>coupe à fruits</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D234" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D234" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>11230</v>
+        <v>11746</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Balance à plateaux</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Fagel,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre, fer</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>11745</v>
+        <v>11747</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>11746</v>
+        <v>11784</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>11747</v>
+        <v>11748</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>11784</v>
+        <v>11785</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>11748</v>
+        <v>11786</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>11785</v>
+        <v>11787</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>11786</v>
+        <v>11788</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>11787</v>
+        <v>11752</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>11788</v>
+        <v>11790</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>11752</v>
+        <v>11754</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>11790</v>
+        <v>11755</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>11754</v>
+        <v>11793</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>11755</v>
+        <v>11758</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>11793</v>
+        <v>11795</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>11758</v>
+        <v>11796</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>11795</v>
+        <v>11797</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>11796</v>
+        <v>11798</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>11797</v>
+        <v>11799</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>11798</v>
+        <v>11800</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>11799</v>
+        <v>11801</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>11800</v>
+        <v>66133</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Profil de fillette</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Voncken,  Tony</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1875</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>11801</v>
+        <v>11802</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>11802</v>
+        <v>11803</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>11803</v>
+        <v>11804</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>11804</v>
+        <v>11734</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>11734</v>
+        <v>11735</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>11735</v>
+        <v>11736</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>11736</v>
+        <v>11737</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>11737</v>
+        <v>11814</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>11809</v>
+        <v>11815</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>11810</v>
+        <v>11816</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>11811</v>
+        <v>11817</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>11812</v>
+        <v>11818</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>11813</v>
+        <v>11819</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>11814</v>
+        <v>11820</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>11815</v>
+        <v>11821</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>11816</v>
+        <v>11822</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>11817</v>
+        <v>11823</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>11818</v>
+        <v>11824</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>11819</v>
+        <v>11825</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>11820</v>
+        <v>11826</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>11821</v>
+        <v>11827</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>11822</v>
+        <v>11828</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>11823</v>
+        <v>11829</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois, peinture, carton-pierre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>11824</v>
+        <v>11903</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>balance</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>laiton, acier</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>11825</v>
+        <v>11840</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>11826</v>
+        <v>11841</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>11827</v>
+        <v>11842</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>11828</v>
+        <v>11805</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>11829</v>
+        <v>11843</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>11903</v>
+        <v>11806</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>balance</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...2 lines deleted...]
-      <c r="D286" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D286" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>laiton, acier</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, forgé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>11840</v>
+        <v>69989</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>Plastron et dossière de cuirasse</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>métal, laiton, cuir, acier</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>11841</v>
+        <v>11807</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>11842</v>
+        <v>11808</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>11805</v>
+        <v>11809</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>11843</v>
+        <v>11810</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>11806</v>
+        <v>11811</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>11807</v>
+        <v>11812</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>11808</v>
+        <v>11813</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>70139</v>
+        <v>12004</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Berline de l’Ommegang de Bruxelles</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>véhicule terrestre non motorisé</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, cuir</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
+          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>12004</v>
+        <v>70139</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Berline de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D296" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D296" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>véhicule terrestre non motorisé</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>bois, métal, cuir</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>99233</v>
+        <v>93359</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Chaise capitonnée</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>43100</v>
+        <v>86777</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Josse</t>
+          <t>Portrait d’un prêtre</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, cire, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>43101</v>
+        <v>99233</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Sainte Croix</t>
+          <t>Chaise capitonnée</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, os, cire</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>43112</v>
+        <v>43100</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>Reliquaire de saint Josse</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, verre, os, cire, papier</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>43113</v>
+        <v>43101</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Colonne torsadée surmontée d'un ange</t>
+          <t>Reliquaire de la Sainte Croix</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, verre, os, cire</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>70745</v>
+        <v>43112</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Prie-Dieu</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>prie-dieu</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>70766</v>
+        <v>43113</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Colonne torsadée surmontée d'un ange</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>86777</v>
+        <v>70745</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’un prêtre</t>
+          <t>Prie-Dieu</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D304" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>prie-dieu</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>93359</v>
+        <v>70766</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D305" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Goyers [frères]</t>
+        </is>
+      </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
         <v>39116</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
           <t>Vue fantaisiste de l'atelier du peintre</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Serrure, Auguste</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1852 - 1902</t>
@@ -12411,2228 +12411,2228 @@
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>chêne, métal</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>99232</v>
+        <v>11391</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Table</t>
+          <t>cuisinière à charbon</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>cuisinière</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>noyer, érable, poirier</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>42853</v>
+        <v>11393</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Portrait de bichon</t>
+          <t>buffet </t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D324" s="2"/>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1920</t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>43123</v>
+        <v>11394</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Boîte de diapositives des Conférences populaires de Bruxelles</t>
+          <t>buffet </t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1920</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>verre, bois, cuir, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>42882</v>
+        <v>11672</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>chevalet d'artiste-peintre</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>matériel d'artiste</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>42889</v>
+        <v>99232</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs</t>
+          <t>Table</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>noyer, érable, poirier</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>42890</v>
+        <v>42846</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Coquelicots</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton, toile</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>42895</v>
+        <v>42853</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Roses trémières</t>
+          <t>Portrait de bichon</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>42900</v>
+        <v>43123</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>La couture</t>
+          <t>Boîte de diapositives des Conférences populaires de Bruxelles</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>verre, bois, cuir, métal</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique photographique, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>42906</v>
+        <v>42882</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>La couture au jardin</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>42909</v>
+        <v>42889</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Les Meules</t>
+          <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>42910</v>
+        <v>42890</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Paysage aux coquelicots</t>
+          <t>Coquelicots</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, carton, toile</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>42911</v>
+        <v>42895</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Chemin sous-bois</t>
+          <t>Roses trémières</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>42913</v>
+        <v>42900</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Jardins sous neige</t>
+          <t>La couture</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>42932</v>
+        <v>42906</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Etang avec maison</t>
+          <t>La couture au jardin</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>43023</v>
+        <v>42909</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>coffret-reliquaire</t>
+          <t>Les Meules</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D337" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D337" s="2" t="inlineStr">
+        <is>
+          <t>Demanet,  Mathilde</t>
+        </is>
+      </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, papier, os</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>42846</v>
+        <v>42910</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Paysage aux coquelicots</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>66125</v>
+        <v>42911</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs</t>
+          <t>Chemin sous-bois</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>66126</v>
+        <v>42913</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux cerises bigarreau</t>
+          <t>Jardins sous neige</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>66217</v>
+        <v>42932</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>commode</t>
+          <t>Etang avec maison</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D341" s="2"/>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Demanet,  Mathilde</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>commode</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>chêne, bois de rose, marbre, bronze</t>
+          <t>bois, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>66223</v>
+        <v>43023</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>coffret-reliquaire</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>bronze, chêne, bois</t>
+          <t>bois, verre, métal, papier, os</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>66228</v>
+        <v>11237</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>Banjoline</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>instrument à corde</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>bois, bronze, laiton</t>
+          <t>métal, peau animale, corne, bois</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>66229</v>
+        <v>11741</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D344" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D344" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>chêne, cuir, laiton, bois de rose, bronze</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>66230</v>
+        <v>11778</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>Le Régent</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>inconnu,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>laiton, bronze, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>66231</v>
+        <v>11742</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>Dame (figurante)</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D346" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D346" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>chêne, bois de rose, verre, bronze</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>66245</v>
+        <v>11779</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>66246</v>
+        <v>11743</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Homme à la cape</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D348" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D348" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>11672</v>
+        <v>11780</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>chevalet d'artiste-peintre</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
-[...2 lines deleted...]
-      <c r="D349" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D349" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>matériel d'artiste</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>11391</v>
+        <v>11781</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>cuisinière à charbon</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D350" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>cuisinière</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>11393</v>
+        <v>66217</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>buffet </t>
+          <t>commode</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1920</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>commode</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne, bois de rose, marbre, bronze</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>11394</v>
+        <v>66223</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>buffet </t>
+          <t>table</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D352" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1920</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze, chêne, bois</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>11237</v>
+        <v>66228</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Banjoline</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>instrument à corde</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>métal, peau animale, corne, bois</t>
+          <t>bois, bronze, laiton</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>11781</v>
+        <v>66229</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>chêne, cuir, laiton, bois de rose, bronze</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>11789</v>
+        <v>66230</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu,</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>laiton, bronze, bois</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>11791</v>
+        <v>66231</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>chêne, bois de rose, verre, bronze</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>11792</v>
+        <v>11789</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>11763</v>
+        <v>11791</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>11764</v>
+        <v>66245</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>11765</v>
+        <v>11792</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>11766</v>
+        <v>66246</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>11767</v>
+        <v>66125</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>11768</v>
+        <v>11763</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>11769</v>
+        <v>66126</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Nature morte aux cerises bigarreau</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>11770</v>
+        <v>11764</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>11771</v>
+        <v>11765</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>11772</v>
+        <v>11766</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>11773</v>
+        <v>11767</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>11774</v>
+        <v>11768</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>11775</v>
+        <v>11769</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>11740</v>
+        <v>11770</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Madame Leivenbach</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>11777</v>
+        <v>11771</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>11741</v>
+        <v>11772</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>11778</v>
+        <v>11773</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Le Régent</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>11742</v>
+        <v>11774</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Dame (figurante)</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>11779</v>
+        <v>11775</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>11743</v>
+        <v>11740</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Homme à la cape</t>
+          <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>11780</v>
+        <v>11777</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
         <v>42677</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
           <t>Paysage (La Senne)</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
@@ -14679,277 +14679,277 @@
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1878 - 1879</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>42668</v>
+        <v>11434</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Etang à Saint-Job (Soleil)</t>
+          <t>Taxiphote</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
-          <t>Speekaert,  Léopold</t>
+          <t>Richard,  Jules</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1881</t>
+          <t>1880 - 1920</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>verre, métal, bois</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>42669</v>
+        <v>11437</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Etang de Saint-Job</t>
+          <t>téléphone</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D382" s="2"/>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1920</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>bois, métal, verre</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>42794</v>
+        <v>11462</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Les tournesols (Saint-Job)</t>
+          <t>tableau d'appel</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1881</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>métal, verre, bois</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>11434</v>
+        <v>42794</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Taxiphote</t>
+          <t>Les tournesols (Saint-Job)</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Richard,  Jules</t>
+          <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1920</t>
+          <t>1880 - 1881</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>verre, métal, bois</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>11437</v>
+        <v>42668</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>téléphone</t>
+          <t>Etang à Saint-Job (Soleil)</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D385" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>Speekaert,  Léopold</t>
+        </is>
+      </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1920</t>
+          <t>1880 - 1881</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, verre</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>11462</v>
+        <v>42669</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>tableau d'appel</t>
+          <t>Etang de Saint-Job</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D386" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D386" s="2" t="inlineStr">
+        <is>
+          <t>Speekaert,  Léopold</t>
+        </is>
+      </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
         <v>11884</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
           <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
@@ -14987,125 +14987,125 @@
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>93621</v>
+        <v>93491</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Nu masculin au bouclier (Académie)</t>
+          <t>Le poète</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>Broerman, Eugène</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier, carton</t>
+          <t>peinture à l'huile, toile, carton</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>93491</v>
+        <v>93621</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Le poète</t>
+          <t>Nu masculin au bouclier (Académie)</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>Broerman, Eugène</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, carton</t>
+          <t>fusain, papier, carton</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
         <v>43709</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
@@ -15219,693 +15219,693 @@
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>11904</v>
+        <v>78549</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Face de tonneau</t>
+          <t>Mallette de peintre de Gustave-Max Stevens</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1887 - 1980</t>
+          <t>1887 - 1946</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>matériel d'artiste</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>bois, métal, peinture</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>31159</v>
+        <v>11904</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Marguerite</t>
+          <t>Face de tonneau</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Fondation Roi Baudouin</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D396" s="2"/>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1887 - 1980</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>78549</v>
+        <v>31159</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Mallette de peintre de Gustave-Max Stevens</t>
+          <t>Portrait de Marguerite</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D397" s="2"/>
+          <t>Fondation Roi Baudouin</t>
+        </is>
+      </c>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>Khnopff, Fernand</t>
+        </is>
+      </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1887 - 1946</t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>matériel d'artiste</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, peinture</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>93946</v>
+        <v>11395</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Fosset</t>
+          <t>armoire frigorifique</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Khnopff, Fernand</t>
+          <t>Gyssels, Pierre</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>glacière</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>céramique, zinc, bois</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>43065</v>
+        <v>11464</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>Ensemble de vases Art Nouveau</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1925</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>66259</v>
+        <v>11426</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>épée honorifique</t>
+          <t>balance</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Fagel,</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>cuir, fer, fil de métal, argent, acier</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>66260</v>
+        <v>80202</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>épée honorifique</t>
+          <t>Maquette « Le problème de la Montagne de la cour »</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>plan</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>cuir, fer, bronze, acier, nacre</t>
+          <t>carton, bois</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>66104</v>
+        <v>86765</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux hortensias</t>
+          <t>cadre-reliquaire</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D402" s="2"/>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>bois, verre, papier, encre, os</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique d'assemblage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>11426</v>
+        <v>93946</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>balance</t>
+          <t>Paysage à Fosset</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Fagel,</t>
+          <t>Khnopff, Fernand</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>11395</v>
+        <v>43065</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>armoire frigorifique</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D404" s="2"/>
       <c r="E404" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1925</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>glacière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>céramique, zinc, bois</t>
+          <t>soie, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>11464</v>
+        <v>66104</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de vases Art Nouveau</t>
+          <t>Nature morte aux hortensias</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D405" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D405" s="2" t="inlineStr">
+        <is>
+          <t>Demanet,  Mathilde</t>
+        </is>
+      </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>73125</v>
+        <v>66259</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Marionnette de Toone : Duc de Buckingham</t>
+          <t>épée honorifique</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D406" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D406" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1931</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>cheveux, verre, carton, bois, peinture, fer, cuir</t>
+          <t>cuir, fer, fil de métal, argent, acier</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>collé, couture, peint</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>11935</v>
+        <v>66260</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer</t>
+          <t>épée honorifique</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Compagnie du Katanga</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>papier, métal, bois</t>
+          <t>cuir, fer, bronze, acier, nacre</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>30651</v>
+        <v>11935</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>stalles</t>
+          <t>Planche à imprimer</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Van Tuyn,  Jos</t>
+          <t>Compagnie du Katanga</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
-          <t>stalles</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>papier, métal, bois</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>86765</v>
+        <v>73125</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>cadre-reliquaire</t>
+          <t>Marionnette de Toone : Duc de Buckingham</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - 1931</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, papier, encre, os</t>
+          <t>cheveux, verre, carton, bois, peinture, fer, cuir</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, broderie</t>
+          <t>collé, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>80202</v>
+        <v>30651</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Maquette « Le problème de la Montagne de la cour »</t>
+          <t>stalles</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D410" s="2"/>
+          <t>Eglise Sainte-Marie</t>
+        </is>
+      </c>
+      <c r="D410" s="2" t="inlineStr">
+        <is>
+          <t>Van Tuyn,  Jos</t>
+        </is>
+      </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>plan</t>
+          <t>stalles</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>carton, bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>95709</v>
+        <v>92400</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>lutrin de choeur</t>
+          <t>Baiser de paix de saint Joseph</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, verre, papier, encre</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte, technique d'assemblage</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
         <v>93373</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
           <t>prie-Dieu</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
@@ -15939,233 +15939,233 @@
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1891 - 1930</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire, reliquaire</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>107548</v>
+        <v>95709</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Balance de précision</t>
+          <t>lutrin de choeur</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D414" s="2"/>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
-          <t>balance</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, bois, verre, os</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique des métaux, technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>107549</v>
+        <v>107548</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Horloge "lanterne"</t>
+          <t>Balance de précision</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Planchon, Mathieu</t>
+          <t>Henry-Louis Becker zoon en Cie</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
-          <t>pendule</t>
+          <t>balance</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>laiton, fer, bois, étain, verre</t>
+          <t>laiton, métal, bois, verre, os</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>107611</v>
+        <v>107549</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Appareil d’induction portatif du docteur Spamer</t>
+          <t>Horloge "lanterne"</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
-      <c r="D416" s="2"/>
+      <c r="D416" s="2" t="inlineStr">
+        <is>
+          <t>Planchon, Mathieu</t>
+        </is>
+      </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>matériel médical</t>
+          <t>pendule</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, fer, nickel, verre, liège</t>
+          <t>laiton, fer, bois, étain, verre</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>107613</v>
+        <v>107611</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Table d’accouchement à mécanisme</t>
+          <t>Appareil d’induction portatif du docteur Spamer</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>matériel médical</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>métal, bois, fer, nickel, verre, liège</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>92400</v>
+        <v>107613</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Joseph</t>
+          <t>Table d’accouchement à mécanisme</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>matériel médical</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, encre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
         <v>66191</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
           <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Renert,  J.</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
@@ -16483,2433 +16483,2433 @@
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>confessionnal</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>43291</v>
+        <v>11430</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>bureau </t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D428" s="2"/>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D428" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>11424</v>
+        <v>11386</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>plomb, verre, bois</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>11468</v>
+        <v>11431</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>11425</v>
+        <v>11387</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>vestiaire</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>porte-manteau</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze, bois</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>11469</v>
+        <v>11432</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>bain</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
-      <c r="D432" s="2"/>
+      <c r="D432" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>bain</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>métal, céramique</t>
+          <t>métal, verre, bois</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>11429</v>
+        <v>11388</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>11430</v>
+        <v>11389</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>bureau </t>
+          <t>toilette</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Pierre,  Gustave</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>meuble d'hygiène</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>marbre, métal, bois, céramique</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>11386</v>
+        <v>11435</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>cheminée </t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>plomb, verre, bois</t>
+          <t>fonte, marbre</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>11431</v>
+        <v>11390</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>hotte de cheminée</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>meuble lié à l'alimentation</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>verre, marbre, acier</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>11387</v>
+        <v>11392</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>vestiaire</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E437" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>porte-manteau</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>bronze, bois</t>
+          <t>métal, bois, céramique, marbre</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>11432</v>
+        <v>11438</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>11388</v>
+        <v>11439</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>porte coulissante</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>11389</v>
+        <v>11440</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>toilette</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
-          <t>Pierre,  Gustave</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>meuble d'hygiène</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>marbre, métal, bois, céramique</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H440" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>11435</v>
+        <v>11441</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>cheminée </t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>fonte, marbre</t>
+          <t>rotin, bois</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>11390</v>
+        <v>11397</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>hotte de cheminée</t>
+          <t>téléphone</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
-      <c r="D442" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D442" s="2"/>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>meuble lié à l'alimentation</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>verre, marbre, acier</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>11392</v>
+        <v>11398</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, céramique, marbre</t>
+          <t>métal, cuir, bois</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>11438</v>
+        <v>11443</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>cheminée </t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>bois, bronze, marbre</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>11439</v>
+        <v>11399</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>porte coulissante</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>11440</v>
+        <v>11401</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>lustre </t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>verre, laiton</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>11441</v>
+        <v>11447</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>porte-serviettes</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>porte-linge</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>rotin, bois</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>11397</v>
+        <v>11403</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>téléphone</t>
+          <t>console</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
-      <c r="D448" s="2"/>
+      <c r="D448" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>console</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>11398</v>
+        <v>11448</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>11443</v>
+        <v>11449</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>cheminée </t>
+          <t>table de nuit</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>table de nuit</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>bois, bronze, marbre</t>
+          <t>métal, marbre, bois</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>11399</v>
+        <v>11405</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>11401</v>
+        <v>11450</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>lustre </t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
-          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E452" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton</t>
+          <t>métal, marbre, bois</t>
         </is>
       </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>11447</v>
+        <v>11406</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>porte-serviettes</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>porte-linge</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>11403</v>
+        <v>11451</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal, marbre, bois</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>11448</v>
+        <v>11407</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>banc </t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>11449</v>
+        <v>11452</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>table de nuit</t>
+          <t>cheminée </t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D456" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E456" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
-          <t>table de nuit</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre, bois</t>
+          <t>métal, marbre</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>11405</v>
+        <v>11408</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>banc </t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
           <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>11450</v>
+        <v>11453</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E458" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre, bois</t>
+          <t>métal, verre, bois</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>11406</v>
+        <v>11409</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E459" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
           <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>11451</v>
+        <v>11454</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>table de nuit</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D460" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E460" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>table de nuit</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
           <t>métal, marbre, bois</t>
         </is>
       </c>
       <c r="H460" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>11407</v>
+        <v>11411</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>lustre </t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D461" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
         </is>
       </c>
       <c r="E461" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>laiton, bronze</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>11452</v>
+        <v>11455</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>cheminée </t>
+          <t>lit</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>lit</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>11408</v>
+        <v>11412</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>table</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D463" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E463" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>11453</v>
+        <v>11456</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>cheminée </t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E464" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, bois</t>
+          <t>métal, marbre</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>11409</v>
+        <v>11413</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D465" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E465" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>11454</v>
+        <v>11457</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>table de nuit</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D466" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E466" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
-          <t>table de nuit</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>11411</v>
+        <v>11414</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>lustre </t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D467" s="2" t="inlineStr">
         <is>
-          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E467" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F467" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>laiton, bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H467" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>11455</v>
+        <v>11415</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>lit</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D468" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E468" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F468" s="2" t="inlineStr">
         <is>
-          <t>lit</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G468" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H468" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>11412</v>
+        <v>11459</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E469" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>verre, laiton, bronze</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>11456</v>
+        <v>11416</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>cheminée </t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
-          <t>métal, marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>11413</v>
+        <v>11461</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tabouret</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tabouret</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>11457</v>
+        <v>11417</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>table de billard</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>table à jeu et billard</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>11471</v>
+        <v>11419</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, bois</t>
+          <t>laiton, bronze</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>11414</v>
+        <v>11463</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>fauteuil </t>
+          <t>porte-queues de billard</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E474" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>jeu, jouet</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>11473</v>
+        <v>11421</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>banc </t>
+          <t>table</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>11415</v>
+        <v>11422</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>11459</v>
+        <v>11465</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>cabinet de toilette</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>meuble d'hygiène</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton, bronze</t>
+          <t>métal, bois, céramique</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>11416</v>
+        <v>11423</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
+          <t>banc </t>
+        </is>
+      </c>
+      <c r="C478" s="2" t="inlineStr">
+        <is>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D478" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
+      <c r="E478" s="2" t="inlineStr">
+        <is>
+          <t>1895 - 1903</t>
+        </is>
+      </c>
+      <c r="F478" s="2" t="inlineStr">
+        <is>
           <t>banc</t>
         </is>
       </c>
-      <c r="C478" s="2" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>11461</v>
+        <v>11466</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>tabouret</t>
+          <t>lavabo </t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
-          <t>tabouret</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>marbre, métal, bois</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>11417</v>
+        <v>11424</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>table de billard</t>
+          <t>banc </t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E480" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>table à jeu et billard</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>11419</v>
+        <v>11468</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E481" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>laiton, bronze</t>
+          <t>métal, marbre, bois</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>11463</v>
+        <v>11425</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>porte-queues de billard</t>
+          <t>fauteuil </t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E482" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>jeu, jouet</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>couture, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>11421</v>
+        <v>11469</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>bain</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
-      <c r="D483" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D483" s="2"/>
       <c r="E483" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>bain</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>métal, céramique</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>11422</v>
+        <v>11429</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D484" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E484" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>11465</v>
+        <v>11471</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>cabinet de toilette</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>meuble d'hygiène</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, céramique</t>
+          <t>métal, verre, bois</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>11423</v>
+        <v>11473</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
           <t>banc </t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G486" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>11466</v>
+        <v>43291</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>lavabo </t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D487" s="2"/>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G487" s="2" t="inlineStr">
         <is>
-          <t>marbre, métal, bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
         <v>11383</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
           <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
@@ -19095,2149 +19095,2149 @@
       <c r="C493" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="inlineStr">
         <is>
           <t>1899 - 1904</t>
         </is>
       </c>
       <c r="F493" s="2"/>
       <c r="G493" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H493" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>43122</v>
+        <v>93288</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
+          <t>Une salle de l'infirmerie de Bruxelles</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D494" s="2"/>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+        </is>
+      </c>
+      <c r="D494" s="2" t="inlineStr">
+        <is>
+          <t>Heyermans,  Maria</t>
+        </is>
+      </c>
       <c r="E494" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F494" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G494" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H494" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>99255</v>
+        <v>79885</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>Guéridon</t>
+          <t>Malle de voyage</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F495" s="2" t="inlineStr">
         <is>
-          <t>guéridon</t>
+          <t>coffre</t>
         </is>
       </c>
       <c r="G495" s="2" t="inlineStr">
         <is>
-          <t>bois de rose, acajou</t>
+          <t>métal, bois, cuir</t>
         </is>
       </c>
       <c r="H495" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>99256</v>
+        <v>43122</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>Vitrine</t>
+          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G496" s="2" t="inlineStr">
         <is>
-          <t>sycomore, verre, marbre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H496" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>66218</v>
+        <v>99255</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>Truelle commémorant la pose de la première pierre de l'hôtel de ville de Saint-Gilles le 2 septembre 1900</t>
+          <t>Guéridon</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D497" s="2"/>
       <c r="E497" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>bois de rose, acajou</t>
         </is>
       </c>
       <c r="H497" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, poli, technique d'assemblage</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
-        <v>67758</v>
+        <v>99256</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Vitrine</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D498" s="2"/>
       <c r="E498" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F498" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G498" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>sycomore, verre, marbre</t>
         </is>
       </c>
       <c r="H498" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
-        <v>67760</v>
+        <v>66218</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Truelle commémorant la pose de la première pierre de l'hôtel de ville de Saint-Gilles le 2 septembre 1900</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D499" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E499" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G499" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H499" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique des métaux, poli, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>67761</v>
+        <v>67775</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite : "Irène"</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D500" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E500" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G500" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, gouache</t>
+          <t>papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H500" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>67762</v>
+        <v>67778</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E501" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H501" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>67763</v>
+        <v>67779</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de décoration et de sgraffites</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D502" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E502" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H502" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>67764</v>
+        <v>67787</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projet de décoration murale d’un château</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D503" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
         </is>
       </c>
       <c r="H503" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>67765</v>
+        <v>67789</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D504" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E504" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon, carton</t>
         </is>
       </c>
       <c r="H504" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>67766</v>
+        <v>67790</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Doux réveil</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D505" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E505" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G505" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>gouache, carton, encre de chine, papier photographique</t>
         </is>
       </c>
       <c r="H505" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique photographique, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>67768</v>
+        <v>67792</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites pour la façade d’une habitation sise rue Hobbema à Bruxelles</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
-      <c r="D506" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D506" s="2"/>
       <c r="E506" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>papier, crayon, aquarelle, carton</t>
         </is>
       </c>
       <c r="H506" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>67769</v>
+        <v>11869</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Anciennes tête et armature en osier pour la Roue de la Fortune</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D507" s="2"/>
       <c r="E507" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objets ethnographiques</t>
         </is>
       </c>
       <c r="G507" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>papier, bois, osier</t>
         </is>
       </c>
       <c r="H507" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>moulé, technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>67770</v>
+        <v>67754</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D508" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E508" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H508" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>67771</v>
+        <v>67755</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projets de sgraffites : "le nid"</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D509" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E509" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H509" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>67772</v>
+        <v>67756</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D510" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E510" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G510" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>67773</v>
+        <v>67757</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D511" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E511" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H511" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>67774</v>
+        <v>67758</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D512" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E512" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G512" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H512" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>67775</v>
+        <v>67760</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D513" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E513" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G513" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H513" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>67778</v>
+        <v>67761</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
+          <t>Projet de sgraffite : "Irène"</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D514" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E514" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>crayon, papier, gouache</t>
         </is>
       </c>
       <c r="H514" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>67779</v>
+        <v>67762</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
-          <t>Projets de décoration et de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D515" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G515" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H515" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
-        <v>67787</v>
+        <v>67763</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
-          <t>Projet de décoration murale d’un château</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G516" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H516" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
-        <v>67789</v>
+        <v>67764</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
-          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D517" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G517" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H517" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>67790</v>
+        <v>67765</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>Doux réveil</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D518" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E518" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G518" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton, encre de chine, papier photographique</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H518" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>67792</v>
+        <v>67766</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour la façade d’une habitation sise rue Hobbema à Bruxelles</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
-      <c r="D519" s="2"/>
+      <c r="D519" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E519" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G519" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, aquarelle, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H519" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>67754</v>
+        <v>67768</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D520" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E520" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G520" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>67755</v>
+        <v>67769</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites : "le nid"</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D521" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E521" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G521" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H521" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>67756</v>
+        <v>67770</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D522" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H522" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>67757</v>
+        <v>67771</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D523" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H523" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
-        <v>11869</v>
+        <v>67772</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
-          <t>Anciennes tête et armature en osier pour la Roue de la Fortune</t>
+          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D524" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D524" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E524" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G524" s="2" t="inlineStr">
         <is>
-          <t>papier, bois, osier</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H524" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique de sculpture, technique d'assemblage</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
-        <v>93288</v>
+        <v>67773</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
-          <t>Une salle de l'infirmerie de Bruxelles</t>
+          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D525" s="2" t="inlineStr">
         <is>
-          <t>Heyermans,  Maria</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E525" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G525" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H525" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
-        <v>79885</v>
+        <v>67774</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
-          <t>Malle de voyage</t>
+          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D526" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D526" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E526" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
-          <t>coffre</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G526" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, cuir</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H526" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>95708</v>
+        <v>11404</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>prie-Dieu</t>
+          <t>Le Baiser</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D527" s="2"/>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D527" s="2" t="inlineStr">
+        <is>
+          <t>Rousseau,  Victor / Horta, Victor</t>
+        </is>
+      </c>
       <c r="E527" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
-          <t>prie-dieu</t>
+          <t>pendule</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H527" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>doré, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>95733</v>
+        <v>95706</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Vraie Croix</t>
+          <t>chaise de choeur</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1940</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, verre, perle</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H528" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique des métaux, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
-        <v>96808</v>
+        <v>95707</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>table d'autel</t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>autel et son environnement</t>
         </is>
       </c>
       <c r="G529" s="2" t="inlineStr">
         <is>
-          <t>cuivre, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H529" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de fonte</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
-        <v>96809</v>
+        <v>95708</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>prie-Dieu</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>prie-dieu</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H530" s="2" t="inlineStr">
         <is>
-          <t>moulé, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
-        <v>95706</v>
+        <v>95733</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
-          <t>chaise de choeur</t>
+          <t>Reliquaire de la Vraie Croix</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1940</t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal, bois, verre, perle</t>
         </is>
       </c>
       <c r="H531" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique de sculpture, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>95707</v>
+        <v>96808</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>table d'autel</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>autel et son environnement</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuivre, verre</t>
         </is>
       </c>
       <c r="H532" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>66235</v>
+        <v>96809</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D533" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D533" s="2"/>
       <c r="E533" s="2" t="inlineStr">
         <is>
           <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="G533" s="2" t="inlineStr">
         <is>
           <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H533" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>moulé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
-        <v>66248</v>
+        <v>11375</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D534" s="2"/>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D534" s="2" t="inlineStr">
+        <is>
+          <t>Knabel, Hans</t>
+        </is>
+      </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1910</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G534" s="2" t="inlineStr">
         <is>
-          <t>cristal, émail, cuivre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H534" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage, technique d'émaillage</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>11404</v>
+        <v>11182</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Le Baiser</t>
+          <t>Portrait du peintre Laura Turner</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D535" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor / Horta, Victor</t>
+          <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E535" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
-          <t>pendule</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G535" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>panneau, pointe d'argent, fusain, papier</t>
         </is>
       </c>
       <c r="H535" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage, technique de sculpture</t>
+          <t>marouflé, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>11375</v>
+        <v>66235</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D536" s="2" t="inlineStr">
         <is>
-          <t>Knabel, Hans</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G536" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre, cuivre</t>
         </is>
       </c>
       <c r="H536" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
-        <v>68506</v>
+        <v>66248</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
-          <t>Jules Merckaert, La mer du Nord, huile sur toile marouflée sur panneau, 1901.</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D537" s="2"/>
       <c r="E537" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1910</t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>cristal, émail, cuivre</t>
         </is>
       </c>
       <c r="H537" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique de fonte, technique d'assemblage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>11182</v>
+        <v>11860</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Laura Turner</t>
+          <t>Charrette de fleurs</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D538" s="2"/>
       <c r="E538" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>transport terrestre</t>
         </is>
       </c>
       <c r="G538" s="2" t="inlineStr">
         <is>
-          <t>panneau, pointe d'argent, fusain, papier</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H538" s="2" t="inlineStr">
         <is>
-          <t>marouflé, dessin</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>11860</v>
+        <v>68506</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Charrette de fleurs</t>
+          <t>Jules Merckaert, La mer du Nord, huile sur toile marouflée sur panneau, 1901.</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D539" s="2"/>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D539" s="2" t="inlineStr">
+        <is>
+          <t>Merckaert, Jules</t>
+        </is>
+      </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
-          <t>transport terrestre</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H539" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>11920</v>
+        <v>11925</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Boîte de secours</t>
+          <t>four à métal</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1901 - 2000</t>
+        </is>
+      </c>
+      <c r="F540" s="2"/>
       <c r="G540" s="2" t="inlineStr">
         <is>
-          <t>acier, bois</t>
+          <t>métal, céramique</t>
         </is>
       </c>
       <c r="H540" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>11925</v>
+        <v>11927</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>four à métal</t>
+          <t>Cylindre d'impression pour papiers peints</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
-      <c r="D541" s="2"/>
+      <c r="D541" s="2" t="inlineStr">
+        <is>
+          <t>Usines Peters-Lacroix</t>
+        </is>
+      </c>
       <c r="E541" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F541" s="2"/>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>métal, céramique</t>
+          <t>acier, cuivre, bois</t>
         </is>
       </c>
       <c r="H541" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, modelé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>11927</v>
+        <v>11928</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Cylindre d'impression pour papiers peints</t>
+          <t>Pèse-lettre</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
-      <c r="D542" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D542" s="2"/>
       <c r="E542" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F542" s="2"/>
       <c r="G542" s="2" t="inlineStr">
         <is>
-          <t>acier, cuivre, bois</t>
+          <t>laiton, acier</t>
         </is>
       </c>
       <c r="H542" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
-        <v>11928</v>
+        <v>11929</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
-          <t>Pèse-lettre</t>
+          <t>Boîte à timbres</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
-[...2 lines deleted...]
-      <c r="F543" s="2"/>
+          <t>1901 - 1950</t>
+        </is>
+      </c>
+      <c r="F543" s="2" t="inlineStr">
+        <is>
+          <t>boite</t>
+        </is>
+      </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
-          <t>laiton, acier</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H543" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>11929</v>
+        <v>11930</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Boîte à timbres</t>
+          <t>Manomètre</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
-      <c r="D544" s="2"/>
+      <c r="D544" s="2" t="inlineStr">
+        <is>
+          <t>Ateliers de Construction H. Dechaineux &amp; Cie</t>
+        </is>
+      </c>
       <c r="E544" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1901 - 2000</t>
+        </is>
+      </c>
+      <c r="F544" s="2"/>
       <c r="G544" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>verre, cuivre, acier</t>
         </is>
       </c>
       <c r="H544" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>11930</v>
+        <v>11941</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
-          <t>Manomètre</t>
+          <t>modèle</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
-      <c r="D545" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D545" s="2"/>
       <c r="E545" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F545" s="2"/>
       <c r="G545" s="2" t="inlineStr">
         <is>
-          <t>verre, cuivre, acier</t>
+          <t>métal, plâtre</t>
         </is>
       </c>
       <c r="H545" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>11941</v>
+        <v>39614</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>modèle</t>
+          <t>Jardin tropical</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...2 lines deleted...]
-      <c r="D546" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D546" s="2" t="inlineStr">
+        <is>
+          <t>Jamin, Georges</t>
+        </is>
+      </c>
       <c r="E546" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
-      <c r="F546" s="2"/>
+      <c r="F546" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G546" s="2" t="inlineStr">
         <is>
-          <t>métal, plâtre</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H546" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>39614</v>
+        <v>39615</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
-          <t>Jardin tropical</t>
+          <t>Femme en noir</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D547" s="2" t="inlineStr">
         <is>
           <t>Jamin, Georges</t>
         </is>
       </c>
       <c r="E547" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G547" s="2" t="inlineStr">
         <is>
           <t>panneau</t>
         </is>
       </c>
       <c r="H547" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>39615</v>
+        <v>11920</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>Femme en noir</t>
+          <t>Boîte de secours</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D548" s="2"/>
       <c r="E548" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>acier, bois</t>
         </is>
       </c>
       <c r="H548" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
         <v>11147</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
           <t>Une lecture au jardin</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D549" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor / Van Rysselberghe,  Théo</t>
         </is>
       </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
@@ -21399,1672 +21399,1672 @@
         </is>
       </c>
       <c r="E553" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
           <t>papier, encre, toile</t>
         </is>
       </c>
       <c r="H553" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, marouflé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>66177</v>
+        <v>11494</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Projet de décor pour la Salle des Mariages de l'Hôtel de Ville de Saint-Gilles</t>
+          <t>Etude</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D554" s="2" t="inlineStr">
         <is>
-          <t>Hennebicq,  André</t>
+          <t>Fabry, Émile</t>
         </is>
       </c>
       <c r="E554" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1904</t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau aggloméré</t>
+          <t>carton, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H554" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
         <v>66242</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
           <t>chêne, laiton</t>
         </is>
       </c>
       <c r="H555" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
-        <v>11494</v>
+        <v>66177</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
-          <t>Etude</t>
+          <t>Projet de décor pour la Salle des Mariages de l'Hôtel de Ville de Saint-Gilles</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D556" s="2" t="inlineStr">
         <is>
-          <t>Fabry, Émile</t>
+          <t>Hennebicq,  André</t>
         </is>
       </c>
       <c r="E556" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1904</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G556" s="2" t="inlineStr">
         <is>
-          <t>carton, peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile, panneau aggloméré</t>
         </is>
       </c>
       <c r="H556" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
-        <v>67759</v>
+        <v>67753</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour le Château Delune</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D557" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E557" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H557" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>67753</v>
+        <v>11890</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Tramway 428</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée du Transport urbain de Bruxelles</t>
         </is>
       </c>
       <c r="D558" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>General Electric,  / Les Ateliers Métallurgiques de Nivelles,</t>
         </is>
       </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1904</t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tram</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>rotin, métal, verre, acier, bois</t>
         </is>
       </c>
       <c r="H558" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>11890</v>
+        <v>67759</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Tramway 428</t>
+          <t>Projets de sgraffites pour le Château Delune</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
-          <t>Musée du Transport urbain de Bruxelles</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D559" s="2" t="inlineStr">
         <is>
-          <t>General Electric,  / Les Ateliers Métallurgiques de Nivelles,</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E559" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1904</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
-          <t>tram</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G559" s="2" t="inlineStr">
         <is>
-          <t>rotin, métal, verre, acier, bois</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H559" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
         <v>38572</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
           <t>Schaerbeek, 1904</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D560" s="2" t="inlineStr">
         <is>
           <t>Battaille, Willem</t>
         </is>
       </c>
       <c r="E560" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G560" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, gouache</t>
         </is>
       </c>
       <c r="H560" s="2" t="inlineStr">
         <is>
           <t>collé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>43000</v>
+        <v>75390</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D561" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D561" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1905</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
-          <t>vase, horloge</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G561" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H561" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>67632</v>
+        <v>75412</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G562" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H562" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, taillé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
-        <v>67633</v>
+        <v>75416</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D563" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E563" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G563" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H563" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>67634</v>
+        <v>75418</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D564" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E564" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G564" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre, métal, peinture</t>
         </is>
       </c>
       <c r="H564" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
-        <v>67635</v>
+        <v>11576</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>L'Escaut</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D565" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E565" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F565" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G565" s="2" t="inlineStr">
         <is>
-          <t>bois, paille</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H565" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>67636</v>
+        <v>11577</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>Naples</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D566" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E566" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
-          <t>bois, paille</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H566" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>67637</v>
+        <v>11579</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>Vue de Villefranche-sur-Mer</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D567" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E567" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G567" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H567" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>67638</v>
+        <v>11580</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>Vue d'Espagne</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D568" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E568" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H568" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>67639</v>
+        <v>43000</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D569" s="2"/>
       <c r="E569" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F569" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>vase, horloge</t>
         </is>
       </c>
       <c r="G569" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze, marbre, métal</t>
         </is>
       </c>
       <c r="H569" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>67640</v>
+        <v>67638</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>Petite table de salon</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D570" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E570" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H570" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>67641</v>
+        <v>67639</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>lambris</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D571" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E571" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
-          <t>élément en bois</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H571" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>67642</v>
+        <v>67640</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>Petite table de salon</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D572" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E572" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F572" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G572" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H572" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>67643</v>
+        <v>67641</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>lambris</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>élément en bois</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H573" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>67644</v>
+        <v>67642</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
-          <t>escalier</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D574" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E574" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
-          <t>éléments d'architecture</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H574" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>67645</v>
+        <v>67643</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D575" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E575" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>67646</v>
+        <v>67644</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>escalier</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D576" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H576" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>67647</v>
+        <v>67645</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
           <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D577" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H577" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>67649</v>
+        <v>67646</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D578" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E578" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H578" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>67745</v>
+        <v>67647</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>porte à un battant</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D579" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E579" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>66241</v>
+        <v>67649</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D580" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E580" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
-          <t>horloge</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal, verre</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H580" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>67746</v>
+        <v>67745</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>porte à un battant</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D581" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E581" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G581" s="2" t="inlineStr">
         <is>
           <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H581" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>11580</v>
+        <v>66241</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>Vue d'Espagne</t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>horloge</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>bronze, marbre, métal, verre</t>
         </is>
       </c>
       <c r="H582" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>11576</v>
+        <v>67746</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H583" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>11577</v>
+        <v>67632</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>Naples</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="G584" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>marbre, bois</t>
         </is>
       </c>
       <c r="H584" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>11579</v>
+        <v>67633</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>Vue de Villefranche-sur-Mer</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D585" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1993</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G585" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H585" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>67747</v>
+        <v>67634</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>lavabo </t>
+          <t>table </t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D586" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H586" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>70136</v>
+        <v>67635</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D587" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, paille</t>
         </is>
       </c>
       <c r="H587" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>30650</v>
+        <v>67636</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>banc de communion</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Marie</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D588" s="2" t="inlineStr">
         <is>
-          <t>Van Tuyn,  Jos</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E588" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1905</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
-          <t>banc de communion</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G588" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, paille</t>
         </is>
       </c>
       <c r="H588" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>75390</v>
+        <v>67637</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D589" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E589" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H589" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>75412</v>
+        <v>67747</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>lavabo </t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre, métal, marbre</t>
         </is>
       </c>
       <c r="H590" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
-        <v>75416</v>
+        <v>30650</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>banc de communion</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Eglise Sainte-Marie</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Van Tuyn,  Jos</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F591" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>banc de communion</t>
         </is>
       </c>
       <c r="G591" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H591" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
-        <v>75418</v>
+        <v>70136</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D592" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G592" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, peinture</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H592" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>99249</v>
+        <v>11436</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>Piano à queue (3/4) et tabouret</t>
+          <t>calculatrice mécanique</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D593" s="2" t="inlineStr">
         <is>
-          <t>Erard</t>
+          <t>Archimedes [société]</t>
         </is>
       </c>
       <c r="E593" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1906 - 1913</t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
-          <t>piano</t>
+          <t>instrument de calcul</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H593" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>11436</v>
+        <v>99249</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>calculatrice mécanique</t>
+          <t>Piano à queue (3/4) et tabouret</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
-          <t>Archimedes [société]</t>
+          <t>Erard</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1913</t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
-          <t>instrument de calcul</t>
+          <t>piano</t>
         </is>
       </c>
       <c r="G594" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H594" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
         <v>11916</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
           <t>Tramway 984 et remorque 301</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Musée du Transport urbain de Bruxelles</t>
         </is>
       </c>
       <c r="D595" s="2" t="inlineStr">
         <is>
           <t>Ateliers de Constructions Electriques de Charleroi,  / Les Ateliers Métallurgiques de Nivelles,</t>
@@ -23371,121 +23371,121 @@
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
           <t>autel</t>
         </is>
       </c>
       <c r="G603" s="2" t="inlineStr">
         <is>
           <t>pierre, bois, verre, peinture</t>
         </is>
       </c>
       <c r="H603" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage, mosaïque, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>95722</v>
+        <v>87072</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
-          <t>Autel dédié à Notre-Dame du Perpétuel Secours</t>
+          <t>orgue d'église</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D604" s="2"/>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D604" s="2" t="inlineStr">
+        <is>
+          <t>Kerkhoff, Emile</t>
+        </is>
+      </c>
       <c r="E604" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>orgue</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
-          <t>pierre, bois, peinture</t>
+          <t>bois, chêne, cuivre, métal</t>
         </is>
       </c>
       <c r="H604" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique de peinture, doré</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>87072</v>
+        <v>95722</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>orgue d'église</t>
+          <t>Autel dédié à Notre-Dame du Perpétuel Secours</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D605" s="2"/>
       <c r="E605" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
-          <t>orgue</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
-          <t>bois, chêne, cuivre, métal</t>
+          <t>pierre, bois, peinture</t>
         </is>
       </c>
       <c r="H605" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique de sculpture, technique d'assemblage, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
         <v>11255</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
           <t>Duplicateur de marque Gestetner, modèle n°6</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
           <t>Gestetner, David</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
           <t>1913 - 1913</t>
@@ -23607,509 +23607,509 @@
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
           <t>1915 - 1917</t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G609" s="2" t="inlineStr">
         <is>
           <t>carton, panneau, jute, peinture à l'huile</t>
         </is>
       </c>
       <c r="H609" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
-        <v>49053</v>
+        <v>49056</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
-          <t>Le pavillon de Minerve dans le parc de Laeken</t>
+          <t>Lac avec cygnes dans le parc de Laeken</t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D610" s="2" t="inlineStr">
         <is>
           <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E610" s="2" t="inlineStr">
         <is>
           <t>1916 - 1917</t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H610" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>49054</v>
+        <v>49053</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Sculpture dans le parc de Laeken</t>
+          <t>Le pavillon de Minerve dans le parc de Laeken</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D611" s="2" t="inlineStr">
         <is>
           <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E611" s="2" t="inlineStr">
         <is>
           <t>1916 - 1917</t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G611" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H611" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>49055</v>
+        <v>49054</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Vue d'un parterre de fleurs devant le Palais royal</t>
+          <t>Sculpture dans le parc de Laeken</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
           <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
           <t>1916 - 1917</t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H612" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
-        <v>49056</v>
+        <v>49055</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
-          <t>Lac avec cygnes dans le parc de Laeken</t>
+          <t>Vue d'un parterre de fleurs devant le Palais royal</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
           <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
           <t>1916 - 1917</t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G613" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H613" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
         <v>93257</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
           <t>Portrait d'une vieille femme (Mme Charles Des Marez)</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
           <t>Van Haelen,  Henri</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G614" s="2" t="inlineStr">
         <is>
           <t>papier, toile, pastel, gouache</t>
         </is>
       </c>
       <c r="H614" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
-        <v>40024</v>
+        <v>11442</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
-          <t>La vie - projet de vitrail</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D615" s="2"/>
       <c r="E615" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, fusain</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H615" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
-        <v>40027</v>
+        <v>11444</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
-          <t>Le temps - projet de vitrail</t>
+          <t>Méridienne</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D616" s="2"/>
       <c r="E616" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lit de jour</t>
         </is>
       </c>
       <c r="G616" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, fusain, pastel</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H616" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>technique d'assemblage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
-        <v>59867</v>
+        <v>11458</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Méridienne</t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>lit de jour</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
-          <t>plume, matière plastique</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H617" s="2" t="inlineStr">
         <is>
-          <t>collé, moulé, teint</t>
+          <t>couture, technique d'assemblage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
-        <v>11442</v>
+        <v>40024</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>La vie - projet de vitrail</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D618" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D618" s="2" t="inlineStr">
+        <is>
+          <t>Quittelier, Henri</t>
+        </is>
+      </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G618" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, carton, fusain</t>
         </is>
       </c>
       <c r="H618" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
-        <v>11444</v>
+        <v>40027</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
-          <t>Méridienne</t>
+          <t>Le temps - projet de vitrail</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D619" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D619" s="2" t="inlineStr">
+        <is>
+          <t>Quittelier, Henri</t>
+        </is>
+      </c>
       <c r="E619" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
-          <t>lit de jour</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G619" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, carton, fusain, pastel</t>
         </is>
       </c>
       <c r="H619" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, passementerie</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
-        <v>11458</v>
+        <v>11480</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
-          <t>Méridienne</t>
+          <t>Portrait du fils de l'artiste</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...2 lines deleted...]
-      <c r="D620" s="2"/>
+          <t>Atelier Émile Fabry</t>
+        </is>
+      </c>
+      <c r="D620" s="2" t="inlineStr">
+        <is>
+          <t>Fabry, Émile</t>
+        </is>
+      </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
-          <t>lit de jour</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G620" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H620" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, passementerie</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
-        <v>11480</v>
+        <v>59867</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
-          <t>Portrait du fils de l'artiste</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D621" s="2"/>
       <c r="E621" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>plume, matière plastique</t>
         </is>
       </c>
       <c r="H621" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>collé, moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
         <v>11314</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
@@ -24555,1384 +24555,1384 @@
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
           <t>1926 - 1933</t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
           <t>papier, pastel, panneau</t>
         </is>
       </c>
       <c r="H634" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>107583</v>
+        <v>79843</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>Appareil à éther du professeur Ombrédanne et coffret (modèle Collin, breveté)</t>
+          <t>Bureau</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D635" s="2"/>
       <c r="E635" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de chirurgie</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, caoutchouc, peau animale</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H635" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
-        <v>11312</v>
+        <v>79856</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
-          <t>Canapé "cosy-corner"</t>
+          <t>Guéridon</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D636" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D636" s="2"/>
       <c r="E636" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
-          <t>canapé, divan</t>
+          <t>table basse</t>
         </is>
       </c>
       <c r="G636" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H636" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
-        <v>11313</v>
+        <v>79858</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
-          <t>Guéridon à trois plateaux pour lampe</t>
+          <t>Fauteuil</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
-          <t>Franco, Johan / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H637" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>11315</v>
+        <v>79859</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Cendrier à double boite à cigarettes incorporée</t>
+          <t>Fauteuil du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
-          <t>cendrier</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>métal, acajou</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H638" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>11319</v>
+        <v>79860</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Tabouret de bureau</t>
+          <t>Paire de fauteuils</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D639" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
-          <t>tabouret</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H639" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>11299</v>
+        <v>79862</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Table de salon</t>
+          <t>Chaise</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
-          <t>Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
-          <t>table basse</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>noyer</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H640" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
-        <v>11300</v>
+        <v>79863</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
-          <t>Piédestal pour vase</t>
+          <t>Paire de chaises</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
-          <t>Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H641" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
-        <v>11153</v>
+        <v>79865</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
-          <t>Secrétaire à tambour</t>
+          <t>Paire de repose-pieds</t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D642" s="2" t="inlineStr">
         <is>
-          <t>Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E642" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
-          <t>secrétaire</t>
+          <t>repose-pied</t>
         </is>
       </c>
       <c r="G642" s="2" t="inlineStr">
         <is>
-          <t>palissandre, érable</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H642" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
-        <v>11301</v>
+        <v>79877</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>Lampe</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D643" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D643" s="2"/>
       <c r="E643" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G643" s="2" t="inlineStr">
         <is>
-          <t>bronze, sycomore</t>
+          <t>métal, parchemin</t>
         </is>
       </c>
       <c r="H643" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
-        <v>11154</v>
+        <v>79878</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
-          <t>Guéridon à deux tablettes</t>
+          <t>Lampe du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D644" s="2" t="inlineStr">
         <is>
-          <t>Genevrière, Marcel / Domin, André</t>
+          <t>S. Robert Schwartz &amp; Bro</t>
         </is>
       </c>
       <c r="E644" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H644" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
-        <v>11302</v>
+        <v>79882</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
-          <t>guéridon</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D645" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D645" s="2"/>
       <c r="E645" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
-          <t>noyer, sycomore</t>
+          <t>métal, bois, verre</t>
         </is>
       </c>
       <c r="H645" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>11304</v>
+        <v>77266</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>Guéridon au plateau à neuf côtés sur pied à trois faces concaves</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
-          <t>Genevrière, Marcel / Domin, André</t>
+          <t>Eisenloeffel,  Jan</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
-          <t>table basse</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G646" s="2" t="inlineStr">
         <is>
-          <t>bronze, palissandre</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H646" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>11158</v>
+        <v>86616</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Lampe articulable sur guéridon à trois plateaux</t>
+          <t>Baguette de lecture</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
-          <t>Aublet, Félix / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Maison Dominique,  / Genevrière, Marcel</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
-          <t>palissandre, étain</t>
+          <t>bois, galuchat</t>
         </is>
       </c>
       <c r="H647" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
-        <v>11307</v>
+        <v>86628</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
-          <t>Bergère Schwob</t>
+          <t>Paire de cache-radiateurs</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
+          <t>André / Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G648" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal, bois, marbre</t>
         </is>
       </c>
       <c r="H648" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
-        <v>11308</v>
+        <v>79841</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
-          <t>Bergère Schwob</t>
+          <t>Guéridon-cendrier</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>cendrier, table basse</t>
         </is>
       </c>
       <c r="G649" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>noyer, métal</t>
         </is>
       </c>
       <c r="H649" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, velours</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
-        <v>11309</v>
+        <v>79842</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil "Bien-aimé"</t>
+          <t>Organiseur de bureau</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>plumier, objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G650" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>noyer, métal, galuchat</t>
         </is>
       </c>
       <c r="H650" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
-        <v>11310</v>
+        <v>11307</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 chaises traîneau</t>
+          <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
-          <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G651" s="2" t="inlineStr">
         <is>
-          <t>palissandre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H651" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
-        <v>11311</v>
+        <v>11308</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
-          <t>Chaise</t>
+          <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G652" s="2" t="inlineStr">
         <is>
-          <t>bois, crin</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H652" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
-        <v>79841</v>
+        <v>11309</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
-          <t>Guéridon-cendrier</t>
+          <t>Fauteuil "Bien-aimé"</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
-          <t>cendrier, table basse</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
-          <t>noyer, métal</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H653" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
-        <v>79842</v>
+        <v>11310</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
-          <t>Organiseur de bureau</t>
+          <t>Ensemble de 5 chaises traîneau</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
-          <t>plumier, objet pour écrire ou de bureau</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G654" s="2" t="inlineStr">
         <is>
-          <t>noyer, métal, galuchat</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H654" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
-        <v>79843</v>
+        <v>11311</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
-          <t>Bureau</t>
+          <t>Chaise</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D655" s="2"/>
+      <c r="D655" s="2" t="inlineStr">
+        <is>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
+        </is>
+      </c>
       <c r="E655" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G655" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, crin</t>
         </is>
       </c>
       <c r="H655" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
-        <v>79856</v>
+        <v>107583</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
-          <t>Guéridon</t>
+          <t>Appareil à éther du professeur Ombrédanne et coffret (modèle Collin, breveté)</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D656" s="2"/>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+        </is>
+      </c>
+      <c r="D656" s="2" t="inlineStr">
+        <is>
+          <t>Ombrédanne, Louis / Maison Charrière Collin</t>
+        </is>
+      </c>
       <c r="E656" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
-          <t>table basse</t>
+          <t>instrument ou matériel de chirurgie</t>
         </is>
       </c>
       <c r="G656" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal, caoutchouc, peau animale</t>
         </is>
       </c>
       <c r="H656" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
-        <v>79858</v>
+        <v>11312</v>
       </c>
       <c r="B657" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil</t>
+          <t>Canapé "cosy-corner"</t>
         </is>
       </c>
       <c r="C657" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D657" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E657" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F657" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>canapé, divan</t>
         </is>
       </c>
       <c r="G657" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H657" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="1" t="n">
-        <v>79859</v>
+        <v>11313</v>
       </c>
       <c r="B658" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil du bureau de David Van Buuren</t>
+          <t>Guéridon à trois plateaux pour lampe</t>
         </is>
       </c>
       <c r="C658" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D658" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Franco, Johan / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E658" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>sellette</t>
         </is>
       </c>
       <c r="G658" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H658" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
-        <v>79860</v>
+        <v>11315</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
-          <t>Paire de fauteuils</t>
+          <t>Cendrier à double boite à cigarettes incorporée</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D659" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E659" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F659" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G659" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, métal</t>
+          <t>métal, acajou</t>
         </is>
       </c>
       <c r="H659" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="1" t="n">
-        <v>79862</v>
+        <v>11319</v>
       </c>
       <c r="B660" s="2" t="inlineStr">
         <is>
-          <t>Chaise</t>
+          <t>Tabouret de bureau</t>
         </is>
       </c>
       <c r="C660" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D660" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E660" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F660" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>tabouret</t>
         </is>
       </c>
       <c r="G660" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H660" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="1" t="n">
-        <v>79863</v>
+        <v>11299</v>
       </c>
       <c r="B661" s="2" t="inlineStr">
         <is>
-          <t>Paire de chaises</t>
+          <t>Table de salon</t>
         </is>
       </c>
       <c r="C661" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D661" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E661" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F661" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table basse</t>
         </is>
       </c>
       <c r="G661" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>noyer</t>
         </is>
       </c>
       <c r="H661" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="1" t="n">
-        <v>79865</v>
+        <v>11300</v>
       </c>
       <c r="B662" s="2" t="inlineStr">
         <is>
-          <t>Paire de repose-pieds</t>
+          <t>Piédestal pour vase</t>
         </is>
       </c>
       <c r="C662" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D662" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E662" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F662" s="2" t="inlineStr">
         <is>
-          <t>repose-pied</t>
+          <t>sellette</t>
         </is>
       </c>
       <c r="G662" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H662" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="1" t="n">
-        <v>79877</v>
+        <v>11153</v>
       </c>
       <c r="B663" s="2" t="inlineStr">
         <is>
-          <t>Lampe</t>
+          <t>Secrétaire à tambour</t>
         </is>
       </c>
       <c r="C663" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D663" s="2"/>
+      <c r="D663" s="2" t="inlineStr">
+        <is>
+          <t>Genevrière, Marcel / Domin, André</t>
+        </is>
+      </c>
       <c r="E663" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F663" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>secrétaire</t>
         </is>
       </c>
       <c r="G663" s="2" t="inlineStr">
         <is>
-          <t>métal, parchemin</t>
+          <t>palissandre, érable</t>
         </is>
       </c>
       <c r="H663" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="1" t="n">
-        <v>79878</v>
+        <v>11301</v>
       </c>
       <c r="B664" s="2" t="inlineStr">
         <is>
-          <t>Lampe du bureau de David Van Buuren</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="C664" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D664" s="2" t="inlineStr">
         <is>
-          <t>S. Robert Schwartz &amp; Bro</t>
+          <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E664" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F664" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="G664" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bronze, sycomore</t>
         </is>
       </c>
       <c r="H664" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="1" t="n">
-        <v>79882</v>
+        <v>11154</v>
       </c>
       <c r="B665" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Guéridon à deux tablettes</t>
         </is>
       </c>
       <c r="C665" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D665" s="2"/>
+      <c r="D665" s="2" t="inlineStr">
+        <is>
+          <t>Genevrière, Marcel / Domin, André</t>
+        </is>
+      </c>
       <c r="E665" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F665" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>sellette</t>
         </is>
       </c>
       <c r="G665" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, verre</t>
+          <t>palissandre</t>
         </is>
       </c>
       <c r="H665" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="1" t="n">
-        <v>77266</v>
+        <v>11302</v>
       </c>
       <c r="B666" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="C666" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D666" s="2" t="inlineStr">
         <is>
-          <t>Eisenloeffel,  Jan</t>
+          <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E666" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>sellette</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>noyer, sycomore</t>
         </is>
       </c>
       <c r="H666" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
-        <v>86616</v>
+        <v>11304</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
-          <t>Baguette de lecture</t>
+          <t>Guéridon au plateau à neuf côtés sur pied à trois faces concaves</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D667" s="2" t="inlineStr">
         <is>
-          <t>Domin, André / Maison Dominique,  / Genevrière, Marcel</t>
+          <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E667" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
-          <t>objet pour écrire ou de bureau</t>
+          <t>table basse</t>
         </is>
       </c>
       <c r="G667" s="2" t="inlineStr">
         <is>
-          <t>bois, galuchat</t>
+          <t>bronze, palissandre</t>
         </is>
       </c>
       <c r="H667" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
-        <v>86628</v>
+        <v>11158</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
-          <t>Paire de cache-radiateurs</t>
+          <t>Lampe articulable sur guéridon à trois plateaux</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D668" s="2" t="inlineStr">
         <is>
-          <t>André / Domin, André / Genevrière, Marcel / Maison Dominique</t>
+          <t>Aublet, Félix / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E668" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, marbre</t>
+          <t>palissandre, étain</t>
         </is>
       </c>
       <c r="H668" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
         <v>40199</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2" t="inlineStr">
         <is>
@@ -26283,1069 +26283,1057 @@
         </is>
       </c>
       <c r="E678" s="2" t="inlineStr">
         <is>
           <t>1929 - 1938</t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G678" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois, peinture, papier mâché, papier mâché</t>
         </is>
       </c>
       <c r="H678" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="1" t="n">
-        <v>42625</v>
+        <v>92377</v>
       </c>
       <c r="B679" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>Adoration des bergers avec donateurs</t>
         </is>
       </c>
       <c r="C679" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D679" s="2"/>
+      <c r="D679" s="2" t="inlineStr">
+        <is>
+          <t>Stoffyn,  Paul</t>
+        </is>
+      </c>
       <c r="E679" s="2" t="inlineStr">
         <is>
           <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F679" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G679" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H679" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="1" t="n">
-        <v>93363</v>
+        <v>42625</v>
       </c>
       <c r="B680" s="2" t="inlineStr">
         <is>
-          <t>Vitrine au monogramme du roi Albert Ier</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C680" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2" t="inlineStr">
         <is>
           <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F680" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G680" s="2" t="inlineStr">
         <is>
-          <t>chêne, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H680" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="1" t="n">
-        <v>43725</v>
+        <v>11673</v>
       </c>
       <c r="B681" s="2" t="inlineStr">
         <is>
-          <t>La sainte Famille</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C681" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D681" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D681" s="2" t="inlineStr">
+        <is>
+          <t>De Rijck,  Robert</t>
+        </is>
+      </c>
       <c r="E681" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F681" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G681" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H681" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique d'assemblage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="1" t="n">
-        <v>43010</v>
+        <v>93363</v>
       </c>
       <c r="B682" s="2" t="inlineStr">
         <is>
-          <t>Autel de l'Ordre de Malte</t>
+          <t>Vitrine au monogramme du roi Albert Ier</t>
         </is>
       </c>
       <c r="C682" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D682" s="2"/>
       <c r="E682" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F682" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G682" s="2" t="inlineStr">
         <is>
-          <t>marbre, métal</t>
+          <t>chêne, verre</t>
         </is>
       </c>
       <c r="H682" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="1" t="n">
         <v>43083</v>
       </c>
       <c r="B683" s="2" t="inlineStr">
         <is>
           <t>autel</t>
         </is>
       </c>
       <c r="C683" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D683" s="2" t="inlineStr">
         <is>
           <t>Subes,  Raymond</t>
         </is>
       </c>
       <c r="E683" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F683" s="2" t="inlineStr">
         <is>
           <t>autel</t>
         </is>
       </c>
       <c r="G683" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H683" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="1" t="n">
-        <v>11673</v>
+        <v>43725</v>
       </c>
       <c r="B684" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>La sainte Famille</t>
         </is>
       </c>
       <c r="C684" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D684" s="2"/>
       <c r="E684" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F684" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G684" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H684" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>peinture sur verre, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="1" t="n">
-        <v>69979</v>
+        <v>43010</v>
       </c>
       <c r="B685" s="2" t="inlineStr">
         <is>
-          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Autel de l'Ordre de Malte</t>
         </is>
       </c>
       <c r="C685" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D685" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E685" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F685" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G685" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, peau animale, cuir</t>
+          <t>marbre, métal</t>
         </is>
       </c>
       <c r="H685" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="1" t="n">
-        <v>69980</v>
+        <v>11231</v>
       </c>
       <c r="B686" s="2" t="inlineStr">
         <is>
-          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Planche à imprimer l'adresse de René Magritte</t>
         </is>
       </c>
       <c r="C686" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D686" s="2"/>
       <c r="E686" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1980</t>
         </is>
       </c>
       <c r="F686" s="2" t="inlineStr">
         <is>
-          <t>percussion, accessoire de musique</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G686" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>encre, papier, aluminium</t>
         </is>
       </c>
       <c r="H686" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="1" t="n">
-        <v>69981</v>
+        <v>11250</v>
       </c>
       <c r="B687" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Poêle à charbon</t>
         </is>
       </c>
       <c r="C687" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D687" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Fonderies S. Demoulin,</t>
         </is>
       </c>
       <c r="E687" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F687" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>poêle de chauffage</t>
         </is>
       </c>
       <c r="G687" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H687" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, moulé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="1" t="n">
-        <v>69983</v>
+        <v>11744</v>
       </c>
       <c r="B688" s="2" t="inlineStr">
         <is>
-          <t>Paire de buisines de l’Ommegang de 1930</t>
+          <t>Enguérand de Vesprée</t>
         </is>
       </c>
       <c r="C688" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D688" s="2" t="inlineStr">
         <is>
-          <t>C.</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E688" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1943</t>
         </is>
       </c>
       <c r="F688" s="2" t="inlineStr">
         <is>
-          <t>instrument à vent</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G688" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H688" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="1" t="n">
-        <v>69984</v>
+        <v>69962</v>
       </c>
       <c r="B689" s="2" t="inlineStr">
         <is>
-          <t>Morion de l’Ommegang de Bruxelles</t>
+          <t>armure</t>
         </is>
       </c>
       <c r="C689" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D689" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E689" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F689" s="2" t="inlineStr">
         <is>
           <t>protection corporelle</t>
         </is>
       </c>
       <c r="G689" s="2" t="inlineStr">
         <is>
           <t>métal, cuir</t>
         </is>
       </c>
       <c r="H689" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="1" t="n">
-        <v>69985</v>
+        <v>69977</v>
       </c>
       <c r="B690" s="2" t="inlineStr">
         <is>
-          <t>Morion de l’Ommegang de Bruxelles</t>
+          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C690" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D690" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E690" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F690" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G690" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>métal, bois, peau animale, cuir</t>
         </is>
       </c>
       <c r="H690" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="1" t="n">
-        <v>69986</v>
+        <v>69978</v>
       </c>
       <c r="B691" s="2" t="inlineStr">
         <is>
-          <t>Paire de morions de l’Ommegang de Bruxelles</t>
+          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C691" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D691" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E691" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F691" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G691" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, bois, peau animale, cuir</t>
         </is>
       </c>
       <c r="H691" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="1" t="n">
-        <v>69987</v>
+        <v>69979</v>
       </c>
       <c r="B692" s="2" t="inlineStr">
         <is>
-          <t>Paire de morions de l’Ommegang de Bruxelles</t>
+          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C692" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D692" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E692" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F692" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G692" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, bois, peau animale, cuir</t>
         </is>
       </c>
       <c r="H692" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="1" t="n">
-        <v>11250</v>
+        <v>69980</v>
       </c>
       <c r="B693" s="2" t="inlineStr">
         <is>
-          <t>Poêle à charbon</t>
+          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C693" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D693" s="2" t="inlineStr">
         <is>
-          <t>Fonderies S. Demoulin,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E693" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F693" s="2" t="inlineStr">
         <is>
-          <t>poêle de chauffage</t>
+          <t>percussion, accessoire de musique</t>
         </is>
       </c>
       <c r="G693" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H693" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, technique de fonte</t>
+          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="1" t="n">
-        <v>69962</v>
+        <v>69981</v>
       </c>
       <c r="B694" s="2" t="inlineStr">
         <is>
-          <t>armure</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C694" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D694" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E694" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F694" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G694" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H694" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, couture</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="1" t="n">
-        <v>11231</v>
+        <v>69983</v>
       </c>
       <c r="B695" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer l'adresse de René Magritte</t>
+          <t>Paire de buisines de l’Ommegang de 1930</t>
         </is>
       </c>
       <c r="C695" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D695" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D695" s="2" t="inlineStr">
+        <is>
+          <t>C.</t>
+        </is>
+      </c>
       <c r="E695" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1980</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F695" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>instrument à vent</t>
         </is>
       </c>
       <c r="G695" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aluminium</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H695" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="1" t="n">
-        <v>69977</v>
+        <v>69984</v>
       </c>
       <c r="B696" s="2" t="inlineStr">
         <is>
-          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Morion de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C696" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D696" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E696" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F696" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G696" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, peau animale, cuir</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H696" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
       <c r="A697" s="1" t="n">
-        <v>69978</v>
+        <v>69985</v>
       </c>
       <c r="B697" s="2" t="inlineStr">
         <is>
-          <t>Tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Morion de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C697" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D697" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E697" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F697" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G697" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, peau animale, cuir</t>
+          <t>métal, cuir</t>
         </is>
       </c>
       <c r="H697" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="1" t="n">
-        <v>11744</v>
+        <v>69986</v>
       </c>
       <c r="B698" s="2" t="inlineStr">
         <is>
-          <t>Enguérand de Vesprée</t>
+          <t>Paire de morions de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C698" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D698" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E698" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1943</t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F698" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G698" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H698" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique des métaux, technique d'assemblage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
       <c r="A699" s="1" t="n">
-        <v>70127</v>
+        <v>69987</v>
       </c>
       <c r="B699" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Paire de morions de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C699" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D699" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E699" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F699" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G699" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H699" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="1" t="n">
-        <v>70129</v>
+        <v>70113</v>
       </c>
       <c r="B700" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
         </is>
       </c>
       <c r="C700" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D700" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E700" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F700" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G700" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H700" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
       <c r="A701" s="1" t="n">
-        <v>70140</v>
+        <v>11940</v>
       </c>
       <c r="B701" s="2" t="inlineStr">
         <is>
-          <t>Char de Notre-Dame à la Branche de l’Ommegang de Bruxelles de 1930</t>
+          <t>Ensemble de modèles de chaussures</t>
         </is>
       </c>
       <c r="C701" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D701" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Bata</t>
         </is>
       </c>
       <c r="E701" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 2000</t>
+        </is>
+      </c>
+      <c r="F701" s="2"/>
       <c r="G701" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, peinture</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H701" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, peint</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="1" t="n">
-        <v>70113</v>
+        <v>70114</v>
       </c>
       <c r="B702" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
         </is>
       </c>
       <c r="C702" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D702" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E702" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F702" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G702" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H702" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="1" t="n">
-        <v>70114</v>
+        <v>70115</v>
       </c>
       <c r="B703" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C703" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D703" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E703" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F703" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G703" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H703" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
       <c r="A704" s="1" t="n">
-        <v>70115</v>
+        <v>11949</v>
       </c>
       <c r="B704" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>enseigne publicitaire</t>
         </is>
       </c>
       <c r="C704" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D704" s="2"/>
       <c r="E704" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1960</t>
+        </is>
+      </c>
+      <c r="F704" s="2"/>
       <c r="G704" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H704" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
       <c r="A705" s="1" t="n">
         <v>70116</v>
       </c>
       <c r="B705" s="2" t="inlineStr">
         <is>
           <t>Tête de géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C705" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D705" s="2"/>
       <c r="E705" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F705" s="2" t="inlineStr">
         <is>
@@ -27455,193 +27443,205 @@
         </is>
       </c>
       <c r="E708" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F708" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G708" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H708" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="1" t="n">
-        <v>11940</v>
+        <v>70127</v>
       </c>
       <c r="B709" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de modèles de chaussures</t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C709" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D709" s="2" t="inlineStr">
         <is>
-          <t>Bata</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E709" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2000</t>
-[...2 lines deleted...]
-      <c r="F709" s="2"/>
+          <t>1930 - 2010</t>
+        </is>
+      </c>
+      <c r="F709" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
       <c r="G709" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H709" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="1" t="n">
-        <v>11949</v>
+        <v>70129</v>
       </c>
       <c r="B710" s="2" t="inlineStr">
         <is>
-          <t>enseigne publicitaire</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C710" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...2 lines deleted...]
-      <c r="D710" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D710" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E710" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
-[...2 lines deleted...]
-      <c r="F710" s="2"/>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F710" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
       <c r="G710" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H710" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="1" t="n">
         <v>11911</v>
       </c>
       <c r="B711" s="2" t="inlineStr">
         <is>
           <t>Machine à embouteiller</t>
         </is>
       </c>
       <c r="C711" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D711" s="2" t="inlineStr">
         <is>
           <t>Poseidon</t>
         </is>
       </c>
       <c r="E711" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F711" s="2" t="inlineStr">
         <is>
           <t>machine de production industrielle</t>
         </is>
       </c>
       <c r="G711" s="2" t="inlineStr">
         <is>
           <t>verre, acier</t>
         </is>
       </c>
       <c r="H711" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="1" t="n">
-        <v>92377</v>
+        <v>70140</v>
       </c>
       <c r="B712" s="2" t="inlineStr">
         <is>
-          <t>Adoration des bergers avec donateurs</t>
+          <t>Char de Notre-Dame à la Branche de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C712" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D712" s="2" t="inlineStr">
         <is>
-          <t>Stoffyn,  Paul</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E712" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F712" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>char</t>
         </is>
       </c>
       <c r="G712" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois, métal, peinture</t>
         </is>
       </c>
       <c r="H712" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="1" t="n">
         <v>11759</v>
       </c>
       <c r="B713" s="2" t="inlineStr">
         <is>
           <t>Tête de marionnette</t>
         </is>
       </c>
       <c r="C713" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D713" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E713" s="2" t="inlineStr">
         <is>
           <t>1931 - 1931</t>
@@ -27839,1005 +27839,1005 @@
         </is>
       </c>
       <c r="E718" s="2" t="inlineStr">
         <is>
           <t>1932 - 1988</t>
         </is>
       </c>
       <c r="F718" s="2" t="inlineStr">
         <is>
           <t>machine de production industrielle</t>
         </is>
       </c>
       <c r="G718" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H718" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="1" t="n">
-        <v>49077</v>
+        <v>11703</v>
       </c>
       <c r="B719" s="2" t="inlineStr">
         <is>
-          <t>Quatre tableaux allégoriques</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C719" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D719" s="2" t="inlineStr">
         <is>
-          <t>Colmant, Prosper</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E719" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F719" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G719" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H719" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
       <c r="A720" s="1" t="n">
-        <v>49078</v>
+        <v>11707</v>
       </c>
       <c r="B720" s="2" t="inlineStr">
         <is>
-          <t>Les lettres</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C720" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D720" s="2" t="inlineStr">
         <is>
-          <t>Colmant, Prosper</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E720" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F720" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G720" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H720" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="1" t="n">
-        <v>49079</v>
+        <v>11710</v>
       </c>
       <c r="B721" s="2" t="inlineStr">
         <is>
-          <t>L'industrie</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C721" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D721" s="2" t="inlineStr">
         <is>
-          <t>Colmant, Prosper</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E721" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F721" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G721" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H721" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
       <c r="A722" s="1" t="n">
-        <v>49080</v>
+        <v>11711</v>
       </c>
       <c r="B722" s="2" t="inlineStr">
         <is>
-          <t>Les arts plastiques</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C722" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D722" s="2" t="inlineStr">
         <is>
-          <t>Colmant, Prosper</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E722" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F722" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G722" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H722" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="1" t="n">
-        <v>49081</v>
+        <v>11712</v>
       </c>
       <c r="B723" s="2" t="inlineStr">
         <is>
-          <t>Le commerce</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C723" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D723" s="2" t="inlineStr">
         <is>
-          <t>Colmant, Prosper</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E723" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F723" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G723" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H723" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="1" t="n">
-        <v>11707</v>
+        <v>11713</v>
       </c>
       <c r="B724" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C724" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D724" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E724" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F724" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G724" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H724" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
       <c r="A725" s="1" t="n">
-        <v>11710</v>
+        <v>11714</v>
       </c>
       <c r="B725" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C725" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D725" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E725" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F725" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G725" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H725" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="1" t="n">
-        <v>11711</v>
+        <v>11679</v>
       </c>
       <c r="B726" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C726" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D726" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E726" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F726" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G726" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H726" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
       <c r="A727" s="1" t="n">
-        <v>11712</v>
+        <v>11719</v>
       </c>
       <c r="B727" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C727" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D727" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E727" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F727" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G727" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H727" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="1" t="n">
-        <v>11713</v>
+        <v>11682</v>
       </c>
       <c r="B728" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C728" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D728" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E728" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F728" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G728" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H728" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="1" t="n">
-        <v>11714</v>
+        <v>11720</v>
       </c>
       <c r="B729" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C729" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D729" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E729" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F729" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G729" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H729" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="1" t="n">
-        <v>11679</v>
+        <v>11684</v>
       </c>
       <c r="B730" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C730" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D730" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E730" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F730" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G730" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H730" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="1" t="n">
-        <v>11719</v>
+        <v>11685</v>
       </c>
       <c r="B731" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C731" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D731" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E731" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F731" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G731" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H731" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="1" t="n">
-        <v>11682</v>
+        <v>11686</v>
       </c>
       <c r="B732" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C732" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D732" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E732" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F732" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G732" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H732" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="1" t="n">
-        <v>11720</v>
+        <v>11687</v>
       </c>
       <c r="B733" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C733" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D733" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E733" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F733" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G733" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H733" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
       <c r="A734" s="1" t="n">
-        <v>11684</v>
+        <v>11689</v>
       </c>
       <c r="B734" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C734" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D734" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E734" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F734" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G734" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H734" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
       <c r="A735" s="1" t="n">
-        <v>11685</v>
+        <v>11694</v>
       </c>
       <c r="B735" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C735" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D735" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E735" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F735" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G735" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H735" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="1" t="n">
-        <v>11686</v>
+        <v>11696</v>
       </c>
       <c r="B736" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C736" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D736" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E736" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F736" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G736" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H736" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="1" t="n">
-        <v>11687</v>
+        <v>11697</v>
       </c>
       <c r="B737" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C737" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D737" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E737" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F737" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G737" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H737" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="1" t="n">
-        <v>11689</v>
+        <v>49077</v>
       </c>
       <c r="B738" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Quatre tableaux allégoriques</t>
         </is>
       </c>
       <c r="C738" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D738" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E738" s="2" t="inlineStr">
         <is>
-          <t>1934 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F738" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G738" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H738" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="1" t="n">
-        <v>11694</v>
+        <v>49078</v>
       </c>
       <c r="B739" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Les lettres</t>
         </is>
       </c>
       <c r="C739" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D739" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E739" s="2" t="inlineStr">
         <is>
-          <t>1934 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F739" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G739" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H739" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="1" t="n">
-        <v>11696</v>
+        <v>49079</v>
       </c>
       <c r="B740" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>L'industrie</t>
         </is>
       </c>
       <c r="C740" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D740" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E740" s="2" t="inlineStr">
         <is>
-          <t>1934 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F740" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G740" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H740" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="1" t="n">
-        <v>11697</v>
+        <v>49080</v>
       </c>
       <c r="B741" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Les arts plastiques</t>
         </is>
       </c>
       <c r="C741" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D741" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E741" s="2" t="inlineStr">
         <is>
-          <t>1934 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F741" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G741" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H741" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="1" t="n">
-        <v>11703</v>
+        <v>49081</v>
       </c>
       <c r="B742" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Le commerce</t>
         </is>
       </c>
       <c r="C742" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D742" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Colmant, Prosper</t>
         </is>
       </c>
       <c r="E742" s="2" t="inlineStr">
         <is>
-          <t>1934 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F742" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G742" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H742" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="1" t="n">
         <v>11782</v>
       </c>
       <c r="B743" s="2" t="inlineStr">
         <is>
           <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C743" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D743" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E743" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
@@ -28879,160 +28879,160 @@
         </is>
       </c>
       <c r="E744" s="2" t="inlineStr">
         <is>
           <t>1934 - 1938</t>
         </is>
       </c>
       <c r="F744" s="2" t="inlineStr">
         <is>
           <t>tram</t>
         </is>
       </c>
       <c r="G744" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, métal, verre, acier, bois</t>
         </is>
       </c>
       <c r="H744" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
       <c r="A745" s="1" t="n">
-        <v>11595</v>
+        <v>76996</v>
       </c>
       <c r="B745" s="2" t="inlineStr">
         <is>
-          <t>Fez</t>
+          <t>orgue d'église</t>
         </is>
       </c>
       <c r="C745" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D745" s="2" t="inlineStr">
         <is>
-          <t>Delescluze, Edmond</t>
+          <t>Klais, Johannes jr.</t>
         </is>
       </c>
       <c r="E745" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1938</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F745" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>orgue</t>
         </is>
       </c>
       <c r="G745" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>chêne, cuivre, bois</t>
         </is>
       </c>
       <c r="H745" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="1" t="n">
-        <v>11907</v>
+        <v>11595</v>
       </c>
       <c r="B746" s="2" t="inlineStr">
         <is>
-          <t>Tramway 5025</t>
+          <t>Fez</t>
         </is>
       </c>
       <c r="C746" s="2" t="inlineStr">
         <is>
-          <t>Musée du Transport urbain de Bruxelles</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D746" s="2" t="inlineStr">
         <is>
-          <t>Ateliers de Constructions Electriques de Charleroi,  / Ateliers de la Dyle,</t>
+          <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E746" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - 1938</t>
         </is>
       </c>
       <c r="F746" s="2" t="inlineStr">
         <is>
-          <t>tram</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G746" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, verre, métal, bois</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H746" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="1" t="n">
-        <v>76996</v>
+        <v>11907</v>
       </c>
       <c r="B747" s="2" t="inlineStr">
         <is>
-          <t>orgue d'église</t>
+          <t>Tramway 5025</t>
         </is>
       </c>
       <c r="C747" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée du Transport urbain de Bruxelles</t>
         </is>
       </c>
       <c r="D747" s="2" t="inlineStr">
         <is>
-          <t>Klais, Johannes jr.</t>
+          <t>Ateliers de Constructions Electriques de Charleroi,  / Ateliers de la Dyle,</t>
         </is>
       </c>
       <c r="E747" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F747" s="2" t="inlineStr">
         <is>
-          <t>orgue</t>
+          <t>tram</t>
         </is>
       </c>
       <c r="G747" s="2" t="inlineStr">
         <is>
-          <t>chêne, cuivre, bois</t>
+          <t>caoutchouc, verre, métal, bois</t>
         </is>
       </c>
       <c r="H747" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
       <c r="A748" s="1" t="n">
         <v>11259</v>
       </c>
       <c r="B748" s="2" t="inlineStr">
         <is>
           <t>Fenêtres hautes</t>
         </is>
       </c>
       <c r="C748" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Vincent de Paul</t>
         </is>
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2" t="inlineStr">
         <is>
@@ -29071,440 +29071,440 @@
       </c>
       <c r="D749" s="2" t="inlineStr">
         <is>
           <t>Brix, E.</t>
         </is>
       </c>
       <c r="E749" s="2" t="inlineStr">
         <is>
           <t>1936 - 1936</t>
         </is>
       </c>
       <c r="F749" s="2"/>
       <c r="G749" s="2" t="inlineStr">
         <is>
           <t>métal, fil de métal</t>
         </is>
       </c>
       <c r="H749" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
       <c r="A750" s="1" t="n">
-        <v>11709</v>
+        <v>11702</v>
       </c>
       <c r="B750" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C750" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D750" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E750" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F750" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G750" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H750" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="1" t="n">
-        <v>11680</v>
+        <v>11709</v>
       </c>
       <c r="B751" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C751" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D751" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E751" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F751" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G751" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H751" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="1" t="n">
-        <v>11681</v>
+        <v>11680</v>
       </c>
       <c r="B752" s="2" t="inlineStr">
         <is>
           <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C752" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D752" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E752" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F752" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G752" s="2" t="inlineStr">
         <is>
           <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H752" s="2" t="inlineStr">
         <is>
           <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="1" t="n">
-        <v>11688</v>
+        <v>11681</v>
       </c>
       <c r="B753" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C753" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D753" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E753" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F753" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G753" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H753" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="1" t="n">
-        <v>11690</v>
+        <v>11688</v>
       </c>
       <c r="B754" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C754" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D754" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E754" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F754" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G754" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H754" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
       <c r="A755" s="1" t="n">
-        <v>11691</v>
+        <v>11690</v>
       </c>
       <c r="B755" s="2" t="inlineStr">
         <is>
           <t>Apôtre</t>
         </is>
       </c>
       <c r="C755" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D755" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E755" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F755" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G755" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H755" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="1" t="n">
-        <v>11692</v>
+        <v>11691</v>
       </c>
       <c r="B756" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C756" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D756" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E756" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F756" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G756" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, bois</t>
         </is>
       </c>
       <c r="H756" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="1" t="n">
-        <v>11693</v>
+        <v>11692</v>
       </c>
       <c r="B757" s="2" t="inlineStr">
         <is>
           <t>Larron</t>
         </is>
       </c>
       <c r="C757" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D757" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E757" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F757" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G757" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H757" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="1" t="n">
-        <v>11698</v>
+        <v>11693</v>
       </c>
       <c r="B758" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C758" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D758" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E758" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F758" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G758" s="2" t="inlineStr">
         <is>
-          <t>cuir, carton, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H758" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="1" t="n">
-        <v>11702</v>
+        <v>11698</v>
       </c>
       <c r="B759" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C759" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D759" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E759" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F759" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G759" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cuir, carton, fer, métal, bois</t>
         </is>
       </c>
       <c r="H759" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="1" t="n">
         <v>11749</v>
       </c>
       <c r="B760" s="2" t="inlineStr">
         <is>
           <t>Woltje de Toone VI</t>
         </is>
       </c>
       <c r="C760" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D760" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
@@ -29711,153 +29711,153 @@
         </is>
       </c>
       <c r="E765" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F765" s="2" t="inlineStr">
         <is>
           <t>matériel audio et audiovisuel</t>
         </is>
       </c>
       <c r="G765" s="2" t="inlineStr">
         <is>
           <t>bois, acier</t>
         </is>
       </c>
       <c r="H765" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="1" t="n">
-        <v>93361</v>
+        <v>93360</v>
       </c>
       <c r="B766" s="2" t="inlineStr">
         <is>
           <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C766" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D766" s="2"/>
       <c r="E766" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F766" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G766" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H766" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="1" t="n">
-        <v>93365</v>
+        <v>93361</v>
       </c>
       <c r="B767" s="2" t="inlineStr">
         <is>
-          <t>armoire de sacristie</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C767" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D767" s="2"/>
       <c r="E767" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F767" s="2" t="inlineStr">
         <is>
-          <t>armoire de sacristie</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G767" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H767" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>technique de fonte, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="1" t="n">
-        <v>93360</v>
+        <v>93365</v>
       </c>
       <c r="B768" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>armoire de sacristie</t>
         </is>
       </c>
       <c r="C768" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D768" s="2"/>
       <c r="E768" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F768" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>armoire de sacristie</t>
         </is>
       </c>
       <c r="G768" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H768" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="1" t="n">
         <v>11918</v>
       </c>
       <c r="B769" s="2" t="inlineStr">
         <is>
           <t>Bus 504</t>
         </is>
       </c>
       <c r="C769" s="2" t="inlineStr">
         <is>
           <t>Musée du Transport urbain de Bruxelles</t>
         </is>
       </c>
       <c r="D769" s="2" t="inlineStr">
         <is>
           <t>Brossel [entreprise],  / Ragheno [usines]</t>
         </is>
       </c>
       <c r="E769" s="2" t="inlineStr">
         <is>
           <t>1939 - 1939</t>
@@ -29903,61 +29903,61 @@
           <t>1940 - 1960</t>
         </is>
       </c>
       <c r="F770" s="2" t="inlineStr">
         <is>
           <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G770" s="2" t="inlineStr">
         <is>
           <t>fonte, métal</t>
         </is>
       </c>
       <c r="H770" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="1" t="n">
         <v>93384</v>
       </c>
       <c r="B771" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>calice holemans</t>
         </is>
       </c>
       <c r="C771" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D771" s="2" t="inlineStr">
         <is>
-          <t>Holemans,  Henri</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E771" s="2" t="inlineStr">
         <is>
           <t>1941 - 1950</t>
         </is>
       </c>
       <c r="F771" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G771" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H771" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="1" t="n">
@@ -30059,1341 +30059,1341 @@
         </is>
       </c>
       <c r="E774" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F774" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G774" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H774" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="1" t="n">
-        <v>41677</v>
+        <v>86802</v>
       </c>
       <c r="B775" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>marmite</t>
         </is>
       </c>
       <c r="C775" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D775" s="2"/>
       <c r="E775" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F775" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chaudron</t>
         </is>
       </c>
       <c r="G775" s="2" t="inlineStr">
         <is>
-          <t>bois, carton-pierre, carton</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H775" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
+          <t>technique des métaux, technique d'assemblage, cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="1" t="n">
-        <v>107588</v>
+        <v>87062</v>
       </c>
       <c r="B776" s="2" t="inlineStr">
         <is>
-          <t>Ophtalmoscope (modèle Gowllands)</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="C776" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D776" s="2" t="inlineStr">
         <is>
-          <t>Gowllands</t>
+          <t>Dupuis, Jacques / Bastin, Roger</t>
         </is>
       </c>
       <c r="E776" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F776" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel d'ophtalmologie</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G776" s="2" t="inlineStr">
         <is>
-          <t>métal, cuir, feutrine</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H776" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>taillé, technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="1" t="n">
-        <v>107589</v>
+        <v>87067</v>
       </c>
       <c r="B777" s="2" t="inlineStr">
         <is>
-          <t>Tensiomètre oscillomètre sphygmométrique du professeur Pachon (modèle Boulitte, breveté)</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C777" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D777" s="2" t="inlineStr">
         <is>
-          <t>Pachon, Victor / Établissements G. Boulitte</t>
+          <t>Dupuis, Jacques / Bastin, Roger</t>
         </is>
       </c>
       <c r="E777" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F777" s="2" t="inlineStr">
         <is>
-          <t>matériel médical</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G777" s="2" t="inlineStr">
         <is>
-          <t>verre, métal, caoutchouc, cuir, feutrine</t>
+          <t>marbre, bois, métal, stuc</t>
         </is>
       </c>
       <c r="H777" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>taillé, technique d'assemblage, poli</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="1" t="n">
-        <v>66249</v>
+        <v>87071</v>
       </c>
       <c r="B778" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C778" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D778" s="2"/>
       <c r="E778" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F778" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G778" s="2" t="inlineStr">
         <is>
-          <t>polyester, papier, bois, osier, métal</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H778" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="1" t="n">
-        <v>11678</v>
+        <v>41677</v>
       </c>
       <c r="B779" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C779" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D779" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E779" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F779" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G779" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H779" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="1" t="n">
-        <v>11718</v>
+        <v>11700</v>
       </c>
       <c r="B780" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Vierge Marie</t>
         </is>
       </c>
       <c r="C780" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D780" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E780" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F780" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G780" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H780" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="1" t="n">
-        <v>11721</v>
+        <v>11701</v>
       </c>
       <c r="B781" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C781" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D781" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E781" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F781" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G781" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H781" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="1" t="n">
-        <v>11695</v>
+        <v>11704</v>
       </c>
       <c r="B782" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C782" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D782" s="2" t="inlineStr">
         <is>
-          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E782" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F782" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G782" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H782" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="1" t="n">
-        <v>11700</v>
+        <v>11678</v>
       </c>
       <c r="B783" s="2" t="inlineStr">
         <is>
-          <t>Vierge Marie</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C783" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D783" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E783" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F783" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G783" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H783" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="1" t="n">
-        <v>11701</v>
+        <v>11718</v>
       </c>
       <c r="B784" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C784" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D784" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E784" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F784" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G784" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H784" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="1" t="n">
-        <v>11704</v>
+        <v>11721</v>
       </c>
       <c r="B785" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C785" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D785" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E785" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F785" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G785" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H785" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="1" t="n">
-        <v>11179</v>
+        <v>11695</v>
       </c>
       <c r="B786" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme à la moustache blanche</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C786" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D786" s="2" t="inlineStr">
         <is>
-          <t>Hastir, Marcel</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E786" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F786" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G786" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H786" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="1" t="n">
-        <v>11756</v>
+        <v>107588</v>
       </c>
       <c r="B787" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>Ophtalmoscope (modèle Gowllands)</t>
         </is>
       </c>
       <c r="C787" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D787" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Gowllands</t>
         </is>
       </c>
       <c r="E787" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F787" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>instrument ou matériel d'ophtalmologie</t>
         </is>
       </c>
       <c r="G787" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>métal, cuir, feutrine</t>
         </is>
       </c>
       <c r="H787" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="1" t="n">
-        <v>11757</v>
+        <v>107589</v>
       </c>
       <c r="B788" s="2" t="inlineStr">
         <is>
-          <t>Corps de moine et tête de femme</t>
+          <t>Tensiomètre oscillomètre sphygmométrique du professeur Pachon (modèle Boulitte, breveté)</t>
         </is>
       </c>
       <c r="C788" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D788" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Pachon, Victor / Établissements G. Boulitte</t>
         </is>
       </c>
       <c r="E788" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F788" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>matériel médical</t>
         </is>
       </c>
       <c r="G788" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>verre, métal, caoutchouc, cuir, feutrine</t>
         </is>
       </c>
       <c r="H788" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="1" t="n">
-        <v>11846</v>
+        <v>11179</v>
       </c>
       <c r="B789" s="2" t="inlineStr">
         <is>
-          <t>Tête de bandit mexicain</t>
+          <t>Portrait d'homme à la moustache blanche</t>
         </is>
       </c>
       <c r="C789" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D789" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E789" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F789" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G789" s="2" t="inlineStr">
         <is>
-          <t>métal, feutre, papier mâché, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H789" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="1" t="n">
-        <v>11847</v>
+        <v>11756</v>
       </c>
       <c r="B790" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C790" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D790" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E790" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F790" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G790" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H790" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="1" t="n">
-        <v>11848</v>
+        <v>11757</v>
       </c>
       <c r="B791" s="2" t="inlineStr">
         <is>
-          <t>Tête de Porthos</t>
+          <t>Corps de moine et tête de femme</t>
         </is>
       </c>
       <c r="C791" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D791" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E791" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F791" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G791" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H791" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="1" t="n">
-        <v>11849</v>
+        <v>66249</v>
       </c>
       <c r="B792" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="C792" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D792" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>inconnu,</t>
         </is>
       </c>
       <c r="E792" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F792" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G792" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>polyester, papier, bois, osier, métal</t>
         </is>
       </c>
       <c r="H792" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique de sculpture, technique d'assemblage, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="1" t="n">
-        <v>11850</v>
+        <v>11852</v>
       </c>
       <c r="B793" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>Tête d'un des Pardaillan</t>
         </is>
       </c>
       <c r="C793" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D793" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E793" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F793" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G793" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, papier mâché, bois</t>
+          <t>métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H793" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="1" t="n">
-        <v>11851</v>
+        <v>11854</v>
       </c>
       <c r="B794" s="2" t="inlineStr">
         <is>
           <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C794" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D794" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E794" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F794" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G794" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, papier mâché, bois</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H794" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="1" t="n">
-        <v>11852</v>
+        <v>11855</v>
       </c>
       <c r="B795" s="2" t="inlineStr">
         <is>
-          <t>Tête d'un des Pardaillan</t>
+          <t>Tête d'homme blessé</t>
         </is>
       </c>
       <c r="C795" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D795" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E795" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F795" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G795" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, verre, carton-pierre, bois</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H795" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="1" t="n">
-        <v>11854</v>
+        <v>11870</v>
       </c>
       <c r="B796" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C796" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D796" s="2"/>
       <c r="E796" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F796" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G796" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H796" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>moulé, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="1" t="n">
-        <v>11855</v>
+        <v>11871</v>
       </c>
       <c r="B797" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme blessé</t>
+          <t>Cheval-godet</t>
         </is>
       </c>
       <c r="C797" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D797" s="2"/>
       <c r="E797" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F797" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G797" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H797" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="1" t="n">
-        <v>11870</v>
+        <v>11872</v>
       </c>
       <c r="B798" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Cheval-godet pour enfant</t>
         </is>
       </c>
       <c r="C798" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D798" s="2"/>
       <c r="E798" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F798" s="2" t="inlineStr">
         <is>
           <t>costume et parure</t>
         </is>
       </c>
       <c r="G798" s="2" t="inlineStr">
         <is>
           <t>métal, carton, bois</t>
         </is>
       </c>
       <c r="H798" s="2" t="inlineStr">
         <is>
-          <t>moulé, couture, technique d'assemblage</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="1" t="n">
-        <v>11871</v>
+        <v>11844</v>
       </c>
       <c r="B799" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet</t>
+          <t>Tête de jeune femme</t>
         </is>
       </c>
       <c r="C799" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D799" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D799" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E799" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F799" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G799" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H799" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="800">
       <c r="A800" s="1" t="n">
-        <v>11872</v>
+        <v>11845</v>
       </c>
       <c r="B800" s="2" t="inlineStr">
         <is>
-          <t>Cheval-godet pour enfant</t>
+          <t>Tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C800" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D800" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D800" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E800" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F800" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G800" s="2" t="inlineStr">
         <is>
-          <t>métal, carton, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H800" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="1" t="n">
-        <v>11844</v>
+        <v>11846</v>
       </c>
       <c r="B801" s="2" t="inlineStr">
         <is>
-          <t>Tête de jeune femme</t>
+          <t>Tête de bandit mexicain</t>
         </is>
       </c>
       <c r="C801" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D801" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E801" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F801" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G801" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>métal, feutre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H801" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="802">
       <c r="A802" s="1" t="n">
-        <v>11845</v>
+        <v>11847</v>
       </c>
       <c r="B802" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme du peuple</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C802" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D802" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E802" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F802" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G802" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H802" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="803">
       <c r="A803" s="1" t="n">
-        <v>39527</v>
+        <v>11848</v>
       </c>
       <c r="B803" s="2" t="inlineStr">
         <is>
-          <t>Burnous</t>
+          <t>Tête de Porthos</t>
         </is>
       </c>
       <c r="C803" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D803" s="2" t="inlineStr">
         <is>
-          <t>Minsart, Maurice</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E803" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F803" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G803" s="2"/>
+          <t>marionnette</t>
+        </is>
+      </c>
+      <c r="G803" s="2" t="inlineStr">
+        <is>
+          <t>métal, verre, carton-pierre, bois</t>
+        </is>
+      </c>
       <c r="H803" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="804">
       <c r="A804" s="1" t="n">
-        <v>86802</v>
+        <v>11849</v>
       </c>
       <c r="B804" s="2" t="inlineStr">
         <is>
-          <t>marmite</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C804" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D804" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D804" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E804" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F804" s="2" t="inlineStr">
         <is>
-          <t>chaudron</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G804" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H804" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique d'assemblage, cuivré</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="1" t="n">
-        <v>87062</v>
+        <v>11850</v>
       </c>
       <c r="B805" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C805" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D805" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E805" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F805" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G805" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>métal, cheveux, papier mâché, bois</t>
         </is>
       </c>
       <c r="H805" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de sculpture, technique d'assemblage</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="806">
       <c r="A806" s="1" t="n">
-        <v>87067</v>
+        <v>11851</v>
       </c>
       <c r="B806" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C806" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D806" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E806" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F806" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G806" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois, métal, stuc</t>
+          <t>métal, cheveux, papier mâché, bois</t>
         </is>
       </c>
       <c r="H806" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique d'assemblage, poli</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="1" t="n">
-        <v>87071</v>
+        <v>39527</v>
       </c>
       <c r="B807" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Burnous</t>
         </is>
       </c>
       <c r="C807" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D807" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D807" s="2" t="inlineStr">
+        <is>
+          <t>Minsart, Maurice</t>
+        </is>
+      </c>
       <c r="E807" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F807" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G807" s="2"/>
       <c r="H807" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="808">
       <c r="A808" s="1" t="n">
         <v>11877</v>
       </c>
       <c r="B808" s="2" t="inlineStr">
         <is>
           <t>tambour</t>
         </is>
       </c>
       <c r="C808" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D808" s="2"/>
       <c r="E808" s="2" t="inlineStr">
         <is>
           <t>1951 - 1960</t>
         </is>
       </c>
       <c r="F808" s="2" t="inlineStr">
         <is>
@@ -31984,51 +31984,51 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G823" s="2" t="inlineStr">
         <is>
           <t>panneau</t>
         </is>
       </c>
       <c r="H823" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="824">
       <c r="A824" s="1" t="n">
         <v>11554</v>
       </c>
       <c r="B824" s="2" t="inlineStr">
         <is>
           <t>Incertitude</t>
         </is>
       </c>
       <c r="C824" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D824" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E824" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F824" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G824" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H824" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
@@ -32271,961 +32271,961 @@
       </c>
       <c r="D831" s="2"/>
       <c r="E831" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F831" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G831" s="2" t="inlineStr">
         <is>
           <t>cuir, métal, bois, osier</t>
         </is>
       </c>
       <c r="H831" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="1" t="n">
-        <v>70097</v>
+        <v>70104</v>
       </c>
       <c r="B832" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C832" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D832" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E832" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F832" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G832" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique, papier</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H832" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="1" t="n">
-        <v>70134</v>
+        <v>70142</v>
       </c>
       <c r="B833" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
+          <t>Coffret aux chartes de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C833" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D833" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E833" s="2" t="inlineStr">
         <is>
           <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F833" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>coffre</t>
         </is>
       </c>
       <c r="G833" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>bois, métal, peinture</t>
         </is>
       </c>
       <c r="H833" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="1" t="n">
-        <v>70098</v>
+        <v>11923</v>
       </c>
       <c r="B834" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Projecteur de films Super 8</t>
         </is>
       </c>
       <c r="C834" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D834" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Pallas [fabricant]</t>
         </is>
       </c>
       <c r="E834" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 1990</t>
         </is>
       </c>
       <c r="F834" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G834" s="2"/>
       <c r="H834" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="1" t="n">
-        <v>70135</v>
+        <v>70105</v>
       </c>
       <c r="B835" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C835" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D835" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E835" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F835" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G835" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H835" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
       <c r="A836" s="1" t="n">
-        <v>70099</v>
+        <v>70143</v>
       </c>
       <c r="B836" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Coffret aux privilèges de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C836" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D836" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E836" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F836" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>coffre</t>
         </is>
       </c>
       <c r="G836" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>bois, métal, peinture, matière synthétique</t>
         </is>
       </c>
       <c r="H836" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
       <c r="A837" s="1" t="n">
-        <v>70100</v>
+        <v>70106</v>
       </c>
       <c r="B837" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
         </is>
       </c>
       <c r="C837" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D837" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E837" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F837" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G837" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H837" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
       <c r="A838" s="1" t="n">
-        <v>70138</v>
+        <v>70107</v>
       </c>
       <c r="B838" s="2" t="inlineStr">
         <is>
-          <t>Chaise à porteurs de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C838" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D838" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E838" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F838" s="2" t="inlineStr">
         <is>
-          <t>véhicule terrestre non motorisé</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G838" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H838" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
       <c r="A839" s="1" t="n">
-        <v>70101</v>
+        <v>70108</v>
       </c>
       <c r="B839" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C839" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D839" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E839" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F839" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G839" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H839" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
       <c r="A840" s="1" t="n">
-        <v>70102</v>
+        <v>70109</v>
       </c>
       <c r="B840" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C840" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D840" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E840" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F840" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G840" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H840" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="841">
       <c r="A841" s="1" t="n">
-        <v>70103</v>
+        <v>70110</v>
       </c>
       <c r="B841" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
         </is>
       </c>
       <c r="C841" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D841" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E841" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F841" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G841" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H841" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="842">
       <c r="A842" s="1" t="n">
-        <v>70141</v>
+        <v>70111</v>
       </c>
       <c r="B842" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
         </is>
       </c>
       <c r="C842" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D842" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E842" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F842" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G842" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H842" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="843">
       <c r="A843" s="1" t="n">
-        <v>70104</v>
+        <v>70112</v>
       </c>
       <c r="B843" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C843" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D843" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E843" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F843" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G843" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H843" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="844">
       <c r="A844" s="1" t="n">
-        <v>70142</v>
+        <v>70097</v>
       </c>
       <c r="B844" s="2" t="inlineStr">
         <is>
-          <t>Coffret aux chartes de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C844" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D844" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E844" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F844" s="2" t="inlineStr">
         <is>
-          <t>coffre</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G844" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, peinture</t>
+          <t>peinture, bois, métal, matière synthétique, papier</t>
         </is>
       </c>
       <c r="H844" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="845">
       <c r="A845" s="1" t="n">
-        <v>70105</v>
+        <v>70134</v>
       </c>
       <c r="B845" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
         </is>
       </c>
       <c r="C845" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D845" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E845" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F845" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G845" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H845" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="846">
       <c r="A846" s="1" t="n">
-        <v>70143</v>
+        <v>70098</v>
       </c>
       <c r="B846" s="2" t="inlineStr">
         <is>
-          <t>Coffret aux privilèges de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C846" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D846" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E846" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F846" s="2" t="inlineStr">
         <is>
-          <t>coffre</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G846" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, peinture, matière synthétique</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H846" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="847">
       <c r="A847" s="1" t="n">
-        <v>70106</v>
+        <v>70135</v>
       </c>
       <c r="B847" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
         </is>
       </c>
       <c r="C847" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D847" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E847" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F847" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G847" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H847" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="848">
       <c r="A848" s="1" t="n">
-        <v>70107</v>
+        <v>70099</v>
       </c>
       <c r="B848" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C848" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D848" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E848" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F848" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G848" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H848" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="849">
       <c r="A849" s="1" t="n">
-        <v>70108</v>
+        <v>70100</v>
       </c>
       <c r="B849" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
         </is>
       </c>
       <c r="C849" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D849" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E849" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F849" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G849" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H849" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="850">
       <c r="A850" s="1" t="n">
-        <v>70109</v>
+        <v>70138</v>
       </c>
       <c r="B850" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Chaise à porteurs de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C850" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D850" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E850" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F850" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>véhicule terrestre non motorisé</t>
         </is>
       </c>
       <c r="G850" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H850" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique de sculpture, technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
       <c r="A851" s="1" t="n">
-        <v>70110</v>
+        <v>70101</v>
       </c>
       <c r="B851" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
         </is>
       </c>
       <c r="C851" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D851" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E851" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F851" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G851" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H851" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
       <c r="A852" s="1" t="n">
-        <v>70111</v>
+        <v>70102</v>
       </c>
       <c r="B852" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
         </is>
       </c>
       <c r="C852" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D852" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E852" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F852" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G852" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H852" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
       <c r="A853" s="1" t="n">
-        <v>70112</v>
+        <v>70103</v>
       </c>
       <c r="B853" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
         </is>
       </c>
       <c r="C853" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D853" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E853" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F853" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G853" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H853" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
       <c r="A854" s="1" t="n">
-        <v>11923</v>
+        <v>70141</v>
       </c>
       <c r="B854" s="2" t="inlineStr">
         <is>
-          <t>Projecteur de films Super 8</t>
+          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
         </is>
       </c>
       <c r="C854" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D854" s="2" t="inlineStr">
         <is>
-          <t>Pallas [fabricant]</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E854" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1990</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F854" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...2 lines deleted...]
-      <c r="G854" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G854" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal, fil de métal</t>
+        </is>
+      </c>
       <c r="H854" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
       <c r="A855" s="1" t="n">
         <v>11858</v>
       </c>
       <c r="B855" s="2" t="inlineStr">
         <is>
           <t>Pitje</t>
         </is>
       </c>
       <c r="C855" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D855" s="2"/>
       <c r="E855" s="2" t="inlineStr">
         <is>
           <t>1982 - 1982</t>
         </is>
       </c>
       <c r="F855" s="2" t="inlineStr">
         <is>
@@ -33423,131 +33423,131 @@
         </is>
       </c>
       <c r="E860" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F860" s="2" t="inlineStr">
         <is>
           <t>protection corporelle</t>
         </is>
       </c>
       <c r="G860" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H860" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique d'assemblage, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="861">
       <c r="A861" s="1" t="n">
-        <v>70018</v>
+        <v>70016</v>
       </c>
       <c r="B861" s="2" t="inlineStr">
         <is>
-          <t>Trône d’Eléonore d’Autriche, reine de France (Ommegang de Bruxelles)</t>
+          <t>Trône de l’empereur Charles Quint (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C861" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D861" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D861" s="2"/>
       <c r="E861" s="2" t="inlineStr">
         <is>
           <t>1990 - 2020</t>
         </is>
       </c>
       <c r="F861" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G861" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H861" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="862">
       <c r="A862" s="1" t="n">
-        <v>70016</v>
+        <v>70017</v>
       </c>
       <c r="B862" s="2" t="inlineStr">
         <is>
-          <t>Trône de l’empereur Charles Quint (Ommegang de Bruxelles)</t>
+          <t>Trône de l’infant Philippe (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C862" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D862" s="2"/>
+      <c r="D862" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E862" s="2" t="inlineStr">
         <is>
           <t>1990 - 2020</t>
         </is>
       </c>
       <c r="F862" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G862" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H862" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="863">
       <c r="A863" s="1" t="n">
-        <v>70017</v>
+        <v>70018</v>
       </c>
       <c r="B863" s="2" t="inlineStr">
         <is>
-          <t>Trône de l’infant Philippe (Ommegang de Bruxelles)</t>
+          <t>Trône d’Eléonore d’Autriche, reine de France (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C863" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D863" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E863" s="2" t="inlineStr">
         <is>
           <t>1990 - 2020</t>
         </is>
       </c>
       <c r="F863" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G863" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
@@ -34251,1737 +34251,1737 @@
       </c>
       <c r="D881" s="2" t="inlineStr">
         <is>
           <t>Mertens, Billie</t>
         </is>
       </c>
       <c r="E881" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F881" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G881" s="2"/>
       <c r="H881" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="1" t="n">
-        <v>69991</v>
+        <v>11751</v>
       </c>
       <c r="B882" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
+          <t>Woltje de Toone I (reconstitution)</t>
         </is>
       </c>
       <c r="C882" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D882" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E882" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - 2000</t>
         </is>
       </c>
       <c r="F882" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G882" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H882" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
       <c r="A883" s="1" t="n">
-        <v>69992</v>
+        <v>69998</v>
       </c>
       <c r="B883" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
+          <t>Arbalète du groupe des « Arbalétriers » de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C883" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D883" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E883" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F883" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>arme de jet</t>
         </is>
       </c>
       <c r="G883" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer, cuir, matière plastique</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H883" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
       <c r="A884" s="1" t="n">
-        <v>69993</v>
+        <v>69999</v>
       </c>
       <c r="B884" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d’hallebardes de l’Ommegang de Bruxelles</t>
+          <t>Ensemble de sceptres de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C884" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D884" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E884" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F884" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G884" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fer</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H884" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
       <c r="A885" s="1" t="n">
-        <v>69994</v>
+        <v>70000</v>
       </c>
       <c r="B885" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de piques de l’Ommegang de Bruxelles</t>
+          <t>Ensemble de bâtons de procession de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C885" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D885" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E885" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F885" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G885" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H885" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
       <c r="A886" s="1" t="n">
-        <v>69995</v>
+        <v>70001</v>
       </c>
       <c r="B886" s="2" t="inlineStr">
         <is>
-          <t>Masse d’armes du groupe des « Porteurs de masse » de l’Ommegang de Bruxelles</t>
+          <t>Croix de procession de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C886" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D886" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E886" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F886" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G886" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H886" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux</t>
+          <t>technique d'assemblage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="887">
       <c r="A887" s="1" t="n">
-        <v>69996</v>
+        <v>70002</v>
       </c>
       <c r="B887" s="2" t="inlineStr">
         <is>
-          <t>Masses d’armes des « Héros de la Toison d’or » de l’Ommegang de Bruxelles</t>
+          <t>Crosse épiscopale de Georges d’Autriche, prince-évêque de Liège (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C887" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D887" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E887" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F887" s="2" t="inlineStr">
         <is>
-          <t>arme blanche</t>
+          <t>objets de culte, costume et parure</t>
         </is>
       </c>
       <c r="G887" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H887" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="888">
       <c r="A888" s="1" t="n">
-        <v>69998</v>
+        <v>70003</v>
       </c>
       <c r="B888" s="2" t="inlineStr">
         <is>
-          <t>Arbalète du groupe des « Arbalétriers » de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
         </is>
       </c>
       <c r="C888" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D888" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D888" s="2"/>
       <c r="E888" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F888" s="2" t="inlineStr">
         <is>
-          <t>arme de jet</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G888" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H888" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
       <c r="A889" s="1" t="n">
-        <v>69999</v>
+        <v>70004</v>
       </c>
       <c r="B889" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de sceptres de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
         </is>
       </c>
       <c r="C889" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D889" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D889" s="2"/>
       <c r="E889" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F889" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G889" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H889" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
       <c r="A890" s="1" t="n">
-        <v>70000</v>
+        <v>70005</v>
       </c>
       <c r="B890" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bâtons de procession de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="C890" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D890" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D890" s="2"/>
       <c r="E890" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F890" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G890" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H890" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
       <c r="A891" s="1" t="n">
-        <v>70001</v>
+        <v>70006</v>
       </c>
       <c r="B891" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession de l’Ommegang de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
         </is>
       </c>
       <c r="C891" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D891" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D891" s="2"/>
       <c r="E891" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F891" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G891" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H891" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
       <c r="A892" s="1" t="n">
-        <v>70002</v>
+        <v>70007</v>
       </c>
       <c r="B892" s="2" t="inlineStr">
         <is>
-          <t>Crosse épiscopale de Georges d’Autriche, prince-évêque de Liège (Ommegang de Bruxelles)</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
         </is>
       </c>
       <c r="C892" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D892" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D892" s="2"/>
       <c r="E892" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F892" s="2" t="inlineStr">
         <is>
-          <t>objets de culte, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G892" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H892" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="893">
       <c r="A893" s="1" t="n">
-        <v>70003</v>
+        <v>70008</v>
       </c>
       <c r="B893" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : l’épée</t>
         </is>
       </c>
       <c r="C893" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D893" s="2"/>
+      <c r="D893" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E893" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F893" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>arme blanche, costume et parure</t>
         </is>
       </c>
       <c r="G893" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>fer, métal</t>
         </is>
       </c>
       <c r="H893" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique des métaux, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="894">
       <c r="A894" s="1" t="n">
-        <v>70004</v>
+        <v>70009</v>
       </c>
       <c r="B894" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
         </is>
       </c>
       <c r="C894" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D894" s="2"/>
+      <c r="D894" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E894" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F894" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G894" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H894" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="895">
       <c r="A895" s="1" t="n">
-        <v>70005</v>
+        <v>69991</v>
       </c>
       <c r="B895" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Ensemble d’épées de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C895" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D895" s="2"/>
+      <c r="D895" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E895" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F895" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G895" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, métal, fer, cuir</t>
         </is>
       </c>
       <c r="H895" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="896">
       <c r="A896" s="1" t="n">
-        <v>70006</v>
+        <v>69992</v>
       </c>
       <c r="B896" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
+          <t>Ensemble de dagues de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C896" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D896" s="2"/>
+      <c r="D896" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E896" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F896" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G896" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, métal, fer, cuir, matière plastique</t>
         </is>
       </c>
       <c r="H896" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique du cuir, technique d'assemblage, moulé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="897">
       <c r="A897" s="1" t="n">
-        <v>70007</v>
+        <v>69993</v>
       </c>
       <c r="B897" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
+          <t>Ensemble d’hallebardes de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C897" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D897" s="2"/>
+      <c r="D897" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E897" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F897" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G897" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, métal, fer</t>
         </is>
       </c>
       <c r="H897" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="898">
       <c r="A898" s="1" t="n">
-        <v>70008</v>
+        <v>69994</v>
       </c>
       <c r="B898" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : l’épée</t>
+          <t>Ensemble de piques de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C898" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D898" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E898" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F898" s="2" t="inlineStr">
         <is>
-          <t>arme blanche, costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G898" s="2" t="inlineStr">
         <is>
-          <t>fer, métal</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H898" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, technique des métaux</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="899">
       <c r="A899" s="1" t="n">
-        <v>70009</v>
+        <v>69995</v>
       </c>
       <c r="B899" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le sceptre</t>
+          <t>Masse d’armes du groupe des « Porteurs de masse » de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C899" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D899" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E899" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F899" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G899" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H899" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="900">
       <c r="A900" s="1" t="n">
-        <v>11751</v>
+        <v>69996</v>
       </c>
       <c r="B900" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone I (reconstitution)</t>
+          <t>Masses d’armes des « Héros de la Toison d’or » de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C900" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D900" s="2" t="inlineStr">
         <is>
-          <t>Toone I, (Antoine Genty) / Théâtre Royal de Toone,</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E900" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2000</t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F900" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>arme blanche</t>
         </is>
       </c>
       <c r="G900" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H900" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="901">
       <c r="A901" s="1" t="n">
-        <v>70124</v>
+        <v>70010</v>
       </c>
       <c r="B901" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
         </is>
       </c>
       <c r="C901" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D901" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E901" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F901" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bijou, objets ethnographiques</t>
         </is>
       </c>
       <c r="G901" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H901" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="902">
       <c r="A902" s="1" t="n">
-        <v>70125</v>
+        <v>70011</v>
       </c>
       <c r="B902" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
         </is>
       </c>
       <c r="C902" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D902" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E902" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F902" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>objet de dévotion, costume et parure</t>
         </is>
       </c>
       <c r="G902" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H902" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="903">
       <c r="A903" s="1" t="n">
-        <v>70089</v>
+        <v>70012</v>
       </c>
       <c r="B903" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Steenweeghs</t>
+          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
         </is>
       </c>
       <c r="C903" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D903" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E903" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F903" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume et parure</t>
         </is>
       </c>
       <c r="G903" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H903" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage, couture, tissage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="904">
       <c r="A904" s="1" t="n">
-        <v>70090</v>
+        <v>70013</v>
       </c>
       <c r="B904" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Serroelofs</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
         </is>
       </c>
       <c r="C904" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D904" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E904" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F904" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>clé, costume et parure</t>
         </is>
       </c>
       <c r="G904" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H904" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="905">
       <c r="A905" s="1" t="n">
-        <v>70091</v>
+        <v>70120</v>
       </c>
       <c r="B905" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sleeus</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C905" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D905" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E905" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F905" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G905" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H905" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="906">
       <c r="A906" s="1" t="n">
-        <v>70128</v>
+        <v>70014</v>
       </c>
       <c r="B906" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
+          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
         </is>
       </c>
       <c r="C906" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D906" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E906" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F906" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>instrument de mesure, costume et parure</t>
         </is>
       </c>
       <c r="G906" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, métal, osier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H906" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="907">
       <c r="A907" s="1" t="n">
-        <v>70092</v>
+        <v>70121</v>
       </c>
       <c r="B907" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sweerts</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C907" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D907" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E907" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F907" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G907" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H907" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="908">
       <c r="A908" s="1" t="n">
-        <v>70093</v>
+        <v>70015</v>
       </c>
       <c r="B908" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Roodenbeke</t>
+          <t>Cerceau de fleurs du groupe de la « Pucelle » (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C908" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D908" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E908" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F908" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G908" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>métal, bois, matière synthétique, peinture</t>
         </is>
       </c>
       <c r="H908" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="909">
       <c r="A909" s="1" t="n">
-        <v>70094</v>
+        <v>70122</v>
       </c>
       <c r="B909" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Coudenberg</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C909" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D909" s="2"/>
+      <c r="D909" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E909" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F909" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G909" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H909" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="910">
       <c r="A910" s="1" t="n">
-        <v>70131</v>
+        <v>70123</v>
       </c>
       <c r="B910" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C910" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D910" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E910" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F910" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G910" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H910" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="911">
       <c r="A911" s="1" t="n">
-        <v>70095</v>
+        <v>70124</v>
       </c>
       <c r="B911" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Serhuyghs</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C911" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D911" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E911" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F911" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G911" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H911" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="912">
       <c r="A912" s="1" t="n">
-        <v>70132</v>
+        <v>70125</v>
       </c>
       <c r="B912" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C912" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D912" s="2"/>
+      <c r="D912" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E912" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F912" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G912" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H912" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="913">
       <c r="A913" s="1" t="n">
-        <v>70096</v>
+        <v>70089</v>
       </c>
       <c r="B913" s="2" t="inlineStr">
         <is>
-          <t>Blason du Saint-Empire romain germanique (Ommegang de Bruxelles)</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Steenweeghs</t>
         </is>
       </c>
       <c r="C913" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D913" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E913" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F913" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G913" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H913" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="914">
       <c r="A914" s="1" t="n">
-        <v>70133</v>
+        <v>70090</v>
       </c>
       <c r="B914" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Serroelofs</t>
         </is>
       </c>
       <c r="C914" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D914" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E914" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F914" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G914" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H914" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="915">
       <c r="A915" s="1" t="n">
-        <v>70010</v>
+        <v>70091</v>
       </c>
       <c r="B915" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : la couronne</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sleeus</t>
         </is>
       </c>
       <c r="C915" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D915" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E915" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F915" s="2" t="inlineStr">
         <is>
-          <t>bijou, objets ethnographiques</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G915" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H915" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="916">
       <c r="A916" s="1" t="n">
-        <v>70011</v>
+        <v>70128</v>
       </c>
       <c r="B916" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le globe</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C916" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D916" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E916" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F916" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G916" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H916" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique des métaux, couture, tissage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="917">
       <c r="A917" s="1" t="n">
-        <v>70012</v>
+        <v>70092</v>
       </c>
       <c r="B917" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Royauté (Ommegang de Bruxelles) : le collier de la Toison d’or</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sweerts</t>
         </is>
       </c>
       <c r="C917" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D917" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E917" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F917" s="2" t="inlineStr">
         <is>
-          <t>costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G917" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H917" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, moulé</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="918">
       <c r="A918" s="1" t="n">
-        <v>70013</v>
+        <v>70093</v>
       </c>
       <c r="B918" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la clé</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Roodenbeke</t>
         </is>
       </c>
       <c r="C918" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D918" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E918" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F918" s="2" t="inlineStr">
         <is>
-          <t>clé, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G918" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H918" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique de sculpture, peint</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="919">
       <c r="A919" s="1" t="n">
-        <v>70120</v>
+        <v>70094</v>
       </c>
       <c r="B919" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Coudenberg</t>
         </is>
       </c>
       <c r="C919" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D919" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D919" s="2"/>
       <c r="E919" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F919" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G919" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H919" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="920">
       <c r="A920" s="1" t="n">
-        <v>70014</v>
+        <v>70131</v>
       </c>
       <c r="B920" s="2" t="inlineStr">
         <is>
-          <t>Emblèmes de la Ville (Ommegang de Bruxelles) : la balance de la justice</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C920" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D920" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E920" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F920" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure, costume et parure</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G920" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H920" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, tissage, technique des métaux</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="921">
       <c r="A921" s="1" t="n">
-        <v>70121</v>
+        <v>70095</v>
       </c>
       <c r="B921" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Serhuyghs</t>
         </is>
       </c>
       <c r="C921" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D921" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E921" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F921" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G921" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, métal</t>
         </is>
       </c>
       <c r="H921" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="922">
       <c r="A922" s="1" t="n">
-        <v>70015</v>
+        <v>70132</v>
       </c>
       <c r="B922" s="2" t="inlineStr">
         <is>
-          <t>Cerceau de fleurs du groupe de la « Pucelle » (Ommegang de Bruxelles)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C922" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D922" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D922" s="2"/>
       <c r="E922" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F922" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G922" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, matière synthétique, peinture</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H922" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="923">
       <c r="A923" s="1" t="n">
-        <v>70122</v>
+        <v>70096</v>
       </c>
       <c r="B923" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Blason du Saint-Empire romain germanique (Ommegang de Bruxelles)</t>
         </is>
       </c>
       <c r="C923" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D923" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E923" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F923" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G923" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois</t>
         </is>
       </c>
       <c r="H923" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="924">
       <c r="A924" s="1" t="n">
-        <v>70123</v>
+        <v>70133</v>
       </c>
       <c r="B924" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C924" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D924" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E924" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F924" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G924" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H924" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="925">
       <c r="A925" s="1" t="n">
         <v>94895</v>
       </c>
       <c r="B925" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C925" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D925" s="2" t="inlineStr">
         <is>
           <t>Ghys, Raymond</t>
         </is>
       </c>
       <c r="E925" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
@@ -36295,277 +36295,277 @@
         </is>
       </c>
       <c r="E933" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F933" s="2" t="inlineStr">
         <is>
           <t>assemblage</t>
         </is>
       </c>
       <c r="G933" s="2" t="inlineStr">
         <is>
           <t>bois, matière plastique, métal, vernis</t>
         </is>
       </c>
       <c r="H933" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="934">
       <c r="A934" s="1" t="n">
-        <v>40040</v>
+        <v>78310</v>
       </c>
       <c r="B934" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles Patrin n°1</t>
+          <t>Tableau drapeau arc-en-ciel LGBTQIA+</t>
         </is>
       </c>
       <c r="C934" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D934" s="2" t="inlineStr">
         <is>
-          <t>Talbot, Jonathan</t>
+          <t>Baker, Gilbert</t>
         </is>
       </c>
       <c r="E934" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F934" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G934" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H934" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, collé</t>
+          <t>collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="935">
       <c r="A935" s="1" t="n">
-        <v>64578</v>
+        <v>40040</v>
       </c>
       <c r="B935" s="2" t="inlineStr">
         <is>
-          <t>Projet 105</t>
+          <t>Bruxelles Patrin n°1</t>
         </is>
       </c>
       <c r="C935" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D935" s="2" t="inlineStr">
         <is>
-          <t>Soufflet, Lucile / Cuvelier, Domitienne</t>
+          <t>Talbot, Jonathan</t>
         </is>
       </c>
       <c r="E935" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F935" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G935" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H935" s="2" t="inlineStr">
         <is>
-          <t>mosaïque</t>
+          <t>technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="936">
       <c r="A936" s="1" t="n">
-        <v>11837</v>
+        <v>64578</v>
       </c>
       <c r="B936" s="2" t="inlineStr">
         <is>
-          <t>Janneke</t>
+          <t>Projet 105</t>
         </is>
       </c>
       <c r="C936" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D936" s="2"/>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D936" s="2" t="inlineStr">
+        <is>
+          <t>Soufflet, Lucile / Cuvelier, Domitienne</t>
+        </is>
+      </c>
       <c r="E936" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2008</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F936" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G936" s="2" t="inlineStr">
         <is>
-          <t>métal, bois, osier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H936" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'assemblage, moulé</t>
+          <t>mosaïque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="937">
       <c r="A937" s="1" t="n">
-        <v>37872</v>
+        <v>11837</v>
       </c>
       <c r="B937" s="2" t="inlineStr">
         <is>
-          <t>Domestic</t>
+          <t>Janneke</t>
         </is>
       </c>
       <c r="C937" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D937" s="2"/>
       <c r="E937" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2008 - 2008</t>
         </is>
       </c>
       <c r="F937" s="2" t="inlineStr">
         <is>
-          <t>sculpture, installation</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G937" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>métal, bois, osier</t>
         </is>
       </c>
       <c r="H937" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>couture, technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="938">
       <c r="A938" s="1" t="n">
-        <v>37885</v>
+        <v>37872</v>
       </c>
       <c r="B938" s="2" t="inlineStr">
         <is>
-          <t>Modern Industrial Units</t>
+          <t>Domestic</t>
         </is>
       </c>
       <c r="C938" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D938" s="2" t="inlineStr">
         <is>
-          <t>Mary, Xavier</t>
+          <t>Francois, Michel</t>
         </is>
       </c>
       <c r="E938" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F938" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions</t>
-[...2 lines deleted...]
-      <c r="G938" s="2"/>
+          <t>sculpture, installation</t>
+        </is>
+      </c>
+      <c r="G938" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
       <c r="H938" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="939">
       <c r="A939" s="1" t="n">
-        <v>78310</v>
+        <v>37885</v>
       </c>
       <c r="B939" s="2" t="inlineStr">
         <is>
-          <t>Tableau drapeau arc-en-ciel LGBTQIA+</t>
+          <t>Modern Industrial Units</t>
         </is>
       </c>
       <c r="C939" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D939" s="2" t="inlineStr">
         <is>
-          <t>Baker, Gilbert</t>
+          <t>Mary, Xavier</t>
         </is>
       </c>
       <c r="E939" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F939" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>oeuvre en 3 dimensions</t>
+        </is>
+      </c>
+      <c r="G939" s="2"/>
       <c r="H939" s="2" t="inlineStr">
         <is>
-          <t>collé, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="940">
       <c r="A940" s="1" t="n">
         <v>94877</v>
       </c>
       <c r="B940" s="2" t="inlineStr">
         <is>
           <t>Fragments de ballons</t>
         </is>
       </c>
       <c r="C940" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D940" s="2" t="inlineStr">
         <is>
           <t>Dederen, Eric</t>
         </is>
       </c>
       <c r="E940" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
@@ -36767,115 +36767,115 @@
         </is>
       </c>
       <c r="E945" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F945" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G945" s="2" t="inlineStr">
         <is>
           <t>inox, peinture, pierre</t>
         </is>
       </c>
       <c r="H945" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, mosaïque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="946">
       <c r="A946" s="1" t="n">
-        <v>37098</v>
+        <v>37085</v>
       </c>
       <c r="B946" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Casque de moto</t>
         </is>
       </c>
       <c r="C946" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D946" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E946" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F946" s="2" t="inlineStr">
         <is>
-          <t>étui</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G946" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H946" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="947">
       <c r="A947" s="1" t="n">
-        <v>37085</v>
+        <v>37098</v>
       </c>
       <c r="B947" s="2" t="inlineStr">
         <is>
-          <t>Casque de moto</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C947" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D947" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E947" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F947" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>étui</t>
         </is>
       </c>
       <c r="G947" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H947" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="948">
       <c r="A948" s="1" t="n">
         <v>98533</v>
       </c>
       <c r="B948" s="2" t="inlineStr">
         <is>
           <t>Cornet de frites</t>
         </is>
       </c>
       <c r="C948" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>