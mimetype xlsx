--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1055,400 +1055,400 @@
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Doneux, A.</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>70098</v>
+        <v>70097</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, matière synthétique, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>70106</v>
+        <v>70098</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>70107</v>
+        <v>70106</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>70108</v>
+        <v>70107</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>70109</v>
+        <v>70108</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>70110</v>
+        <v>70109</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>70111</v>
+        <v>70110</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>70112</v>
+        <v>70111</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>70097</v>
+        <v>70112</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique, papier</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>94995</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Stockmans, Piet</t>
@@ -1691,161 +1691,161 @@
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Mertens, Billie</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>94895</v>
+        <v>69623</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le dirigeable "Le Belgique"</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Art en espace public - Auderghem</t>
+        </is>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>peinture murale, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>bois, bois</t>
+          <t>peinture, panneau de contreplaqué</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>collé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>56244</v>
+        <v>94895</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Ghys, Raymond</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>polyester, coton, matière plastique</t>
+          <t>bois, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>sergé, collé, toile</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>69623</v>
+        <v>56244</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Le dirigeable "Le Belgique"</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
-[...2 lines deleted...]
-      <c r="D43" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Delcour, Xavier / Xavier Delcour</t>
+        </is>
+      </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, oeuvre d'art en espace public</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture, panneau de contreplaqué</t>
+          <t>polyester, coton, matière plastique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>collé, technique de peinture</t>
+          <t>sergé, collé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>95361</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Jeu d'artichauts</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Melsen, Angela</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
@@ -2007,601 +2007,601 @@
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>caoutchouc, carton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>37085</v>
+        <v>98177</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Casque de moto</t>
+          <t>Bibliothèque scellée</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Ver Elst, Marc</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>assemblage</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier, cuir</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>37098</v>
+        <v>37085</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Casque de moto</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>étui</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>54395</v>
+        <v>37098</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Ombres &amp; Lanternes</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>étui</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>encre, crayon de couleur, peinture acrylique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>collé, dessin</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>98177</v>
+        <v>54395</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Bibliothèque scellée</t>
+          <t>Ombres &amp; Lanternes</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Ver Elst, Marc</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>assemblage</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>papier, cuir</t>
+          <t>encre, crayon de couleur, peinture acrylique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>collé, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>101298</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>VULCANIA 2</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Kaos, Isa</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>95224</v>
+        <v>95363</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
-      <c r="G54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>95351</v>
+        <v>68770</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Gabriel, Henri</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>feutrine</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>95363</v>
+        <v>68854</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Zilcken, Philippe / Zileken, Philippe</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
-[...2 lines deleted...]
-      <c r="G56" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>gravure à la pointe-sèche, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>68770</v>
+        <v>68888</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>68854</v>
+        <v>68908</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
+          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Zilcken, Philippe / Zileken, Philippe</t>
+          <t>Massonet, Armand</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, aquarelle, fusain</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>gravure à la pointe-sèche, collé</t>
+          <t>dessin, technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>68888</v>
+        <v>68977</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>68908</v>
+        <v>69069</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
+          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Massonet, Armand</t>
+          <t>Pierron, Adolphe</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, aquarelle, fusain</t>
+          <t>papier, carton, crayon de couleur</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique de peinture, collé</t>
+          <t>dessin, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>68977</v>
+        <v>95224</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>peinture, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>69069</v>
+        <v>95351</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Pierron, Adolphe</t>
+          <t>Gabriel, Henri</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon de couleur</t>
+          <t>feutrine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>dessin, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>