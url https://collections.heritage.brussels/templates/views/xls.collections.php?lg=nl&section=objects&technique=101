--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -2007,601 +2007,601 @@
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>caoutchouc, carton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>98177</v>
+        <v>37085</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Bibliothèque scellée</t>
+          <t>Casque de moto</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ver Elst, Marc</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>assemblage</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>papier, cuir</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>37085</v>
+        <v>37098</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Casque de moto</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>étui</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>37098</v>
+        <v>54395</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Ombres &amp; Lanternes</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>étui</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>encre, crayon de couleur, peinture acrylique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>collé, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>54395</v>
+        <v>98177</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ombres &amp; Lanternes</t>
+          <t>Bibliothèque scellée</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Ver Elst, Marc</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>assemblage</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>encre, crayon de couleur, peinture acrylique</t>
+          <t>papier, cuir</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>collé, dessin</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>101298</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>VULCANIA 2</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Kaos, Isa</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>95363</v>
+        <v>68908</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Massonet, Armand</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
-[...2 lines deleted...]
-      <c r="G54" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, aquarelle, fusain</t>
+        </is>
+      </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>dessin, technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>68770</v>
+        <v>68977</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>68854</v>
+        <v>69069</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
+          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Zilcken, Philippe / Zileken, Philippe</t>
+          <t>Pierron, Adolphe</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, crayon de couleur</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>gravure à la pointe-sèche, collé</t>
+          <t>dessin, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>68888</v>
+        <v>95224</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>peinture, papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>68908</v>
+        <v>95351</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Massonet, Armand</t>
+          <t>Gabriel, Henri</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, aquarelle, fusain</t>
+          <t>feutrine</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique de peinture, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>68977</v>
+        <v>95363</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>69069</v>
+        <v>68770</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Pierron, Adolphe</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon de couleur</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, collé</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>95224</v>
+        <v>68854</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Zilcken, Philippe / Zileken, Philippe</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>gravure à la pointe-sèche, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>95351</v>
+        <v>68888</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Gabriel, Henri</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>feutrine</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>