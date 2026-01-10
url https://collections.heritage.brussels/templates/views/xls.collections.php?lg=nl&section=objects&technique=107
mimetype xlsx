--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -1195,120 +1195,120 @@
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1969 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>57998</v>
+        <v>81350</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Balmain, Pierre / Balmain</t>
+          <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, acétate</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>81350</v>
+        <v>57998</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Lapidus, Ted / Ted Lapidus</t>
+          <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>57845</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Cape</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>