--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -467,153 +467,153 @@
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1770 - 1785</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>58435</v>
+        <v>57826</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Chapeau Calèche</t>
+          <t>Robe à la française</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>paille, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>37038</v>
+        <v>58435</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Jarretières</t>
+          <t>Chapeau Calèche</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>paille, soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broderie</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>57826</v>
+        <v>37038</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe à la française</t>
+          <t>Jarretières</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1799</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>64699</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Robe à la française</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
@@ -903,333 +903,333 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1830 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>60926</v>
+        <v>58552</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>60927</v>
+        <v>45968</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>87825</v>
+        <v>57933</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>88286</v>
+        <v>87825</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>74199</v>
+        <v>88286</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>58552</v>
+        <v>74199</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>45968</v>
+        <v>60926</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>57933</v>
+        <v>60927</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>61808</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Bretelles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1263,508 +1263,508 @@
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1848 - 1850</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>88403</v>
+        <v>58551</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Casaque</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taffetas, passementerie</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>88407</v>
+        <v>58566</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>bois, os, soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, passementerie</t>
+          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>58551</v>
+        <v>58567</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Casaque</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton, ivoire</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>58566</v>
+        <v>45856</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>58567</v>
+        <v>36979</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>45856</v>
+        <v>46523</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broché, lampas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>36979</v>
+        <v>36986</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chapeau, masque</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, paille, métal, crin, carton</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>velours, dentelle aux fuseaux, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>46523</v>
+        <v>36994</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché, lampas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>36986</v>
+        <v>88403</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>chapeau, masque</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, crin, carton</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle aux fuseaux, taffetas</t>
+          <t>technique de sculpture, taffetas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>36994</v>
+        <v>88407</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1855</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, os, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>61160</v>
+        <v>58553</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1859</t>
+          <t>1855 - 1862</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>paille, soie, coton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>72917</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1855 - 1856</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>taffetas, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>58553</v>
+        <v>61160</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1862</t>
+          <t>1855 - 1859</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>paille, soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>58449</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
@@ -1947,225 +1947,225 @@
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1863 - 1864</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>robe, robe longue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>taffetas, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>58536</v>
+        <v>45503</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi.</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1866</t>
+          <t>1865 - 1870</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broché, velours, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>45503</v>
+        <v>58536</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Robe d'après-midi.</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1870</t>
+          <t>1865 - 1866</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché, velours, dentelle mécanique</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>44780</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1867 - 1868</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>taffetas, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>78046</v>
+        <v>58545</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Robe de sortie pour fillette</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>58545</v>
+        <v>78046</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Robe de sortie pour fillette</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>58544</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Robe de ville</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1870 - 1872</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
@@ -2487,117 +2487,117 @@
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1879 - 1880</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>taffetas, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>58665</v>
+        <v>58576</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>soie, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>taffetas, mousseline, ottoman</t>
+          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>58576</v>
+        <v>58665</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>soie, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
+          <t>taffetas, mousseline, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
         <v>58524</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Robe de sortie</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1883 - 1884</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
@@ -2703,153 +2703,153 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1893 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>80992</v>
+        <v>43082</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>43082</v>
+        <v>36996</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Corsage de demi-deuil </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>taffetas, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>36996</v>
+        <v>80992</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Corsage de demi-deuil </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>taffetas, appliqué</t>
+          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>43062</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
@@ -3351,225 +3351,225 @@
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>robe longue, ceinture, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>soie, verre de Murano</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>plissé, taffetas, imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>37161</v>
+        <v>37011</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Robe de nuit</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>37162</v>
+        <v>37161</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>37191</v>
+        <v>37162</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Liseuse</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>37192</v>
+        <v>37191</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Combinaison-culotte</t>
+          <t>Liseuse</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>taffetas, dentelle mécanique</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>37011</v>
+        <v>37192</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Robe de nuit</t>
+          <t>Combinaison-culotte</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
         <v>43056</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
@@ -3759,116 +3759,116 @@
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>62127</v>
+        <v>58185</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D101" s="2"/>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Valens</t>
+        </is>
+      </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1955 - 1958</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>58185</v>
+        <v>62127</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1958</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>59458</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
@@ -4455,281 +4455,281 @@
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>95274</v>
+        <v>57860</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe du soir et col pélerine </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Ted Lapidus,  / Lapidus, Ted</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>manteau, deux pièces, robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>tulle, taffetas, plissé</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>57860</v>
+        <v>95274</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Ensemble robe du soir et col pélerine </t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Ted Lapidus,  / Lapidus, Ted</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau, deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>tulle, taffetas, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
         <v>65685</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1975 - 1976</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>taffetas, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>74699</v>
+        <v>57859</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et étole</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1976 - 1977</t>
+          <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>91090</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
       <c r="F123" s="2"/>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>57859</v>
+        <v>74699</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Ensemble robe et étole</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1976 - 1978</t>
+          <t>1976 - 1977</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
         <v>65683</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Ensemble caraco et jupe longue </t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
@@ -4811,113 +4811,113 @@
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>74714</v>
+        <v>66490</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et sur-jupe </t>
+          <t>Ensemble robe et col </t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1980</t>
-[...2 lines deleted...]
-      <c r="F128" s="2"/>
+          <t>1978 - 1979</t>
+        </is>
+      </c>
+      <c r="F128" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>66490</v>
+        <v>74714</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et col </t>
+          <t>Ensemble robe et sur-jupe </t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1979</t>
-[...6 lines deleted...]
-      </c>
+          <t>1978 - 1980</t>
+        </is>
+      </c>
+      <c r="F129" s="2"/>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
         <v>76042</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>