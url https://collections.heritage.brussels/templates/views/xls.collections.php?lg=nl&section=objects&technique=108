--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -1011,225 +1011,225 @@
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie, os</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>87825</v>
+        <v>74199</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>88286</v>
+        <v>60926</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>74199</v>
+        <v>60927</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>60926</v>
+        <v>87825</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>60927</v>
+        <v>88286</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>61808</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Bretelles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1551,117 +1551,117 @@
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>88403</v>
+        <v>88407</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois, os, soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taffetas, passementerie</t>
+          <t>taffetas, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>88407</v>
+        <v>88403</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>bois, os, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, passementerie</t>
+          <t>technique de sculpture, taffetas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>58553</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Capote</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1855 - 1862</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -2127,189 +2127,189 @@
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>58544</v>
+        <v>36983</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Robe de ville</t>
+          <t>Ensemble robe, chapeau et bas</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1872</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>58547</v>
+        <v>36984</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe de petit garçon</t>
+          <t>Robe d'été</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1895</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>36983</v>
+        <v>58544</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe, chapeau et bas</t>
+          <t>Robe de ville</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1872</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>36984</v>
+        <v>58547</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe d'été</t>
+          <t>Robe de petit garçon</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1895</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sergé</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>58543</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1871 - 1872</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
@@ -2811,153 +2811,153 @@
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>43062</v>
+        <v>43080</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>43080</v>
+        <v>43081</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43081</v>
+        <v>43062</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>37027</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
@@ -3171,113 +3171,113 @@
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>laiton, bois, soie, ivoire</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>43058</v>
+        <v>45587</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G85" s="2"/>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>taffetas, lamé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>45587</v>
+        <v>43058</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G86" s="2"/>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <t>matière colorante, soie</t>
+        </is>
+      </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>taffetas, lamé, crêpe</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
         <v>43053</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la congrégation de la sainte Vierge d'Anderlecht</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1925 - 1950</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
@@ -4811,113 +4811,113 @@
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>66490</v>
+        <v>74714</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et col </t>
+          <t>Ensemble robe et sur-jupe </t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1979</t>
-[...6 lines deleted...]
-      </c>
+          <t>1978 - 1980</t>
+        </is>
+      </c>
+      <c r="F128" s="2"/>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>74714</v>
+        <v>66490</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et sur-jupe </t>
+          <t>Ensemble robe et col </t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1980</t>
-[...2 lines deleted...]
-      <c r="F129" s="2"/>
+          <t>1978 - 1979</t>
+        </is>
+      </c>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
         <v>76042</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>