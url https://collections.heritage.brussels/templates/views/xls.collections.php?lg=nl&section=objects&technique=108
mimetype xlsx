--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -903,333 +903,333 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1830 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>58552</v>
+        <v>45968</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>taffetas, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>45968</v>
+        <v>57933</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>57933</v>
+        <v>58552</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>74199</v>
+        <v>60926</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>60926</v>
+        <v>60927</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>60927</v>
+        <v>87825</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>87825</v>
+        <v>88286</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>88286</v>
+        <v>74199</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>61808</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Bretelles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1263,513 +1263,513 @@
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1848 - 1850</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>58551</v>
+        <v>45856</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Casaque</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>58566</v>
+        <v>36979</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>58567</v>
+        <v>46523</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
+          <t>taffetas, broché, lampas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>45856</v>
+        <v>36986</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau, masque</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, paille, métal, crin, carton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>velours, dentelle aux fuseaux, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>36979</v>
+        <v>36994</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>46523</v>
+        <v>58551</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Casaque</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché, lampas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>36986</v>
+        <v>58566</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>chapeau, masque</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, crin, carton</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle aux fuseaux, taffetas</t>
+          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>36994</v>
+        <v>58567</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1855</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton, ivoire</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>88407</v>
+        <v>88403</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>bois, os, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, passementerie</t>
+          <t>technique de sculpture, taffetas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>88403</v>
+        <v>88407</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois, os, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taffetas, passementerie</t>
+          <t>taffetas, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>58553</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Capote</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1855 - 1862</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>paille, soie, coton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>72917</v>
+        <v>61160</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1856</t>
+          <t>1855 - 1859</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taffetas, jacquard ou façonné</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>61160</v>
+        <v>72917</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1859</t>
+          <t>1855 - 1856</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>58449</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1857 - 1859</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
@@ -2703,261 +2703,261 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1893 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>43082</v>
+        <v>36996</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Corsage de demi-deuil </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>taffetas, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>36996</v>
+        <v>43082</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Corsage de demi-deuil </t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>taffetas, appliqué</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>80992</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>43080</v>
+        <v>43062</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>43081</v>
+        <v>43080</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43062</v>
+        <v>43081</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>37027</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
@@ -3311,265 +3311,265 @@
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1928 - 1935</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>100333</v>
+        <v>37011</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de nuit</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>robe longue, ceinture, accessoire de coiffure</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>soie, verre de Murano</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>plissé, taffetas, imprimé, satin</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>37011</v>
+        <v>37161</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Robe de nuit</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>37161</v>
+        <v>37162</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>37162</v>
+        <v>37191</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Liseuse</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>37191</v>
+        <v>37192</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Liseuse</t>
+          <t>Combinaison-culotte</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>37192</v>
+        <v>100333</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Combinaison-culotte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D94" s="2"/>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Fortuny, Mariano</t>
+        </is>
+      </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe longue, ceinture, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie, verre de Murano</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>taffetas, dentelle mécanique</t>
+          <t>plissé, taffetas, imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
         <v>43056</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
@@ -3679,125 +3679,125 @@
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>100474</v>
+        <v>81292</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>LH</t>
+          <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>vinyle, étain, polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>81292</v>
+        <v>100474</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Balmain, Pierre</t>
+          <t>LH</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>vinyle, étain, polyester</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>58185</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Valens</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1955 - 1958</t>
@@ -3943,165 +3943,165 @@
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>100473</v>
+        <v>57796</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Loewe,  / Perez de Rosas, José</t>
+          <t>Maggy Rouff</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1963</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>cuir, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>104794</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Severin Frères,  / Gallissimo</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>fourrure, laiton, cuir, fil de métal, soie</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>passementerie, taffetas, mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>57796</v>
+        <v>100473</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Maggy Rouff</t>
+          <t>Loewe,  / Perez de Rosas, José</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1963</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir, fibres synthétiques</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>76196</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut et jupe </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1961 - 1963</t>
@@ -4589,139 +4589,139 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>taffetas, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
         <v>57859</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Dior, Christian / Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>91090</v>
+        <v>74699</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe et étole</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
-      <c r="F123" s="2"/>
+      <c r="F123" s="2" t="inlineStr">
+        <is>
+          <t>ensemble</t>
+        </is>
+      </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>74699</v>
+        <v>91090</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et étole</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
-      <c r="F124" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F124" s="2"/>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
         <v>65683</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Ensemble caraco et jupe longue </t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
@@ -5043,120 +5043,120 @@
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>105889</v>
+        <v>74704</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Ensemble veste et robe </t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Gruno &amp; Chardin,  / Bikkembergs, Dirk / Yee, Marina</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1983 - 1984</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>74704</v>
+        <v>105889</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe </t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Gruno &amp; Chardin,  / Bikkembergs, Dirk / Yee, Marina</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1983 - 1984</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir, viscose</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
         <v>66511</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>