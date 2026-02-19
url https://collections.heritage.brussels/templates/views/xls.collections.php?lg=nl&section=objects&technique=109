--- v0 (2025-11-15)
+++ v1 (2026-02-19)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H44"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -215,102 +215,102 @@
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>sergé, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>57830</v>
+        <v>78048</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Chemise</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1790</t>
+          <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>78048</v>
+        <v>57830</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Chemise</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1800</t>
+          <t>1780 - 1790</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>61258</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Chemise</t>
@@ -323,153 +323,153 @@
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1790 - 1800</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>60922</v>
+        <v>92434</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1810</t>
+          <t>1800 - 1910</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>batiste</t>
+          <t>batiste, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>92434</v>
+        <v>92435</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Mouchoir</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1800 - 1910</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle à l'aiguille</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>92435</v>
+        <v>60922</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1910</t>
+          <t>1800 - 1810</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>haut</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>44452</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Corsage </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1810 - 1820</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
@@ -535,333 +535,333 @@
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1840 - 1930</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>napperon</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100378</v>
+        <v>87109</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Nappe</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1925</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>nappe</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
+          <t>batiste, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>44549</v>
+        <v>98585</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1930</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, batiste</t>
+          <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>45464</v>
+        <v>36990</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Mouchoir</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, batiste</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>45583</v>
+        <v>100378</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Nappe</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>nappe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>60891</v>
+        <v>44549</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Bonnet </t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie, batiste, dentelle aux fuseaux</t>
+          <t>dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>87109</v>
+        <v>45464</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1925</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle mécanique</t>
+          <t>dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>98585</v>
+        <v>45583</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1930</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>batiste</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>36990</v>
+        <v>60891</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Bonnet </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>broderie, batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>46404</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Mouchoir</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
@@ -967,807 +967,843 @@
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1872 - 1875</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>37037</v>
+        <v>99121</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Mouchoirs</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle mixte</t>
+          <t>dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99121</v>
+        <v>36991</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Mouchoir</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, batiste</t>
+          <t>dentelle aux fuseaux, dentelle à l'aiguille, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>36991</v>
+        <v>37037</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Ensemble de mouchoirs</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>mouchoir, ensemble</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, dentelle à l'aiguille, batiste</t>
+          <t>batiste, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>46410</v>
+        <v>105662</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Mouchoir </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle mixte</t>
+          <t>batiste, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>44433</v>
+        <v>46410</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, batiste</t>
+          <t>batiste, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>102938</v>
+        <v>44433</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>dentelle à l'aiguille, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>46412</v>
+        <v>102938</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Mouchoir</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
-      <c r="G30" s="2"/>
+      <c r="G30" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>batiste</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>59576</v>
+        <v>61041</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>batiste, satin, dentelle mécanique</t>
+          <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>60862</v>
+        <v>46412</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Bavoir tablier</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>mouchoir</t>
+        </is>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>60937</v>
+        <v>59576</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>batiste, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>60980</v>
+        <v>60862</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Robe de communion et aumônière</t>
+          <t>Bavoir tablier</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, sac</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>batiste</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>61040</v>
+        <v>60937</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>batiste</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>61041</v>
+        <v>60980</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Robe de communion et aumônière</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe de cérémonie, sac</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>60979</v>
+        <v>61040</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de communion</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1902</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>batiste, tulle, ottoman</t>
+          <t>batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>59299</v>
+        <v>60979</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Ensemble de communion</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1901 - 1902</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>batiste, tulle, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>61254</v>
+        <v>59299</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
-[...2 lines deleted...]
-      <c r="F39" s="2"/>
+          <t>1918 - </t>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <t>robe de cérémonie</t>
+        </is>
+      </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie, batiste</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>60872</v>
+        <v>61254</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1944 - 1945</t>
-[...6 lines deleted...]
-      </c>
+          <t>1920 - 1930</t>
+        </is>
+      </c>
+      <c r="F40" s="2"/>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>batiste, dentelle aux fuseaux</t>
+          <t>dentelle mécanique, broderie, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>100532</v>
+        <v>60872</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe croisée</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D41" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1944 - 1945</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie</t>
+          <t>batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>100516</v>
+        <v>100532</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de baptême</t>
+          <t>Robe croisée</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>chapeau, ensemble, robe de cérémonie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, batiste</t>
+          <t>batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>106565</v>
+        <v>100516</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, gilet et pantalon</t>
+          <t>Ensemble de baptême</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chapeau, ensemble, robe de cérémonie</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, faille, batiste</t>
+          <t>dentelle mécanique, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
+        <v>106565</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble veste, gilet et pantalon</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
+        <is>
+          <t>1989 - </t>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>trois pièces</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>lin, coton</t>
+        </is>
+      </c>
+      <c r="H44" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné, faille, batiste</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="1" t="n">
         <v>77978</v>
       </c>
-      <c r="B44" s="2" t="inlineStr">
+      <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Robe tunique</t>
         </is>
       </c>
-      <c r="C44" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D44" s="2" t="inlineStr">
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
         <is>
           <t>de Castelbajac, Jean-Charles</t>
         </is>
       </c>
-      <c r="E44" s="2" t="inlineStr">
+      <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
-      <c r="F44" s="2" t="inlineStr">
+      <c r="F45" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
-      <c r="G44" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H44" s="2" t="inlineStr">
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H45" s="2" t="inlineStr">
         <is>
           <t>imprimé, batiste</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">