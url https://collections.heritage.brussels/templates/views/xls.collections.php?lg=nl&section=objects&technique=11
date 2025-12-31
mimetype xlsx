--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -419,87 +419,87 @@
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1591 - 1610</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>31020</v>
+        <v>31068</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>fil d'or</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>31068</v>
+        <v>31020</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>fil d'or</t>
@@ -779,585 +779,585 @@
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>43487</v>
+        <v>30632</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>45154</v>
+        <v>30633</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>velours, damas, passementerie</t>
+          <t>passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>30632</v>
+        <v>43487</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage, broché</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>30633</v>
+        <v>45154</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Pale</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage</t>
+          <t>velours, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>43481</v>
+        <v>31026</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>43482</v>
+        <v>31027</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>43483</v>
+        <v>30626</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>dentelle, broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>43484</v>
+        <v>31022</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>43485</v>
+        <v>31024</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>43489</v>
+        <v>43481</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>31022</v>
+        <v>43482</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>31024</v>
+        <v>43483</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>31026</v>
+        <v>43484</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>31027</v>
+        <v>43485</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>voile de calice</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>voile de calice</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'argent</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>30626</v>
+        <v>43489</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>70901</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
@@ -2443,981 +2443,981 @@
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>fil d'or, fil d'argent, soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>43488</v>
+        <v>31019</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>31019</v>
+        <v>43488</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>43091</v>
+        <v>30617</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Robe de l'Enfant Jésus</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture, passementerie, dentelle</t>
+          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>43486</v>
+        <v>31025</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or, soie, verre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>30864</v>
+        <v>30618</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>30865</v>
+        <v>30619</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>bois, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>30606</v>
+        <v>30620</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
+          <t>bannière de sainte Barbe</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>30607</v>
+        <v>30622</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>30617</v>
+        <v>30624</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>31025</v>
+        <v>30625</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie, verre</t>
+          <t>fil d'argent, fil d'or, soie</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>30618</v>
+        <v>30627</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>30619</v>
+        <v>30628</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>30620</v>
+        <v>31055</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>bannière de sainte Barbe</t>
+          <t>Bannière de procession de Jean Baptiste</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
+          <t>fil de métal, soie, verre, perle</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>30622</v>
+        <v>31058</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil de métal, perle</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>30624</v>
+        <v>31065</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30625</v>
+        <v>30644</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, fil d'or, soie</t>
+          <t>peinture à l'huile, toile, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>30627</v>
+        <v>30684</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>30628</v>
+        <v>30695</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>31055</v>
+        <v>30696</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Bannière de procession de Jean Baptiste</t>
+          <t>Bannière du Mariage de la Vierge</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, verre, perle</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>31058</v>
+        <v>30863</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, perle</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>31065</v>
+        <v>30864</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>30644</v>
+        <v>30865</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, soie, fil d'argent</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>30684</v>
+        <v>30606</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>30695</v>
+        <v>30607</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, dentelle, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>30696</v>
+        <v>43486</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Bannière du Mariage de la Vierge</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>30863</v>
+        <v>43091</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Robe de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, broché</t>
+          <t>broderie, couture, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>70898</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
@@ -3763,81 +3763,81 @@
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1830 - 1832</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, bois, verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>teint, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>45980</v>
+        <v>30602</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bannière de la confrérie de Saint Charles Borromée</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>passementerie, imprimé</t>
+          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>57933</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
@@ -4015,81 +4015,81 @@
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>30602</v>
+        <v>45980</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Charles Borromée</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
+          <t>passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>80810</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1840 - 1920</t>
         </is>
       </c>
       <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
@@ -4407,301 +4407,301 @@
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de sculpture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>43070</v>
+        <v>58564</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>ottoman, satin, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>43075</v>
+        <v>43070</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>43076</v>
+        <v>43075</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>43077</v>
+        <v>43076</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>56689</v>
+        <v>43077</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>43079</v>
+        <v>56689</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D124" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Dewinter-Spinoy</t>
+        </is>
+      </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1921</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>58564</v>
+        <v>43079</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin, passementerie, toile</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
         <v>88506</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
           <t>Cordelière</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
@@ -5307,153 +5307,153 @@
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>62326</v>
+        <v>30600</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline </t>
+          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>passementerie, gaze, broché</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>30604</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>30600</v>
+        <v>62326</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
+          <t>Robe à crinoline </t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1853 - 1853</t>
+          <t>1853 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, gaze, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>60118</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise </t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
@@ -6043,121 +6043,121 @@
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>fil d'argent, toile, matière colorante, carton</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>45476</v>
+        <v>66245</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D164" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>Piret,  J. H.</t>
+        </is>
+      </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>ottoman, passementerie, dentelle, satin</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>66245</v>
+        <v>45476</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>ottoman, passementerie, dentelle, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
         <v>66246</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
           <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
@@ -6919,157 +6919,157 @@
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, métal, métal</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>satin, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>45201</v>
+        <v>43477</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Notre-Dame de l'Immaculée Conception</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1899</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>fil d'argent, soie, toile, verre, matière colorante</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>passementerie, macramé</t>
+          <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>43477</v>
+        <v>62666</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de l'Immaculée Conception</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D189" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Baes, Firmin</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, toile, verre, matière colorante</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, tissage, broderie, passementerie</t>
+          <t>lamé, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>62666</v>
+        <v>45201</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D190" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1899</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie, chenille</t>
+          <t>passementerie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
         <v>81274</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
           <t>Cape</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
@@ -7503,125 +7503,125 @@
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>56754</v>
+        <v>66191</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
+          <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Fonson Cie</t>
+          <t>Renert,  J.</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1892 - 1922</t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
+          <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, broderie</t>
+          <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>66191</v>
+        <v>56754</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
+          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Renert,  J.</t>
+          <t>Fonson Cie</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1892 - 1922</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
+          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
+          <t>toile, broderie, passementerie, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>63770</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
@@ -7655,121 +7655,121 @@
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>métal, soie, fil d'or, fil d'argent, métal</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>45480</v>
+        <v>44884</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D208" s="2"/>
+      <c r="D208" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>perle, coton</t>
+          <t>laine, soie, laine, soie</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
+          <t>chenille, satin, drap, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>44884</v>
+        <v>45480</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D209" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, laine, soie</t>
+          <t>perle, coton</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>chenille, satin, drap, mousseline</t>
+          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>95650</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
@@ -8683,117 +8683,117 @@
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>37184</v>
+        <v>37033</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Habit de cérémonie</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>cuir, laiton, soie</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>drap, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>37033</v>
+        <v>37184</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Habit de cérémonie</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>cuir, laiton, soie</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>43490</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
@@ -9007,121 +9007,121 @@
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F244" s="2"/>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>fibres artificielles, laine, bois, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>faille, feutrine, passementerie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>58706</v>
+        <v>37016</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D245" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>satin, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>37016</v>
+        <v>58706</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D246" s="2"/>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>Valens,  / Dior,  / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, chenille</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>104794</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Severin Frères,  / Gallissimo</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>