--- v1 (2025-12-31)
+++ v2 (2025-12-31)
@@ -275,148 +275,148 @@
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>coton, métal, verre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>31029</v>
+        <v>31225</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>31030</v>
+        <v>31029</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>31225</v>
+        <v>31030</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>31028</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
@@ -851,1061 +851,1061 @@
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>43487</v>
+        <v>45154</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Pale</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>velours, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>45154</v>
+        <v>43487</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>velours, damas, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>31026</v>
+        <v>31022</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>31027</v>
+        <v>31024</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'argent</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>30626</v>
+        <v>31026</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>31022</v>
+        <v>31027</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>damas, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>31024</v>
+        <v>30626</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>dentelle, broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>43481</v>
+        <v>43489</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>43482</v>
+        <v>43481</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>43483</v>
+        <v>43482</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>43484</v>
+        <v>43483</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>43485</v>
+        <v>43484</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>43489</v>
+        <v>43485</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>70901</v>
+        <v>70916</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>70903</v>
+        <v>86867</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>70904</v>
+        <v>86868</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie, taffetas</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>70907</v>
+        <v>86869</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie, taffetas</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>70909</v>
+        <v>86870</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>tissage, technique d'impression, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>70910</v>
+        <v>70890</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>70911</v>
+        <v>70894</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>70916</v>
+        <v>70897</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D41" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>86867</v>
+        <v>70901</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>86868</v>
+        <v>70903</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>86869</v>
+        <v>70904</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>tissage, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>86870</v>
+        <v>70907</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'impression, passementerie</t>
+          <t>tissage, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>70890</v>
+        <v>70909</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>70894</v>
+        <v>70910</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>70897</v>
+        <v>70911</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D48" s="2"/>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>brocart d'argent, soie, fil d'or</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>86871</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
@@ -2155,189 +2155,189 @@
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>antependium et devant d'autel</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>31035</v>
+        <v>30637</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>31036</v>
+        <v>30638</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>30637</v>
+        <v>31035</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage, broché</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>30638</v>
+        <v>31036</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage, broché</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>30639</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
@@ -2515,1221 +2515,1221 @@
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>30617</v>
+        <v>31055</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Bannière de procession de Jean Baptiste</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
+          <t>fil de métal, soie, verre, perle</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>31025</v>
+        <v>31058</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie, verre</t>
+          <t>soie, fil de métal, perle</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>30618</v>
+        <v>31065</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>30619</v>
+        <v>30644</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent</t>
+          <t>peinture à l'huile, toile, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>30620</v>
+        <v>30684</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>bannière de sainte Barbe</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>30622</v>
+        <v>30695</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>30624</v>
+        <v>30696</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Bannière du Mariage de la Vierge</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>30625</v>
+        <v>30863</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, fil d'or, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>30627</v>
+        <v>30864</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>30628</v>
+        <v>30865</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>31055</v>
+        <v>30606</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Bannière de procession de Jean Baptiste</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, verre, perle</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>31058</v>
+        <v>30607</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, perle</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>passementerie, dentelle, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>31065</v>
+        <v>30617</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30644</v>
+        <v>31025</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, soie, fil d'argent</t>
+          <t>fil d'or, soie, verre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>30684</v>
+        <v>30618</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>30695</v>
+        <v>30619</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>bois, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>30696</v>
+        <v>30620</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Bannière du Mariage de la Vierge</t>
+          <t>bannière de sainte Barbe</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>30863</v>
+        <v>30622</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, broché</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>30864</v>
+        <v>30624</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>30865</v>
+        <v>30625</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'argent, fil d'or, soie</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>30606</v>
+        <v>30627</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>30607</v>
+        <v>30628</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>43486</v>
+        <v>43091</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>Robe de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>broderie, couture, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>43091</v>
+        <v>43486</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Robe de l'Enfant Jésus</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture, passementerie, dentelle</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>70898</v>
+        <v>70914</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>70899</v>
+        <v>70892</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>70900</v>
+        <v>70898</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>70908</v>
+        <v>70899</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>70912</v>
+        <v>70900</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>70913</v>
+        <v>70908</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D96" s="2"/>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>70914</v>
+        <v>70912</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D97" s="2"/>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>70892</v>
+        <v>70913</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D98" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>43474</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Saint Guidon</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1819 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
@@ -3799,297 +3799,297 @@
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>57933</v>
+        <v>44957</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>58552</v>
+        <v>44958</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>58565</v>
+        <v>45980</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie, os, damas, bois</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie</t>
+          <t>passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>63573</v>
+        <v>57933</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>44957</v>
+        <v>58552</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>44958</v>
+        <v>58565</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, os, damas, bois</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>45980</v>
+        <v>63573</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>passementerie, imprimé</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>80810</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1840 - 1920</t>
         </is>
       </c>
       <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
@@ -4115,189 +4115,189 @@
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1840 - 1920</t>
         </is>
       </c>
       <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>90603</v>
+        <v>87825</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie, technique de sculpture</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>90606</v>
+        <v>88286</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie, technique de sculpture</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>87825</v>
+        <v>90603</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>toile, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>88286</v>
+        <v>90606</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>toile, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>30621</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Manteau de la Vierge</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
@@ -4407,621 +4407,621 @@
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de sculpture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>58564</v>
+        <v>43070</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin, passementerie, toile</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>43070</v>
+        <v>43075</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>43075</v>
+        <v>43076</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>43076</v>
+        <v>43077</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>43077</v>
+        <v>56689</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D123" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Dewinter-Spinoy</t>
+        </is>
+      </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1921</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>56689</v>
+        <v>43079</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>43079</v>
+        <v>58564</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>ottoman, satin, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>88506</v>
+        <v>88118</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Cordelière</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, bois</t>
+          <t>soie, rotin, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>tissage, satin, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>88507</v>
+        <v>88403</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Cordelière</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, bois</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>technique de sculpture, taffetas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>88508</v>
+        <v>88407</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Cordelière</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, bois</t>
+          <t>bois, os, soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>taffetas, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>88510</v>
+        <v>88506</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Cordelière</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
-      <c r="F129" s="2"/>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>objet civil</t>
+        </is>
+      </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, bois</t>
+          <t>fil d'or, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>88525</v>
+        <v>88507</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Hampe</t>
+          <t>Cordelière</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>fil d'or, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>velours, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>88533</v>
+        <v>88508</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Hampe</t>
+          <t>Cordelière</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>fil d'or, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>velours, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>88118</v>
+        <v>88510</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Cordelière</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
-[...6 lines deleted...]
-      </c>
+          <t>1850 - 1950</t>
+        </is>
+      </c>
+      <c r="F132" s="2"/>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>soie, rotin, bois</t>
+          <t>fil de métal, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>tissage, satin, technique de sculpture, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>88403</v>
+        <v>88525</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Hampe</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taffetas, passementerie</t>
+          <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>88407</v>
+        <v>88533</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Hampe</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>bois, os, soie</t>
+          <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, passementerie</t>
+          <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
         <v>30859</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
@@ -5199,127 +5199,127 @@
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>93374</v>
+        <v>93376</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>93375</v>
+        <v>93374</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée conception</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>93376</v>
+        <v>93375</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus Sauveur</t>
+          <t>Vierge de l’Immaculée conception</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
@@ -6267,441 +6267,441 @@
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>83506</v>
+        <v>73135</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, coton</t>
+          <t>coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>passementerie, sergé, damas</t>
+          <t>toile, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>73135</v>
+        <v>73139</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal, carton</t>
+          <t>soie, carton</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>toile, damas, passementerie</t>
+          <t>toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>73139</v>
+        <v>73144</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>soie, carton</t>
+          <t>soie, coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>73144</v>
+        <v>73147</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal, carton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>73147</v>
+        <v>73191</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>carton, soie</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>damas, passementerie</t>
+          <t>passementerie, toile, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>73191</v>
+        <v>73192</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>carton, soie</t>
+          <t>fil d'or, coton, carton</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>passementerie, toile, damas</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>73192</v>
+        <v>73193</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, coton, carton</t>
+          <t>coton, carton</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>73193</v>
+        <v>73196</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>coton, carton</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>73196</v>
+        <v>73199</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>soie, coton, carton, fil d'or</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>73199</v>
+        <v>76245</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Drapeau de la Société royale l'Avenir</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, carton, fil d'or</t>
+          <t>soie, fil d'or, métal, bois, métal, soie</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>76245</v>
+        <v>83506</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société royale l'Avenir</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, métal, bois, métal, soie</t>
+          <t>fil d'argent, soie, coton</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
+          <t>passementerie, sergé, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
         <v>87745</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
@@ -6919,269 +6919,269 @@
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, métal, métal</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>satin, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>43477</v>
+        <v>45201</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de l'Immaculée Conception</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1899</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, toile, verre, matière colorante</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, tissage, broderie, passementerie</t>
+          <t>passementerie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>62666</v>
+        <v>43477</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Notre-Dame de l'Immaculée Conception</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>fil d'argent, soie, toile, verre, matière colorante</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie, chenille</t>
+          <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>45201</v>
+        <v>62666</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D190" s="2"/>
+      <c r="D190" s="2" t="inlineStr">
+        <is>
+          <t>Baes, Firmin</t>
+        </is>
+      </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1899</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>passementerie, macramé</t>
+          <t>lamé, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>81274</v>
+        <v>66247</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Képi de la police de Saint-Gilles</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D191" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>fil de métal, matière plastique, métal</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie</t>
+          <t>passementerie, broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>81276</v>
+        <v>81274</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1892</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>66247</v>
+        <v>81276</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Képi de la police de Saint-Gilles</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1892</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, matière plastique, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, couture</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
         <v>43478</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
           <t>Le Sacré Cœur du Christ</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
@@ -8091,189 +8091,189 @@
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>dentelle, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>90507</v>
+        <v>87787</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, bois, porcelaine</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>satin, passementerie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>87787</v>
+        <v>87793</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, porcelaine</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, mousseline</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>87793</v>
+        <v>87830</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>87830</v>
+        <v>90507</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
         <v>77893</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1902 - 1904</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
@@ -8383,117 +8383,117 @@
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>81240</v>
+        <v>76302</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bannière "La Fraternelle"</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1912</t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>broderie, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>76302</v>
+        <v>81240</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Bannière "La Fraternelle"</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - 1912</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bambou, métal, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
         <v>81848</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
           <t>Bannière "Cortège de la Fleur de la Reine"</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>