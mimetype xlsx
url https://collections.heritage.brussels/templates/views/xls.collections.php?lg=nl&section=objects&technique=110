--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -255,148 +255,148 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>crêpe, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>62671</v>
+        <v>53945</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1928</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>53945</v>
+        <v>60953</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>60953</v>
+        <v>62671</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1928</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>80248</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Robe à danser</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
@@ -1295,219 +1295,219 @@
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1928 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>crêpe, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>104792</v>
+        <v>36976</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>36976</v>
+        <v>37112</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>37112</v>
+        <v>37150</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>37150</v>
+        <v>37177</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>37177</v>
+        <v>104792</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Severin Frères</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>81399</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1623,189 +1623,189 @@
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>61077</v>
+        <v>37115</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Aumônière</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1932 - 1933</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle</t>
+          <t>crêpe, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>37115</v>
+        <v>37125</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1933</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broché</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>37125</v>
+        <v>37126</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>37126</v>
+        <v>61077</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Aumônière</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>86373</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Maison Vionnet</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
@@ -2515,201 +2515,201 @@
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1960 - 1964</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>81348</v>
+        <v>99160</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D66" s="2"/>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>99160</v>
+        <v>81360</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>81360</v>
+        <v>88867</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>88867</v>
+        <v>81348</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D69" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>crêpe, appliqué</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>57798</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Natan</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
@@ -2947,264 +2947,264 @@
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>broderie, gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>99765</v>
+        <v>57802</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D77" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F77" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F77" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>57802</v>
+        <v>99765</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F78" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99924</v>
+        <v>60376</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1970</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>60376</v>
+        <v>99924</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1970</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>99288</v>
+        <v>67911</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Tunique</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D81" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>67911</v>
+        <v>99288</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Tunique</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
         <v>73373</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
@@ -3327,115 +3327,115 @@
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>99936</v>
+        <v>57994</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>57994</v>
+        <v>99936</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>78096</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier </t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3959,116 +3959,116 @@
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>trois pièces, jupe, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>99203</v>
+        <v>60023</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Yamamoto Kansai Company,  / Yamamoto, Kansai</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
-      <c r="F103" s="2"/>
+      <c r="F103" s="2" t="inlineStr">
+        <is>
+          <t>robe</t>
+        </is>
+      </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>60023</v>
+        <v>99203</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Yamamoto Kansai Company,  / Yamamoto, Kansai</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
-      <c r="F104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F104" s="2"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>81332</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Jean-Louis Scherrer,  / Scherrer, Jean-Louis</t>
@@ -4671,125 +4671,125 @@
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>crêpe, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>55699</v>
+        <v>60338</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Blouse asymétrique</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>viscose, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>crêpe, enduit, tricot</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>60338</v>
+        <v>55699</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Giorgio Armani,  / Armani, Giorgio</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose, fibres synthétiques</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, enduit, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>73926</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Balenciaga,  / Ghesquière, Nicolas</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
@@ -4991,125 +4991,125 @@
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>99940</v>
+        <v>54156</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>acétate, viscose</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie, taffetas</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>54156</v>
+        <v>99940</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>60154</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
@@ -5471,325 +5471,325 @@
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>54908</v>
+        <v>37102</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>37102</v>
+        <v>60435</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>60435</v>
+        <v>54908</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
           <t>Blouse</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>85580</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>laine, polyester</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>54128</v>
+        <v>37099</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Robe housse</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>D'hoore, Sofie / Sofie D'Hoore</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2015</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>63142</v>
+        <v>54128</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Robe housse</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>D'hoore, Sofie / Sofie D'Hoore</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose, acétate</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>teint, crêpe</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>37099</v>
+        <v>63142</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>cuir, viscose, acétate</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, jersey</t>
+          <t>teint, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
         <v>37101</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
           <t>Foulard</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>