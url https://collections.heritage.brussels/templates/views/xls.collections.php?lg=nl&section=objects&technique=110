--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -611,1057 +611,1057 @@
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>velours, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>58467</v>
+        <v>53947</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>58695</v>
+        <v>53950</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1925</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>53947</v>
+        <v>58467</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>53950</v>
+        <v>58695</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Vionnet, Madeleine / Maison Vionnet</t>
+        </is>
+      </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>81357</v>
+        <v>80082</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81475</v>
+        <v>80085</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1928</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>crochet, crêpe</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>80082</v>
+        <v>80103</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>pâte de verre, soie, matière synthétique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>80085</v>
+        <v>80109</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>80103</v>
+        <v>80221</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe, sous-vêtement</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, soie, matière synthétique</t>
+          <t>soie, métal, verre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>80109</v>
+        <v>80249</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>80221</v>
+        <v>81357</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe, sous-vêtement</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>80249</v>
+        <v>81475</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1928</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crochet, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>58463</v>
+        <v>45051</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>mousseline, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>45051</v>
+        <v>45977</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G27" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G27" s="2" t="inlineStr">
+        <is>
+          <t>métal, soie, verre</t>
+        </is>
+      </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>mousseline, crêpe</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>45977</v>
+        <v>58463</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>81316</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1926 - 1930</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>37114</v>
+        <v>59152</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1930</t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>59152</v>
+        <v>37114</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1927 - 1930</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>37175</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1928 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>crêpe, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>36976</v>
+        <v>37150</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>37112</v>
+        <v>37177</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>37150</v>
+        <v>36976</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>37177</v>
+        <v>37112</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>104792</v>
+        <v>81489</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>81399</v>
+        <v>80717</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>crêpe, tulle</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>81488</v>
+        <v>81399</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>81489</v>
+        <v>81488</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>80717</v>
+        <v>104792</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Severin Frères</t>
+        </is>
+      </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>37115</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1932 - 1933</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -2339,148 +2339,148 @@
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>95513</v>
+        <v>86199</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Paletot</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>73789</v>
+        <v>95513</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Paletot</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>86199</v>
+        <v>73789</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>74766</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe, pochette et diadème</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
@@ -2515,196 +2515,196 @@
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1960 - 1964</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>99160</v>
+        <v>88867</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>81360</v>
+        <v>81348</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D67" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>88867</v>
+        <v>99160</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>crêpe, appliqué</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>81348</v>
+        <v>81360</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D69" s="2"/>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Valens</t>
+        </is>
+      </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>57798</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Natan</t>
@@ -2843,51 +2843,55 @@
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>laine, coton</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>57805</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D74" s="2"/>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Dior,  / Bohan, Marc</t>
+        </is>
+      </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>deux pièces, robe, veste d'intérieur</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>90661</v>
       </c>
@@ -3131,85 +3135,81 @@
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>99288</v>
+        <v>81327</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D82" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
         <v>73373</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1970 - 1970</t>
@@ -3251,81 +3251,85 @@
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>acétate, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>81327</v>
+        <v>99288</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D85" s="2"/>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>57989</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
@@ -3367,235 +3371,235 @@
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>99936</v>
+        <v>78096</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe chemisier </t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>78096</v>
+        <v>99936</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier </t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>102295</v>
+        <v>81285</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Clark, Ossie</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1978</t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>81285</v>
+        <v>91088</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Ensemble deux pièces, jumpsuit et tablier</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>91088</v>
+        <v>102295</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces, jumpsuit et tablier</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Clark, Ossie</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1973 - 1978</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
         <v>80340</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
           <t>Ensemble </t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3803,201 +3807,201 @@
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>99929</v>
+        <v>81395</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Ensemble veste et jupe</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Sonia Rykiel</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1980 - 1995</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>deux pièces, veste d'intérieur, jupe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>acétate, viscose</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>99930</v>
+        <v>81466</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Ensemble jupe et deux corsages</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D100" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>trois pièces, jupe, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>81395</v>
+        <v>99929</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et jupe</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Sonia Rykiel</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1995</t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, veste d'intérieur, jupe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>81466</v>
+        <v>99930</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Ensemble jupe et deux corsages</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D102" s="2"/>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, jupe, haut à manches courtes ou longues</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>toile, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>60023</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Yamamoto Kansai Company,  / Yamamoto, Kansai</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
@@ -4155,118 +4159,118 @@
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>sergé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>72301</v>
+        <v>86380</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Robe asymétrique </t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Gibo</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1989 - 1990</t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G108" s="2"/>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>86380</v>
+        <v>72301</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique </t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Gibo</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1989 - 1990</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...2 lines deleted...]
-      <c r="G109" s="2"/>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>laine, polyamide (=nylon)</t>
+        </is>
+      </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>75937</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Ensemble combi-short, veste et accessoires</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Chantal Thomass,  / Thomass, Chantal</t>
         </is>
       </c>
@@ -4311,245 +4315,245 @@
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>coton, acétate, viscose</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>105870</v>
+        <v>81743</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Haut</t>
+          <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1999</t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>81743</v>
+        <v>105870</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et gilet</t>
+          <t>Haut</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, velours, broderie</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>61841</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Robe du soir "Solaris"</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>crêpe, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>72361</v>
+        <v>88060</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>88060</v>
+        <v>72361</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
         <v>59962</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
@@ -4591,125 +4595,125 @@
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>74238</v>
+        <v>90580</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et débardeur</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Gaultier, Jean-Paul / Jean Paul Gaultier</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>acétate, modal, soie, cuir, aluminium</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>crêpe, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>90580</v>
+        <v>74238</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble robe et débardeur</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Gaultier, Jean-Paul / Jean Paul Gaultier</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>acétate, modal, soie, cuir, aluminium</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>crêpe, technique d'impression</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
         <v>60338</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
@@ -4871,165 +4875,165 @@
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>72482</v>
+        <v>85443</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>72757</v>
+        <v>72482</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>crêpe, passementerie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>85443</v>
+        <v>72757</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>crêpe, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
         <v>54156</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
@@ -5471,485 +5475,485 @@
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>37102</v>
+        <v>60435</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>60435</v>
+        <v>54908</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Blouse</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>54908</v>
+        <v>37102</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>85580</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>laine, polyester</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>37099</v>
+        <v>54128</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Robe housse</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>D'hoore, Sofie / Sofie D'Hoore</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, jersey</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>54128</v>
+        <v>63142</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Robe housse</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>D'hoore, Sofie / Sofie D'Hoore</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2015</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir, viscose, acétate</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>teint, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>63142</v>
+        <v>37099</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose, acétate</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>teint, crêpe</t>
+          <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>37101</v>
+        <v>59408</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>59408</v>
+        <v>60436</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie, polyéthylène, polyester, cuir</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>60436</v>
+        <v>60437</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>soie, polyéthylène, polyester, cuir</t>
+          <t>polyester, soie, polyéthylène</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>crêpe, teint</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>60437</v>
+        <v>37101</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>polyester, soie, polyéthylène</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
         <v>85616</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
           <t>Jupe</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>