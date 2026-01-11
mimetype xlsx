--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -827,189 +827,189 @@
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>87741</v>
+        <v>59723</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cuivre, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, gaze</t>
+          <t>taillé, peint, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>87792</v>
+        <v>87741</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>cuivre, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>gaze, dentelle, vernis</t>
+          <t>dentelle mécanique, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>59677</v>
+        <v>87792</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>gaze, dentelle, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>59723</v>
+        <v>59677</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze, dentelle mécanique</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>45090</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Cape </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1885 - 1895</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
@@ -1115,121 +1115,121 @@
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, plissé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>59707</v>
+        <v>80289</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1898</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène, gouache</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, gaze, peint</t>
+          <t>gaze, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>80289</v>
+        <v>59707</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1893 - 1898</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, ébène, gouache</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>gaze, dentelle aux fuseaux</t>
+          <t>taillé, dentelle mécanique, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>59763</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Éventail plié </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1299,517 +1299,517 @@
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>écaille, soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>59675</v>
+        <v>59708</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, gaze, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>59676</v>
+        <v>59766</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>écaille, nacre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>59708</v>
+        <v>59769</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mixte</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>59766</v>
+        <v>59770</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>écaille, nacre</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>59769</v>
+        <v>59771</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>59770</v>
+        <v>59772</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>59771</v>
+        <v>59800</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>59772</v>
+        <v>59608</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59800</v>
+        <v>59611</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>59608</v>
+        <v>59613</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>59611</v>
+        <v>59645</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>écaille, coton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>59613</v>
+        <v>59675</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>59645</v>
+        <v>59676</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>60947</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
@@ -1843,153 +1843,153 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>déguisement</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>soie, paille, métal, coton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>gaze, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>59700</v>
+        <v>36999</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, gaze, broderie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>36999</v>
+        <v>59629</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>broderie, taillé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>59629</v>
+        <v>59700</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé, gaze</t>
+          <t>technique de sculpture, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>59647</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
@@ -2027,117 +2027,117 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1919 - 1950</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>métal, bois, soie, fil de métal, fibres synthétiques</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>gaze, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>87797</v>
+        <v>74502</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, bois, corne, cuir</t>
+          <t>gouache, bois, soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, toile, gaze</t>
+          <t>peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>74502</v>
+        <v>87797</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>gouache, bois, soie</t>
+          <t>coton, soie, bois, corne, cuir</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>peint, gaze, broderie</t>
+          <t>technique de sculpture, toile, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>45454</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
@@ -2171,113 +2171,113 @@
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>perle</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>81353</v>
+        <v>65982</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G57" s="2"/>
+          <t>chapeau</t>
+        </is>
+      </c>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>paille</t>
+        </is>
+      </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>velours, gaze</t>
+          <t>gaze, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>65982</v>
+        <v>81353</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>gaze, tulle</t>
+          <t>velours, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>78174</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Minirobe</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Laroche, Guy</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>