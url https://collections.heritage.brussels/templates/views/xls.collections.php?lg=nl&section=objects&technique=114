--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -499,153 +499,153 @@
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>mousseline, satin, dentelle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>58665</v>
+        <v>87745</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie, bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>taffetas, mousseline, ottoman</t>
+          <t>passementerie, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>88474</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>87745</v>
+        <v>58665</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, mousseline</t>
+          <t>taffetas, mousseline, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>103683</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Col en cours d'élaboration</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
@@ -863,117 +863,117 @@
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>soie, jais</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>80938</v>
+        <v>87787</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>ensemble, haut à manches courtes ou longues, ceinture, jupe, sous-vêtement chaussant</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois, porcelaine</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, mousseline</t>
+          <t>satin, passementerie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>87787</v>
+        <v>80938</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>ensemble, haut à manches courtes ou longues, ceinture, jupe, sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, porcelaine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, mousseline</t>
+          <t>jacquard ou façonné, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>37027</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
@@ -1043,476 +1043,484 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>45642</v>
+        <v>37026</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Paul Poiret</t>
+        </is>
+      </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>perle, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>satin, tulle, mousseline</t>
+          <t>damas, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>37026</v>
+        <v>45642</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>perle, jais</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>damas, mousseline</t>
+          <t>satin, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>81410</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hirsch &amp; Cie</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>45200</v>
+        <v>95594</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé, mousseline, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>80869</v>
+        <v>81483</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>81483</v>
+        <v>58959</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>velours, mousseline</t>
+          <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>58959</v>
+        <v>45200</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>95594</v>
+        <v>80869</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, jacquard ou façonné</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>78606</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie, chevreau</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>80235</v>
+        <v>58465</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe à diner</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé, mousseline, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>58465</v>
+        <v>58875</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe à diner</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, lamé</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>58875</v>
+        <v>80235</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>59976</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Robe du soir "Fontaine lumineuse"</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Lanvin, Jeanne</t>
@@ -1555,441 +1563,441 @@
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie, matière synthétique, jais</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>53946</v>
+        <v>31084</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe charleston</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>80101</v>
+        <v>59649</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>80108</v>
+        <v>59975</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Jean Patou,  / Patou, Jean</t>
+        </is>
+      </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1926</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, plume</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>31084</v>
+        <v>53946</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe charleston</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>59649</v>
+        <v>80101</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1925</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>59975</v>
+        <v>80108</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D45" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1926</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, plume</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>45051</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>mousseline, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>37178</v>
+        <v>95592</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle</t>
+          <t>broderie, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>37169</v>
+        <v>95593</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe du soir et cape</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>mousseline, dentelle mécanique</t>
+          <t>broderie, mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>95592</v>
+        <v>37169</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle, mousseline</t>
+          <t>mousseline, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95593</v>
+        <v>37178</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline, tulle</t>
+          <t>mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>37168</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Robe d'hôtesse</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Vionnet, Madeleine / Maison Vionnet</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1937 - 1939</t>
@@ -2027,192 +2035,192 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>organdi, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>80345</v>
+        <v>92412</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D53" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>velours, ottoman, mousseline</t>
+          <t>mousseline, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>92412</v>
+        <v>80345</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Louis Mies,  / Mies, Louis</t>
+        </is>
+      </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>mousseline, jersey</t>
+          <t>velours, ottoman, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>45640</v>
+        <v>81629</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D55" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1953 - 1953</t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>81629</v>
+        <v>45640</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D56" s="2"/>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>81423</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
@@ -2487,183 +2495,183 @@
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>57851</v>
+        <v>95438</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse, short et bottes</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>57863</v>
+        <v>99128</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>95438</v>
+        <v>57851</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble blouse, short et bottes</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G67" s="2"/>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99128</v>
+        <v>57863</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>80343</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -2715,190 +2723,190 @@
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>73387</v>
+        <v>99202</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Zandra Rhodes ,  / Rhodes, Zandra</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut</t>
+        </is>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sérigraphié, satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>57983</v>
+        <v>73387</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D72" s="2"/>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Zandra Rhodes ,  / Rhodes, Zandra</t>
+        </is>
+      </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, sérigraphié, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>57996</v>
+        <v>57983</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99202</v>
+        <v>57996</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D74" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
-[...2 lines deleted...]
-      <c r="G74" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>57995</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
@@ -2943,161 +2951,165 @@
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1976 - 1979</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>65684</v>
+        <v>98497</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Ensemble robe longue et manteau</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Chloé,  / Lagerfeld, Karl</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau, deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>mousseline, taffetas, imprimé, lamé</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>57990</v>
+        <v>65684</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>98497</v>
+        <v>57990</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Chloé,  / Lagerfeld, Karl</t>
+          <t>Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>manteau, deux pièces, robe longue</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>57988</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>