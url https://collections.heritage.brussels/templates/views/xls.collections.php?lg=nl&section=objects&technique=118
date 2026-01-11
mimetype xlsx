--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,109 +179,109 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>44945</v>
+        <v>81238</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pélerine</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>coton, jais</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, ottoman</t>
+          <t>ottoman, appliqué, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>81238</v>
+        <v>44945</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Pélerine</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>coton, jais</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>ottoman, appliqué, dentelle mécanique</t>
+          <t>passementerie, dentelle mécanique, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>99215</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
@@ -567,117 +567,117 @@
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>81265</v>
+        <v>58665</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>broderie, ottoman</t>
+          <t>taffetas, mousseline, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>58665</v>
+        <v>81265</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>taffetas, mousseline, ottoman</t>
+          <t>broderie, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>58534</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Robe à tournure</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
@@ -711,113 +711,113 @@
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1883 - 1888</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>velours, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>87826</v>
+        <v>90554</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>argenté, sergé, ottoman</t>
+          <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>90554</v>
+        <v>87826</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G18" s="2"/>
+          <t>canne, ombrelle, parapluie</t>
+        </is>
+      </c>
+      <c r="G18" s="2" t="inlineStr">
+        <is>
+          <t>soie, bambou, métal</t>
+        </is>
+      </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>organdi, satin, moiré, ottoman</t>
+          <t>argenté, sergé, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>88120</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
@@ -1183,115 +1183,115 @@
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>crocodile, soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>ottoman, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>81459</v>
+        <v>57627</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Maison Grès</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>57627</v>
+        <v>81459</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Maison Grès</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>53938</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1491,157 +1491,157 @@
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>robe longue, haut à manches courtes ou longues, accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>81431</v>
+        <v>57952</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Manteau de cérémonie</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D38" s="2"/>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Louis Mies,  / Mies, Louis</t>
+        </is>
+      </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1957 - 1958</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe, robe longue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>ottoman</t>
+          <t>ottoman, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>57952</v>
+        <v>58487</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1958</t>
+          <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe, robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>ottoman, dentelle</t>
+          <t>ottoman, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>58487</v>
+        <v>81431</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Manteau de cérémonie</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>ottoman, tulle</t>
+          <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>90149</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>