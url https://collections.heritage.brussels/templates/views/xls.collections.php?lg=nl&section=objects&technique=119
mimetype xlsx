--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -331,160 +331,160 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>95504</v>
+        <v>56224</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de mariée et traîne</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Severin Frères</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1964 - 1965</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, traîne</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>shantung, broderie</t>
+          <t>shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>98531</v>
+        <v>95504</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de mariée</t>
+          <t>Ensemble robe de mariée et traîne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, chapeau, deux pièces</t>
+          <t>robe de cérémonie, traîne</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, hermine</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>shantung</t>
+          <t>shantung, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56224</v>
+        <v>98531</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble de mariée</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Severin Frères</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1964 - 1965</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie, chapeau, deux pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, hermine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>81467</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Jupe longue</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>