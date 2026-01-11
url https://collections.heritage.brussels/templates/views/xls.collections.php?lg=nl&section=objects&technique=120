--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -603,152 +603,152 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1865 - 1950</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil de métal, bois, métal, bois, métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie, cannelé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>88021</v>
+        <v>81039</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
+          <t>Jupe longue</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bois</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie, cannelé, sergé</t>
+          <t>cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>57950</v>
+        <v>88021</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Toilette de dîner</t>
+          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or, fil d'argent, bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>cannelé</t>
+          <t>velours, broderie, passementerie, cannelé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>81039</v>
+        <v>57950</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Jupe longue</t>
+          <t>Toilette de dîner</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>86323</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Écharpe de député du bourgmestre Adolphe Max </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>