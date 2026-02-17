--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H74"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -243,2759 +243,2799 @@
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>imprimé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>46846</v>
+        <v>46796</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Pomone ou l'Abondance</t>
+          <t>Terrine en forme de carpe</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Delvaux, Laurent</t>
+          <t>Manufacture Mombaers,  / Fabrique de la rue de Laeken</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1769 - 1770</t>
-[...6 lines deleted...]
-      </c>
+          <t>1750 - 1799</t>
+        </is>
+      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>46832</v>
+        <v>46846</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Allégories de l'Ancien et du Nouveau Testament</t>
+          <t>Pomone ou l'Abondance</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Godecharle, Gilles-Lambert</t>
+          <t>Delvaux, Laurent</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1786 - </t>
+          <t>1769 - 1770</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>46833</v>
+        <v>46832</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'Eglise - Nouveau Testament</t>
+          <t>Allégories de l'Ancien et du Nouveau Testament</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Godecharle, Gilles-Lambert</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>46834</v>
+        <v>46833</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Synagogue - Ancien Testament</t>
+          <t>L'Eglise - Nouveau Testament</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Godecharle, Gilles-Lambert</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>57835</v>
+        <v>46834</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>La Synagogue - Ancien Testament</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D8" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Godecharle, Gilles-Lambert</t>
+        </is>
+      </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1787 - 1795</t>
+          <t>1786 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, broderie, toile</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>36891</v>
+        <v>57835</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Tasse litron et sa soucoupe</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1813</t>
+          <t>1787 - 1795</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tasse</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, technique d'émaillage, cuit [céramique]</t>
+          <t>jacquard ou façonné, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46926</v>
+        <v>36891</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Théâtre du Parc</t>
+          <t>Tasse litron et sa soucoupe</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+          <t>Cretté, Louis</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1830</t>
-[...2 lines deleted...]
-      <c r="F10" s="2"/>
+          <t>1790 - 1813</t>
+        </is>
+      </c>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>tasse</t>
+        </is>
+      </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, technique d'émaillage, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>46927</v>
+        <v>46926</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le palais des États généraux </t>
+          <t>Le Théâtre du Parc</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>72427</v>
+        <v>46927</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D12" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+        </is>
+      </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1824 - 1830</t>
+        </is>
+      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>argile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>57636</v>
+        <v>72427</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>taffetas, jacquard ou façonné</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>72709</v>
+        <v>57636</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, sergé</t>
+          <t>taffetas, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>72900</v>
+        <v>72709</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1859</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>72916</v>
+        <v>72900</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1855 - 1859</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, broché</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>72917</v>
+        <v>72916</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1856</t>
+          <t>1855 - 1859</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>taffetas, jacquard ou façonné</t>
+          <t>jacquard ou façonné, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>57687</v>
+        <v>72917</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1855 - 1856</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>parapluie</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile, jacquard ou façonné</t>
+          <t>taffetas, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>58789</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>100336</v>
+        <v>57687</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1900</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>parapluie</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, métal, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>satin, jacquard ou façonné</t>
+          <t>toile, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>80287</v>
+        <v>100336</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Liberty &amp; Co</t>
+        </is>
+      </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1898</t>
+          <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>46929</v>
+        <v>80287</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>La Musique</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
-[...2 lines deleted...]
-      <c r="F22" s="2"/>
+          <t>1897 - 1898</t>
+        </is>
+      </c>
+      <c r="F22" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>46930</v>
+        <v>46929</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La Peinture</t>
+          <t>La Musique</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>De Mol, Arnold Léonard / Boch Frères</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>46949</v>
+        <v>46930</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Paire de grands vases (allégories de la musique et de la peinture)</t>
+          <t>La Peinture</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>De Mol, Arnold Léonard / Boch Frères</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>80938</v>
+        <v>46949</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Paire de grands vases (allégories de la musique et de la peinture)</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D25" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>De Mol, Arnold Léonard / Boch Frères</t>
+        </is>
+      </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
-[...6 lines deleted...]
-      </c>
+          <t>1899 - </t>
+        </is>
+      </c>
+      <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, mousseline</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>58173</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Robe deux pièces</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>102543</v>
+        <v>80938</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de mariée</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>ensemble, haut à manches courtes ou longues, ceinture, jupe, sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, satin, ajouré</t>
+          <t>jacquard ou façonné, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>87103</v>
+        <v>102543</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Habit</t>
+          <t>Ensemble de mariée</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>drap, toile, jacquard ou façonné</t>
+          <t>jacquard ou façonné, satin, ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>95594</v>
+        <v>87103</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Habit</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, jacquard ou façonné</t>
+          <t>drap, toile, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>37163</v>
+        <v>95594</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>imprimé, mousseline, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>60966</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Bally Shoe</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>95498</v>
+        <v>37163</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de marié</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, veste d'intérieur, pantalon, accessoire textile, haut sans manche</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé, jacquard ou façonné</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>83462</v>
+        <v>95498</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Ensemble de marié</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1948 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble de cérémonie, veste d'intérieur, pantalon, accessoire textile, haut sans manche</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>drap, sergé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>57962</v>
+        <v>83462</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1948 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>57961</v>
+        <v>57962</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1953 - 1955</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>62310</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Maggy Rouff,  / Rouff, Maggy</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>95471</v>
+        <v>57961</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur robe, veste, ceinture et bandeaux</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1953 - 1955</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, veste d'intérieur, ceinture, accessoire de coiffure, robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>sergé, jacquard ou façonné</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>66879</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe de baptême et bonnet</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1960 - 1968</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>37040</v>
+        <v>95471</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Ensemble tailleur robe, veste, ceinture et bandeaux</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Balmain,  / Balmain, Pierre</t>
+          <t>Crahay, Jules François / Nina Ricci</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>deux pièces, veste d'intérieur, ceinture, accessoire de coiffure, robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>fibres artificielles</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>sergé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>101006</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59803</v>
+        <v>37040</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Dior</t>
+          <t>Balmain,  / Balmain, Pierre</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1966</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres artificielles</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>66513</v>
+        <v>59803</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Dior</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1967</t>
+          <t>1965 - 1966</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>broderie, jacquard ou façonné</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>87753</v>
+        <v>66513</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau et robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Mila Schön,  / Schön, Mila</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1965 - 1967</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, broderie</t>
+          <t>broderie, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>53934</v>
+        <v>87753</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble manteau et robe</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Mila Schön,  / Schön, Mila</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1966 - 1968</t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>broderie, jacquard ou façonné</t>
+          <t>jacquard ou façonné, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>74710</v>
+        <v>53934</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1974</t>
+          <t>1966 - 1968</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, lamé</t>
+          <t>broderie, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>76040</v>
+        <v>74710</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>organza, jacquard ou façonné</t>
+          <t>jacquard ou façonné, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>61759</v>
+        <v>76040</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Veste de smoking</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>toile, jacquard ou façonné</t>
+          <t>organza, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57969</v>
+        <v>61759</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et chemisier</t>
+          <t>Veste de smoking</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1980</t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>toile, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>98225</v>
+        <v>57969</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble tailleur et chemisier</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Butch</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1989</t>
+          <t>1977 - 1980</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95508</v>
+        <v>98225</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, tunique, jambières, chaussures et chapeau</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Westwood/McLaren,  / Westwood, Vivienne / McLaren, Malcolm</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
+          <t>1980 - 1989</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>ensemble, haut à manches courtes ou longues, chapeau, chaussure, sous-vêtement chaussant</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>lézard, coton, acrylique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>toile, feutre, imprimé, jacquard ou façonné</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>105890</v>
+        <v>95508</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble pull, tunique, jambières, chaussures et chapeau</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Bassetti,  / Yee, Marina / Bikkembergs, Dirk</t>
+          <t>Westwood/McLaren,  / Westwood, Vivienne / McLaren, Malcolm</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble, haut à manches courtes ou longues, chapeau, chaussure, sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lézard, coton, acrylique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>cannelé, jacquard ou façonné</t>
+          <t>toile, feutre, imprimé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>106565</v>
+        <v>105890</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, gilet et pantalon</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Bassetti,  / Yee, Marina / Bikkembergs, Dirk</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, faille, batiste</t>
+          <t>cannelé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>90586</v>
+        <v>106565</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Ensemble veste, gilet et pantalon</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Westwood, Vivienne / Vivienne Westwood</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1990 - 1995</t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, faille, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>100469</v>
+        <v>90586</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Christophe Coppens,  / Coppens, Christophe</t>
+          <t>Westwood, Vivienne / Vivienne Westwood</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1991 - 2012</t>
+          <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, lamé</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>68318</v>
+        <v>100469</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
+          <t>Christophe Coppens,  / Coppens, Christophe</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1991 - 2012</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>90585</v>
+        <v>68318</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Westwood, Vivienne / Vivienne Westwood</t>
+          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>53484</v>
+        <v>90585</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Pantalon carotte </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Westwood, Vivienne / Vivienne Westwood</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>88061</v>
+        <v>53484</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Pantalon carotte </t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>99939</v>
+        <v>88061</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Branquinho, Véronique / Véronique Branquinho</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2010</t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, tulle, jacquard ou façonné</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>59361</v>
+        <v>99939</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe bustier "Drama" et cape "Nature"</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Branquinho, Véronique / Véronique Branquinho</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2000 - 2010</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>alpaga, laine</t>
+          <t>soie, coton, laine</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, crochet</t>
+          <t>dentelle mécanique, tulle, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>61789</v>
+        <v>59361</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Ensemble jupe et manteau</t>
+          <t>Ensemble robe bustier "Drama" et cape "Nature"</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Olivier Strelli</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, jupe, manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>alpaga, laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>sergé, jacquard ou façonné, tulle</t>
+          <t>jacquard ou façonné, crochet</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>98496</v>
+        <v>61789</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantalon</t>
+          <t>Ensemble jupe et manteau</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Kaat Tilley,  / Tilley, Kaat</t>
+          <t>Olivier Strelli</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces, jupe, manteau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, lin</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>sergé, jacquard ou façonné, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>37067</v>
+        <v>98496</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste, haut et pantalon</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Kaat Tilley,  / Tilley, Kaat</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose, lin</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, imprimé</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>37068</v>
+        <v>37067</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
-      <c r="F64" s="2"/>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>37072</v>
+        <v>37068</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et jupe</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2011 - </t>
+        </is>
+      </c>
+      <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, drap</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>37073</v>
+        <v>37072</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble blouse et jupe</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>37070</v>
+        <v>37073</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>37071</v>
+        <v>37070</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemisier et jupe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>polyester, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, dentelle mécanique</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>37082</v>
+        <v>37071</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Manteau modulable</t>
+          <t>Ensemble chemisier et jupe</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>polyester, coton</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>jacquard ou façonné, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>88807</v>
+        <v>37082</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Manteau modulable</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, polyamide (=nylon), soie, élasthane</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>77223</v>
+        <v>88807</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et bermuda</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Max &amp; Lola</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester, fibres synthétiques</t>
+          <t>coton, viscose, polyamide (=nylon), soie, élasthane</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>toile, jacquard ou façonné</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>95306</v>
+        <v>77223</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Short </t>
+          <t>Ensemble veste, chemise et bermuda</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Max &amp; Lola</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2023</t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, polyester, fibres synthétiques</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>toile, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>77234</v>
+        <v>95306</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Short </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Off-White</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, imprimé</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
+        <v>77234</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Pull </t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Off-White</t>
+        </is>
+      </c>
+      <c r="E74" s="2" t="inlineStr">
+        <is>
+          <t>2021 - 2022</t>
+        </is>
+      </c>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H74" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné, imprimé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="1" t="n">
         <v>88601</v>
       </c>
-      <c r="B74" s="2" t="inlineStr">
+      <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe longue, foulard et sandales</t>
         </is>
       </c>
-      <c r="C74" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D74" s="2" t="inlineStr">
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Leitner, Florentina / Florentina Leitner</t>
         </is>
       </c>
-      <c r="E74" s="2" t="inlineStr">
+      <c r="E75" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
-      <c r="F74" s="2" t="inlineStr">
+      <c r="F75" s="2" t="inlineStr">
         <is>
           <t>trois pièces, robe longue, accessoire textile, chaussure</t>
         </is>
       </c>
-      <c r="G74" s="2" t="inlineStr">
+      <c r="G75" s="2" t="inlineStr">
         <is>
           <t>autruche, cuir, résine synthétique, coton, fibres synthétiques</t>
         </is>
       </c>
-      <c r="H74" s="2" t="inlineStr">
+      <c r="H75" s="2" t="inlineStr">
         <is>
           <t>imprimé, vernis, organdi, jacquard ou façonné</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">