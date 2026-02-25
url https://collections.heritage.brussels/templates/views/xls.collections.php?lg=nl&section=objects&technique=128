--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -479,248 +479,248 @@
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>58465</v>
+        <v>45587</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe à diner</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, lamé</t>
+          <t>taffetas, lamé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>59484</v>
+        <v>58465</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe à diner</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>soie, fil d'or</t>
+        </is>
+      </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>lamé</t>
+          <t>imprimé, mousseline, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>45587</v>
+        <v>59484</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>taffetas, lamé, crêpe</t>
+          <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>58874</v>
+        <v>54241</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Manfield</t>
+        </is>
+      </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>54241</v>
+        <v>57047</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
-      <c r="G14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>fil d'argent, perle</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>57047</v>
+        <v>58874</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, perle</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>37152</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Lanvin, Jeanne / Lanvin</t>