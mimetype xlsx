--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -243,164 +243,164 @@
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>80118</v>
+        <v>80720</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Echantillon textiles</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>58025</v>
+        <v>80118</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Gilet </t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G5" s="2"/>
+          <t>accessoire textile</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>80719</v>
+        <v>58025</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Gilet </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>80720</v>
+        <v>80719</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textiles</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>papier, jais, soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>59615</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
@@ -511,225 +511,225 @@
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1811 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>57665</v>
+        <v>59811</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Volant</t>
+          <t>Mantille</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle</t>
+          <t>tulle, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>59811</v>
+        <v>59894</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Mantille</t>
+          <t>Fanchon ou étole</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>accessoire de coiffure, accessoire textile</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle</t>
+          <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>59894</v>
+        <v>59895</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Fanchon ou étole</t>
+          <t>Volant </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure, accessoire textile</t>
+          <t>volant</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>59895</v>
+        <v>59920</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Volant </t>
+          <t>Volant</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
+          <t>tulle, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>59920</v>
+        <v>57665</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Volant</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle aux fuseaux</t>
+          <t>dentelle aux fuseaux, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>37009</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ensemble de mariage</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1858 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
@@ -835,149 +835,149 @@
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, dentelle à l'aiguille, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>57670</v>
+        <v>45998</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Parure de mariée</t>
+          <t>Volant</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile, accessoire de coiffure</t>
-[...6 lines deleted...]
-      </c>
+          <t>volant</t>
+        </is>
+      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tulle</t>
+          <t>dentelle aux fuseaux, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>45998</v>
+        <v>45999</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Volant</t>
+          <t>Volant </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
-      <c r="G22" s="2"/>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <t>lin, coton</t>
+        </is>
+      </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle</t>
+          <t>dentelle aux fuseaux, tulle, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>45999</v>
+        <v>57670</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Volant </t>
+          <t>Parure de mariée</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
+          <t>accessoire textile, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>lin, coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle, dentelle à l'aiguille</t>
+          <t>dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>57698</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Volant</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
@@ -1883,193 +1883,193 @@
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>46002</v>
+        <v>58959</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D50" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1923</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>verre, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>58959</v>
+        <v>46002</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D51" s="2"/>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1923</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, jais</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>99207</v>
+        <v>95435</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Antependium</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>nappe d'autel</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, dentelle mixte, tulle</t>
+          <t>toile, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>95435</v>
+        <v>99207</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Antependium</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>nappe d'autel</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>toile, tulle, broderie</t>
+          <t>dentelle à l'aiguille, dentelle mixte, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
         <v>80087</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>2 pans de robe</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
@@ -2175,409 +2175,409 @@
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>fil d'or, perle</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>95592</v>
+        <v>81399</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle, mousseline</t>
+          <t>crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>95593</v>
+        <v>81479</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline, tulle</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>81399</v>
+        <v>81480</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>crêpe, tulle</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>81479</v>
+        <v>81481</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>81480</v>
+        <v>95592</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>81481</v>
+        <v>95593</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>80717</v>
+        <v>37156</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Ensemble robe et boléro</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D64" s="2"/>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Chanel, Gabrielle / Chanel</t>
+        </is>
+      </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1931</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>37156</v>
+        <v>37178</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et boléro</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1931</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>robe longue, deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle</t>
+          <t>mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>37178</v>
+        <v>37196</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>37196</v>
+        <v>80717</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
         <v>61021</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Accessoires de communiante</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
@@ -2687,185 +2687,185 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>satin, tulle, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>67003</v>
+        <v>61184</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1952</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe, robe longue</t>
+        </is>
+      </c>
+      <c r="G72" s="2"/>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle mécanique</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>57425</v>
+        <v>67003</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1954</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>jais, fibres synthétiques</t>
+          <t>fibres artificielles</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>57632</v>
+        <v>57425</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe de soir</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1954</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe, sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>jais, fibres synthétiques</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tulle</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>61184</v>
+        <v>57632</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de soir</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1952</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>robe, robe longue</t>
-[...2 lines deleted...]
-      <c r="G75" s="2"/>
+          <t>robe, sac</t>
+        </is>
+      </c>
+      <c r="G75" s="2" t="inlineStr">
+        <is>
+          <t>soie, métal</t>
+        </is>
+      </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>81002</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1954 - 1955</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
@@ -3011,153 +3011,153 @@
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques, matière plastique, métal</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>65982</v>
+        <v>62103</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Ensemble communion</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe de cérémonie, sac, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>gaze, tulle</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>80125</v>
+        <v>65982</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>tulle, floqué</t>
+          <t>gaze, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>62103</v>
+        <v>80125</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Ensemble communion</t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, sac, accessoire de coiffure</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>tulle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
         <v>60983</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>Ensemble de communiante</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
@@ -3571,195 +3571,195 @@
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>jersey, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>55692</v>
+        <v>63124</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>55694</v>
+        <v>55692</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>sergé, tulle</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>55697</v>
+        <v>55694</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>sergé, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>63124</v>
+        <v>55697</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>99939</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3891,125 +3891,125 @@
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>coton, soie, cuir, polyester</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>toile, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>54153</v>
+        <v>63109</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Robe boule</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Rochas , Marcel</t>
+          <t>Sandrina Fasoli</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>tulle, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>63109</v>
+        <v>54153</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe boule</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Sandrina Fasoli</t>
+          <t>Theyskens, Olivier / Rochas , Marcel</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>métal, soie, coton</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>tulle, toile, sergé</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>61789</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Ensemble jupe et manteau</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Olivier Strelli</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
@@ -4287,125 +4287,125 @@
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>2023 - 2024</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>soie, matière plastique, soie</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>organza, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>100820</v>
+        <v>109358</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble haut, combinaison et jupe</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Vaillant, Alice / Vaillant</t>
+          <t>Repetto</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>polyester, lyocell</t>
+          <t>coton, acrylique, polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>tulle, jersey, dentelle mécanique</t>
+          <t>maille, jersey, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>105114</v>
+        <v>100820</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe et pantalon</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Vaillant, Alice / Vaillant</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>2024 - 2025</t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>polyester, lyocell</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>tulle, jersey, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
         <v>105121</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste et collant</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>