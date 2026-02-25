--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -243,164 +243,164 @@
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>80720</v>
+        <v>80118</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textiles</t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>80118</v>
+        <v>58025</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Gilet </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>58025</v>
+        <v>80719</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Gilet </t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G6" s="2"/>
+          <t>échantillon textile</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>papier, jais, soie</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>80719</v>
+        <v>80720</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Echantillon textiles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, jais, soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>59615</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
@@ -511,225 +511,225 @@
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1811 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>59811</v>
+        <v>57665</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Mantille</t>
+          <t>Volant</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>volant</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle</t>
+          <t>dentelle aux fuseaux, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>59894</v>
+        <v>59811</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Fanchon ou étole</t>
+          <t>Mantille</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure, accessoire textile</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
+          <t>tulle, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>59895</v>
+        <v>59894</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Volant </t>
+          <t>Fanchon ou étole</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
+          <t>accessoire de coiffure, accessoire textile</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>59920</v>
+        <v>59895</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Volant</t>
+          <t>Volant </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle aux fuseaux</t>
+          <t>dentelle aux fuseaux, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>57665</v>
+        <v>59920</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Volant</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle</t>
+          <t>tulle, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>37009</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ensemble de mariage</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1858 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
@@ -835,149 +835,149 @@
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>mouchoir</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, dentelle à l'aiguille, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>45998</v>
+        <v>57670</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Volant</t>
+          <t>Parure de mariée</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
-[...2 lines deleted...]
-      <c r="G21" s="2"/>
+          <t>accessoire textile, accessoire de coiffure</t>
+        </is>
+      </c>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <t>lin, coton</t>
+        </is>
+      </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle</t>
+          <t>dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>45999</v>
+        <v>45998</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Volant </t>
+          <t>Volant</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>volant</t>
         </is>
       </c>
-      <c r="G22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, tulle, dentelle à l'aiguille</t>
+          <t>dentelle aux fuseaux, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57670</v>
+        <v>45999</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Parure de mariée</t>
+          <t>Volant </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile, accessoire de coiffure</t>
+          <t>volant</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>lin, coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tulle</t>
+          <t>dentelle aux fuseaux, tulle, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>57698</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Volant</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
@@ -1787,51 +1787,55 @@
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>soie, résine synthétique, fil de métal, métal</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>tulle, ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>45642</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>perle, jais</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>satin, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>80862</v>
       </c>
@@ -2391,193 +2395,193 @@
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>broderie, mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>37156</v>
+        <v>80717</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et boléro</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D64" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1931</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>robe longue, deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>37178</v>
+        <v>37156</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Ensemble robe et boléro</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Chanel, Gabrielle / Chanel</t>
+        </is>
+      </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1931</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle</t>
+          <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>37196</v>
+        <v>37178</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>80717</v>
+        <v>37196</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
         <v>61021</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Accessoires de communiante</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
@@ -2687,185 +2691,185 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>satin, tulle, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>61184</v>
+        <v>57425</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1952</t>
+          <t>1950 - 1954</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>robe, robe longue</t>
-[...2 lines deleted...]
-      <c r="G72" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G72" s="2" t="inlineStr">
+        <is>
+          <t>jais, fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>67003</v>
+        <v>57632</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Robe de soir</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe, sac</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>fibres artificielles</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle mécanique</t>
+          <t>dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>57425</v>
+        <v>61184</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1954</t>
+          <t>1950 - 1952</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe, robe longue</t>
+        </is>
+      </c>
+      <c r="G74" s="2"/>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>57632</v>
+        <v>67003</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Robe de soir</t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>robe, sac</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>fibres artificielles</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tulle</t>
+          <t>tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>81002</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1954 - 1955</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
@@ -3011,153 +3015,153 @@
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques, matière plastique, métal</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>62103</v>
+        <v>80125</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Ensemble communion</t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, sac, accessoire de coiffure</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>tulle</t>
+          <t>tulle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>65982</v>
+        <v>62103</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Ensemble communion</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe de cérémonie, sac, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>gaze, tulle</t>
+          <t>tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>80125</v>
+        <v>65982</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>tulle, floqué</t>
+          <t>gaze, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
         <v>60983</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>Ensemble de communiante</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
@@ -3571,205 +3575,205 @@
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>jersey, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>63124</v>
+        <v>55697</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>55692</v>
+        <v>63124</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>55694</v>
+        <v>55692</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>sergé, tulle</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>55697</v>
+        <v>55694</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>sergé, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>99939</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Branquinho, Véronique / Véronique Branquinho</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>2000 - 2010</t>