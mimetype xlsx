--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1299,121 +1299,121 @@
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>56689</v>
+        <v>36986</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>chapeau, masque</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>soie, paille, métal, crin, carton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>velours, dentelle aux fuseaux, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>36986</v>
+        <v>56689</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D35" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Dewinter-Spinoy</t>
+        </is>
+      </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1921</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chapeau, masque</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, crin, carton</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle aux fuseaux, taffetas</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>57341</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Bannière de l'Association mutuelle philanthropique des artistes musiciens de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1858 - 1937</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
@@ -2399,113 +2399,113 @@
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>87793</v>
+        <v>80328</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1962</t>
+        </is>
+      </c>
+      <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>broderie, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>80328</v>
+        <v>87793</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1962</t>
-[...2 lines deleted...]
-      <c r="F65" s="2"/>
+          <t>1900 - 1910</t>
+        </is>
+      </c>
+      <c r="F65" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, sergé</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>58277</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Cape</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
@@ -2847,189 +2847,189 @@
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>ottoman, velours, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>75145</v>
+        <v>81043</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>fourrure, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>87790</v>
+        <v>81483</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>velours, toile</t>
+          <t>velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>81043</v>
+        <v>75145</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fourrure, soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>81483</v>
+        <v>87790</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>velours, mousseline</t>
+          <t>velours, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>101800</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Sac du soir</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
@@ -3215,107 +3215,107 @@
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>86168</v>
+        <v>81457</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>81457</v>
+        <v>86168</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
         <v>37109</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3763,117 +3763,117 @@
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1948 - 1949</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>56286</v>
+        <v>46000</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Redingote</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
+          <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>plume</t>
+          <t>laine, jais</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>46000</v>
+        <v>56286</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Redingote</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1950</t>
+          <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>laine, jais</t>
+          <t>plume</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>velours, passementerie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>57629</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Robe de soir</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1949 - 1950</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>