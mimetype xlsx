--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -179,177 +179,177 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>81239</v>
+        <v>63464</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Divan capitonné</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2"/>
-      <c r="E2" s="2"/>
+      <c r="E2" s="2" t="inlineStr">
+        <is>
+          <t> - 2004</t>
+        </is>
+      </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>canapé, divan</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>81262</v>
+        <v>81239</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>satin, cannelé, velours</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>71112</v>
+        <v>81262</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paire de sabots </t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>peint, velours</t>
+          <t>satin, cannelé, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63464</v>
+        <v>71112</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Divan capitonné</t>
+          <t>Paire de sabots </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
-      <c r="E5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>canapé, divan</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>peint, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>99190</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Manteau </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
@@ -419,261 +419,261 @@
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>étole, manipule</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>82040</v>
+        <v>43085</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Déclaration des armoiries de la famille Esselens </t>
+          <t>fauteuil de choeur</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bois, cire</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>technique de sculpture, doré, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>43085</v>
+        <v>43086</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>fauteuil de choeur</t>
+          <t>tabouret de choeur</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>sièges</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>43086</v>
+        <v>82040</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>tabouret de choeur</t>
+          <t>Déclaration des armoiries de la famille Esselens </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, cire</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique d'assemblage, velours</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>100623</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>autruche, soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>72862</v>
+        <v>57837</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Habit à la française</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, laine, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, velours</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>57837</v>
+        <v>72862</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Habit à la française</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche, veste d'intérieur, deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'argent, laine, métal</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>broderie, toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>53197</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Habit de cour</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1775 - 1785</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
@@ -815,91 +815,91 @@
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>broderie, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>43087</v>
+        <v>43088</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>tabouret de choeur</t>
+          <t>fauteuil de choeur</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>sièges</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>chêne, métal</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>43088</v>
+        <v>43087</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>fauteuil de choeur</t>
+          <t>tabouret de choeur</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>sièges</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>chêne, métal</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
@@ -923,543 +923,543 @@
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1832 - 1930</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>métal, soie, coton, fil d'argent</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>88112</v>
+        <v>63573</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1910</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>80810</v>
+        <v>88112</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F24" s="2"/>
+          <t>1840 - 1910</t>
+        </is>
+      </c>
+      <c r="F24" s="2" t="inlineStr">
+        <is>
+          <t>col</t>
+        </is>
+      </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, passementerie, toile</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>80812</v>
+        <v>80810</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
+          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1840 - 1920</t>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>soie, fil d'argent, fil d'or, coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>broderie, velours, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>63573</v>
+        <v>80812</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>80809</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Ruban honorifique « JVDWL Président des Amis Réunis des Secours Mutuels » 1849</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1849 - </t>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>80805</v>
+        <v>56689</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Dewinter-Spinoy</t>
+        </is>
+      </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
-[...2 lines deleted...]
-      <c r="F28" s="2"/>
+          <t>1850 - 1921</t>
+        </is>
+      </c>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <t>drapeau</t>
+        </is>
+      </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, coton, fil de métal</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>88519</v>
+        <v>36986</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Hampe</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>chapeau, masque</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, paille, métal, crin, carton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, dentelle aux fuseaux, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>88520</v>
+        <v>80805</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Hampe</t>
+          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>soie, métal, coton, fil de métal</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>88525</v>
+        <v>88519</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Hampe</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>velours, passementerie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>88532</v>
+        <v>88520</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Hampe</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
-      <c r="F32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>88533</v>
+        <v>88525</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Hampe</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>36986</v>
+        <v>88532</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Hampe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chapeau, masque</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, crin, carton</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle aux fuseaux, taffetas</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>56689</v>
+        <v>88533</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>Hampe</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>57341</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Bannière de l'Association mutuelle philanthropique des artistes musiciens de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1858 - 1937</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, coton, papier, bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, sergé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>88473</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Melot, E.</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
@@ -1527,809 +1527,809 @@
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1868 - 1940</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, bois, métal, métal, métal, fil de métal, soie, coton, métal</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>83368</v>
+        <v>88021</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1938</t>
-[...2 lines deleted...]
-      <c r="F40" s="2"/>
+          <t>1875 - 1925</t>
+        </is>
+      </c>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>drapeau</t>
+        </is>
+      </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal</t>
+          <t>soie, fil d'or, fil d'argent, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>velours, broderie, passementerie, cannelé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>88021</v>
+        <v>80997</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
+          <t>Robe d'intérieur</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bois</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie, cannelé, sergé</t>
+          <t>satin, broché, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>80997</v>
+        <v>88462</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe d'intérieur</t>
+          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D42" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Fonson Cie</t>
+        </is>
+      </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1876</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, dentelle, velours</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>88462</v>
+        <v>60988</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
+          <t>Déguisement</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>58687</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>60988</v>
+        <v>58533</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Déguisement</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1882 - 1889</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>58533</v>
+        <v>72918</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1882 - 1889</t>
+          <t>1883 - 1888</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>72918</v>
+        <v>45192</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1888</t>
+          <t>1885 - 1887</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>velours, ottoman</t>
+          <t>chenille, passementerie, sabré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>59661</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Cape du soir</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1885 - 1890</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>45192</v>
+        <v>63865</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bannière de la société royale "Alliance Musicale de Ten-Bosch”</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Vanlaeken, J.</t>
+        </is>
+      </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1887</t>
+          <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, métal, soie, fil d'or</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>chenille, passementerie, sabré</t>
+          <t>technique de peinture, velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>63865</v>
+        <v>60977</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "Alliance Musicale de Ten-Bosch”</t>
+          <t>Ensemble de communiant</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1887 - 1950</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, soie, fil d'or</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, velours, broderie, passementerie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>81274</v>
+        <v>37024</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie</t>
+          <t>cotelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>81275</v>
+        <v>81274</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Pélerine</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>37024</v>
+        <v>81275</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Pélerine</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>cotelé</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>60977</v>
+        <v>43479</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de communiant</t>
+          <t>L'enfant Jésus</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, toile, matière colorante, fil de métal</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>72913</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, plissé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>43479</v>
+        <v>80286</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>L'enfant Jésus</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>soie, toile, matière colorante, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
+          <t>satin, velours, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>80286</v>
+        <v>78348</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>métal, soie, fil d'or, fil d'argent, métal</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, dentelle mécanique</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>78348</v>
+        <v>81243</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1894 - 1896</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, fil d'or, fil d'argent, métal</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>81243</v>
+        <v>83480</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Ensemble de deux bicornes</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1896</t>
+          <t>1895 - 1910</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>soie, plume</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>83480</v>
+        <v>45625</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux bicornes</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1910</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>soie, plume</t>
+          <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>80290</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>Robe de bal</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
@@ -2363,453 +2363,457 @@
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>soie, jais</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>45625</v>
+        <v>58277</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>soie, jais, verre</t>
+          <t>laine, nacre, soie, coton</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, satin</t>
+          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>80328</v>
+        <v>87793</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1962</t>
-[...2 lines deleted...]
-      <c r="F64" s="2"/>
+          <t>1900 - 1910</t>
+        </is>
+      </c>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, sergé</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>87793</v>
+        <v>80328</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1962</t>
+        </is>
+      </c>
+      <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>broderie, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>58277</v>
+        <v>45309</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D66" s="2"/>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Goutière, Louise</t>
+        </is>
+      </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>laine, nacre, soie, coton</t>
+          <t>coton, soie, jais</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
+          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>45309</v>
+        <v>79850</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D67" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1905</t>
+          <t>1905 - 1906</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
+          <t>velours, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>79850</v>
+        <v>80348</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1906</t>
+          <t>1907 - 1908</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>velours, appliqué</t>
+          <t>satin, broderie, velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>80348</v>
+        <v>60639</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D69" s="2"/>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1908</t>
+          <t>1909 - 1911</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, velours, taffetas</t>
+          <t>velours, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>83487</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Bicorne</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie, plume, coton</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>60639</v>
+        <v>88014</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Lanvin, Jeanne</t>
+          <t>Renert, J.</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1911</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>velours, satin, broderie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>88014</v>
+        <v>58749</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Renert, J.</t>
+          <t>Paul Poiret,  / Poiret, Paul</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>imprimé, lamé, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>58749</v>
+        <v>83368</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Paul Poiret,  / Poiret, Paul</t>
+          <t>Pirsch, E.</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1913</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton, fil de métal</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>imprimé, lamé, velours</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>78173</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1913 - 1917</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
@@ -2847,189 +2851,189 @@
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>ottoman, velours, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>81043</v>
+        <v>87790</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>velours, lamé</t>
+          <t>velours, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>81483</v>
+        <v>81043</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>velours, mousseline</t>
+          <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>75145</v>
+        <v>81483</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fourrure, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>velours, lamé</t>
+          <t>velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>87790</v>
+        <v>75145</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>fourrure, soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>velours, toile</t>
+          <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>101800</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Sac du soir</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
@@ -3039,51 +3043,55 @@
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>coton, fil de métal</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>59476</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D81" s="2"/>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1921 - 1922</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>80240</v>
       </c>
@@ -3184,310 +3192,310 @@
           <t>chapeau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>laine, coq</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>feutre, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>11308</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>81457</v>
+        <v>60650</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>86168</v>
+        <v>37109</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>37109</v>
+        <v>37148</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe du soir et cape</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>37148</v>
+        <v>37157</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>37157</v>
+        <v>37158</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Hirsch &amp; Cie</t>
+          <t>Maison Worth</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, renard</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>37158</v>
+        <v>86168</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>soie, renard</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>60650</v>
+        <v>81457</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
@@ -3727,368 +3735,368 @@
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>robe, ensemble de cérémonie, sac, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>damas, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>81527</v>
+        <v>46000</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Robe de cérémonie</t>
+          <t>Redingote</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1949</t>
+          <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, jais</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>46000</v>
+        <v>56286</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Redingote</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1950</t>
+          <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>laine, jais</t>
+          <t>plume</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>velours, passementerie</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>56286</v>
+        <v>81527</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Robe de cérémonie</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
+          <t>1948 - 1949</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>plume</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>57629</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Robe de soir</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1949 - 1950</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>80345</v>
+        <v>59798</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe de cocktail et boléro</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe courte, haut à manches courtes ou longues, deux pièces</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>velours, ottoman, mousseline</t>
+          <t>dentelle mécanique, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>95437</v>
+        <v>80345</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Robe sirène</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D105" s="2"/>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Louis Mies,  / Mies, Louis</t>
+        </is>
+      </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, ottoman, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>59798</v>
+        <v>95437</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de cocktail et boléro</t>
+          <t>Robe sirène</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>robe courte, haut à manches courtes ou longues, deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, velours</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>65764</v>
+        <v>62500</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Capeline </t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1951 - 1955</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>paille, crin</t>
+          <t>soie, fourrure</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>62500</v>
+        <v>65764</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Capeline </t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1951 - 1955</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>soie, fourrure</t>
+          <t>paille, crin</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>53732</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
@@ -4307,146 +4315,146 @@
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>robe courte, accessoire textile</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>81353</v>
+        <v>36998</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D116" s="2"/>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>de Givenchy, Hubert / Givenchy</t>
+        </is>
+      </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G116" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>soie, autruche</t>
+        </is>
+      </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>velours, gaze</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>64474</v>
+        <v>81353</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Tambourin</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>36998</v>
+        <v>64474</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Tambourin</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D118" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>chapeau</t>
+        </is>
+      </c>
+      <c r="G118" s="2"/>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
         <v>99955</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>Blazer</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
@@ -4483,161 +4491,161 @@
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>57806</v>
+        <v>61715</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D121" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1964 - 1965</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>organza, pékin, velours</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>57807</v>
+        <v>57806</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Maggy Rouff,  / Jane d'Anjou</t>
+          <t>Valens,  / Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1964 - 1965</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>soie, vison</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>velours, appliqué</t>
+          <t>organza, pékin, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>61715</v>
+        <v>57807</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D123" s="2"/>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Maggy Rouff,  / Jane d'Anjou</t>
+        </is>
+      </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, vison</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>velours, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
         <v>101258</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
           <t>Pantalon</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1965 - 1975</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
@@ -4751,161 +4759,161 @@
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>87841</v>
+        <v>61727</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Robe chasuble</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Maison Dujardin</t>
+          <t>Pucci, Emilio</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>cotelé</t>
+          <t>velours, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>61727</v>
+        <v>61760</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D129" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>velours, toile</t>
+          <t>toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>61760</v>
+        <v>87841</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Robe chasuble</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D130" s="2"/>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Maison Dujardin</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>toile, velours</t>
+          <t>cotelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>103986</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Photo du Général Soeharto, président de la République d'Indonésie, et de sa femme</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
@@ -5393,51 +5401,51 @@
           <t>viscose</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>81743</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">