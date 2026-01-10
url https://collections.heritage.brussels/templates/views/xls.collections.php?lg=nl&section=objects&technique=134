--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -647,125 +647,125 @@
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie, laine, métal, fibres synthétiques</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>velours, feutre, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>67535</v>
+        <v>81217</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chapeau boule</t>
+          <t>Costume d'amazone</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Severin Frères</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>forme à chapeau, chapeau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine, carton, bois</t>
+          <t>laine, cuir, coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>sergé, feutre, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>81217</v>
+        <v>67535</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Costume d'amazone</t>
+          <t>Chapeau boule</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Severin Frères</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>forme à chapeau, chapeau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir, coton</t>
+          <t>laine, carton, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sergé, feutre, toile</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>61776</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
@@ -1335,165 +1335,165 @@
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Maison Michel,  / Crahay, Laetitia</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>37075</v>
+        <v>95604</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Watanabe, Junya / Comme des garçons</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, viscose</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>feutre, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>63359</v>
+        <v>37075</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Chapeau "Diabolo"</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>95604</v>
+        <v>63359</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Chapeau "Diabolo"</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Watanabe, Junya / Comme des garçons</t>
+          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>feutre, toile</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>