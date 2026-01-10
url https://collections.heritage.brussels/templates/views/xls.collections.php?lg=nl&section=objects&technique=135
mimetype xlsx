--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -431,225 +431,225 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1927 - 1935</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>laine, coq</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>feutre, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>37127</v>
+        <v>37185</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, poil</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>37170</v>
+        <v>37186</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Capeline</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine, faisan</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>feutre, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>37173</v>
+        <v>37127</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>taupé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>37185</v>
+        <v>37170</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine, poil</t>
+          <t>laine, faisan</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>taupé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>37186</v>
+        <v>37173</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Capeline</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>feutre, organza</t>
+          <t>taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>37107</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Calotte</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
@@ -903,261 +903,261 @@
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>fibres artificielles, laine, bois, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>faille, feutrine, passementerie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>65944</v>
+        <v>53286</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Chapeau cloche</t>
+          <t>Chapeau melon</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1962</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>53286</v>
+        <v>57816</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Chapeau melon</t>
+          <t>Casquette</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1962</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>poil</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>57816</v>
+        <v>57817</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Casquette</t>
+          <t>Chapeau d'hiver</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1962</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>poil</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>57817</v>
+        <v>57818</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'hiver</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>poil</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>taupé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>57818</v>
+        <v>64570</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>poil</t>
+          <t>plume, laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>64570</v>
+        <v>65944</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Chapeau cloche</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1962</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>plume, laine</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>taupé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>106623</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1965 - 1975</t>
         </is>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
@@ -1511,357 +1511,357 @@
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>taupé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>72484</v>
+        <v>61815</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Christophe Coppens,  / Coppens, Christophe</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>toile, feutre, non tissé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>61815</v>
+        <v>72484</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Christophe Coppens,  / Coppens, Christophe</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, viscose, polyester</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>toile, feutre, non tissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>55756</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Manteau </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>feutrine, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>65696</v>
+        <v>65694</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Mini-chapeau</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Maison Michel,  / Crahay, Laetitia</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>65694</v>
+        <v>65696</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Mini-chapeau</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Maison Michel,  / Crahay, Laetitia</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>37075</v>
+        <v>63359</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Chapeau "Diabolo"</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>95604</v>
+        <v>37075</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Watanabe, Junya / Comme des garçons</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>feutre, toile</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>63359</v>
+        <v>95604</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Chapeau "Diabolo"</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
+          <t>Watanabe, Junya / Comme des garçons</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, viscose</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>feutre, toile</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>