--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H229"/>
+  <dimension ref="A1:H230"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -247,112 +247,112 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>103691</v>
+        <v>103690</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>jersey, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>103690</v>
+        <v>103691</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>jersey, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>92130</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Paire de bas</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
@@ -927,117 +927,117 @@
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>combinaison</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>92412</v>
+        <v>100513</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Maillot de bain 1-pièce</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>mousseline, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>100513</v>
+        <v>92412</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1-pièce</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>74126</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1955 - 1965</t>
@@ -1115,241 +1115,241 @@
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>81358</v>
+        <v>99201</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe bain-de-soleil</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92413</v>
+        <v>99289</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D29" s="2"/>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99201</v>
+        <v>99966</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe bain-de-soleil</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99289</v>
+        <v>81358</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>99966</v>
+        <v>92413</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>86998</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1963 - 1970</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
@@ -1579,160 +1579,160 @@
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>cachemire</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>90102</v>
+        <v>87840</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Ungaro, Emanuel</t>
+          <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>87840</v>
+        <v>99935</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Maison Dujardin</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>99935</v>
+        <v>90102</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ungaro, Emanuel</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>99120</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Jumpsuit et veste</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
@@ -1779,498 +1779,498 @@
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57709</v>
+        <v>102348</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble robe longue et ceinture</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Tiktiner, J.</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G45" s="2"/>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>polyester</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>57842</v>
+        <v>57709</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D46" s="2"/>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Tiktiner, J.</t>
+        </is>
+      </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>57844</v>
+        <v>57842</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Ensemble brassière, jupe longue et châle</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57852</v>
+        <v>57844</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble brassière, jupe longue et châle</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D48" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>57945</v>
+        <v>57852</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
+          <t>Sonia Rykiel,  / Rykiel, Sonia</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1972</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57977</v>
+        <v>57945</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et cape</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - 1972</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57979</v>
+        <v>57977</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble tailleur et cape</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>57993</v>
+        <v>57979</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Robe droite</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D52" s="2"/>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>58017</v>
+        <v>57993</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Robe droite</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>lapin, laine</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>74540</v>
+        <v>58017</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lapin, laine</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>74709</v>
+        <v>74540</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tunique et pantalon </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Stephen Burrows,  / Burrows, Stephen</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...2 lines deleted...]
-      <c r="G55" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>102348</v>
+        <v>74709</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue et ceinture</t>
+          <t>Ensemble tunique et pantalon </t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
-      <c r="G56" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G56" s="2"/>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>87301</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
@@ -2655,155 +2655,155 @@
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>coton, laine</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>98515</v>
+        <v>99180</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Jupe longue</t>
+          <t>Mini robe-short </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1972</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>99180</v>
+        <v>99933</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Mini robe-short </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>99933</v>
+        <v>98515</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Jupe longue</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1972</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
         <v>75919</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste et jupe </t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -2815,237 +2815,237 @@
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1972 - 1974</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>91086</v>
+        <v>88054</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>92134</v>
+        <v>100509</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D73" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie, ensemble</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>88054</v>
+        <v>88603</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Robe courte </t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1974</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
-      <c r="G74" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G74" s="2"/>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>100509</v>
+        <v>91086</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D75" s="2"/>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Crahay, Jules François / Lanvin</t>
+        </is>
+      </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>88603</v>
+        <v>92134</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1974</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...2 lines deleted...]
-      <c r="G76" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
         <v>60081</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Robe tunique</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
@@ -3691,397 +3691,397 @@
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Verbeke, Annemie / Annemie Verbeke</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1987 - 1988</t>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>laine, polyester</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>59053</v>
+        <v>102294</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 2 pièces</t>
+          <t>Ensemble du soir</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D95" s="2"/>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Loris Azzaro,  / Azzaro, Loris</t>
+        </is>
+      </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2010</t>
+          <t>1990 - 2000</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G95" s="2"/>
+          <t>robe longue, veste d'intérieur, deux pièces</t>
+        </is>
+      </c>
+      <c r="G95" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>passementerie, dentelle mécanique, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>59054</v>
+        <v>105178</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 2 pièces</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D96" s="2"/>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Chris Mestdagh,  / Mestdagh, Chris</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2010</t>
+          <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G96" s="2"/>
+          <t>haut sans manche</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>59055</v>
+        <v>105179</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 2 pièces</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D97" s="2"/>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Olivier Strelli,  / Strelli, Olivier</t>
+        </is>
+      </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2010</t>
+          <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G97" s="2"/>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G97" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>59050</v>
+        <v>59052</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>59051</v>
+        <v>59053</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>59052</v>
+        <v>59054</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>61769</v>
+        <v>59055</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Chemise </t>
+          <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D101" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2000</t>
+          <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G101" s="2"/>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>105178</v>
+        <v>59050</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1990 - 1995</t>
+          <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G102" s="2"/>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>105179</v>
+        <v>59051</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D103" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1990 - 1995</t>
+          <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G103" s="2"/>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>102294</v>
+        <v>61769</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ensemble du soir</t>
+          <t>Chemise </t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Loris Azzaro,  / Azzaro, Loris</t>
+          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1990 - 2000</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>robe longue, veste d'intérieur, deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>55761</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Écharpe </t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
@@ -4283,405 +4283,405 @@
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>54318</v>
+        <v>105869</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Haut</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>61504</v>
+        <v>54318</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>polyester, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>60163</v>
+        <v>61504</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester, coton</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>105869</v>
+        <v>60163</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Haut</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1999</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>jersey, tulle</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>53754</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Paszkowska, Aleksandra / Y-dress</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>jersey, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>72360</v>
+        <v>61503</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon </t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>polyester, matière plastique</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>61503</v>
+        <v>63110</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe trois-trous réversible</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>polyester, matière plastique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>63110</v>
+        <v>63111</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous réversible</t>
+          <t>Kimono</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>jersey, sergé</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>63111</v>
+        <v>72360</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Kimono</t>
+          <t>Jupe crayon </t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>56411</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Blouson</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
@@ -6591,125 +6591,125 @@
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>combinaison</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>85590</v>
+        <v>88131</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>T-shirt "Jeanne"</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>fourrure, viscose, coton, polyester, élasthane</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>88131</v>
+        <v>85590</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Jeanne"</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>fourrure, viscose, coton, polyester, élasthane</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>37099</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
@@ -7071,205 +7071,205 @@
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>61498</v>
+        <v>61499</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Pantalon de jogging</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Vetements,  / Champion</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>61499</v>
+        <v>74726</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble débardeur et jupe</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Vetements,  / Champion</t>
+          <t>Dossena, Julien / Paco Rabanne</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>74726</v>
+        <v>60790</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et jupe</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Dossena, Julien / Paco Rabanne</t>
+          <t>Mosaert</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>60790</v>
+        <v>61498</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Pantalon de jogging</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Mosaert</t>
+          <t>Vetements,  / Champion</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>78518</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
@@ -7819,753 +7819,753 @@
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>85698</v>
+        <v>88133</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>T-shirt "Margot"</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>88133</v>
+        <v>85698</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Margot"</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>74687</v>
+        <v>105126</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2021</t>
-[...6 lines deleted...]
-      </c>
+          <t>2020 - </t>
+        </is>
+      </c>
+      <c r="F202" s="2"/>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>coton, papier</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>77043</v>
+        <v>74687</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Masque</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D203" s="2"/>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+        </is>
+      </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2020 - 2021</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>masque</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>61798</v>
+        <v>77043</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Slip</t>
+          <t>Masque</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D204" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>masque</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>105126</v>
+        <v>61798</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Slip</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Versace</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
-      <c r="F205" s="2"/>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>coton, papier</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>95305</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>T-shirt       </t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>77233</v>
+        <v>106555</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Off-White</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>106555</v>
+        <v>77233</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Off-White</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>80244</v>
+        <v>87476</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe, haut, collants, pantalon et bottes</t>
+          <t>Robe tunique </t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Marine Serre,  / Serre, Marine</t>
+          <t>Laetitia Bica x Lion Ascendant Connasse,  / Bica, Laetitia / Neri-Lindfors, Matteo</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2021 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>90653</v>
+        <v>78370</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cardigan, chemise, jupe et cravate</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Thom Browne,  / Browne, Thom</t>
+          <t>Jacquemus,  / Porte Jacquemus, Simon</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>ensemble, haut à manches courtes ou longues, jupe, accessoire textile</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>80262</v>
+        <v>78388</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantalon</t>
+          <t>T-shirt - "Coco"</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Marine Serre,  / Serre, Marine</t>
+          <t>Bonjour Maurice</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>80359</v>
+        <v>80244</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>Ensemble robe, haut, collants, pantalon et bottes</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Maison Margiela</t>
+          <t>Marine Serre,  / Serre, Marine</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon), polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé, taffetas</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>81256</v>
+        <v>90653</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble cardigan, chemise, jupe et cravate</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D213" s="2"/>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>Thom Browne,  / Browne, Thom</t>
+        </is>
+      </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ensemble, haut à manches courtes ou longues, jupe, accessoire textile</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>95304</v>
+        <v>80262</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Ensemble veste, haut et pantalon</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Marine Serre,  / Serre, Marine</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2023</t>
+          <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>jersey, dentelle mécanique</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>87476</v>
+        <v>80359</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique </t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Laetitia Bica x Lion Ascendant Connasse,  / Bica, Laetitia / Neri-Lindfors, Matteo</t>
+          <t>Maison Margiela</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton, polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>78370</v>
+        <v>81256</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D216" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2021 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>78388</v>
+        <v>95304</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>T-shirt - "Coco"</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Bonjour Maurice</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2021 - 2023</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
         <v>102804</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut et boucle d'oreille</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
@@ -8647,403 +8647,443 @@
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2022 - 2023</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>élasthane, polyester, matière plastique</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>95483</v>
+        <v>87749</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Ensemble "Clown"</t>
+          <t>Ensemble trois pièces </t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Neri-Lindfors, Matteo / Lion Ascendant Connasse</t>
+          <t>di Felice , Nicolas  / Courrèges</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>ensemble, robe longue, vêtement d'intérieur, manteau, chapeau, accessoire textile</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, coton</t>
+          <t>polyamide (=nylon), vinyle, élasthane</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>jersey, peint, toile, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>87749</v>
+        <v>99757</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Ensemble trois pièces </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>di Felice , Nicolas  / Courrèges</t>
+          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
+          <t>2022 - 2023</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), vinyle</t>
+          <t>élasthane, polyester</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>99757</v>
+        <v>88132</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>T-shirt "Eléonore"</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>2022 - 2023</t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>élasthane, polyester</t>
+          <t>coton, élasthane, viscose</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>88132</v>
+        <v>88136</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Eléonore"</t>
+          <t>Robe t-shirt "Raphaëlle"</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, viscose</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>88136</v>
+        <v>95483</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Robe t-shirt "Raphaëlle"</t>
+          <t>Ensemble "Clown"</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Neri-Lindfors, Matteo / Lion Ascendant Connasse</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble, robe longue, vêtement d'intérieur, manteau, chapeau, accessoire textile</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, peint, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
         <v>106556</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>105112</v>
+        <v>109358</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, short, chaussures et chaussettes</t>
+          <t>Ensemble haut, combinaison et jupe</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Menuge, Julie</t>
+          <t>Repetto</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester, cuir, caoutchouc</t>
+          <t>coton, acrylique, polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>jersey, maille, imprimé</t>
+          <t>maille, jersey, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>99152</v>
+        <v>105112</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble haut, short, chaussures et chaussettes</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Menuge, Julie</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, polyester, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
+        <v>99152</v>
+      </c>
+      <c r="B229" s="2" t="inlineStr">
+        <is>
+          <t>Robe longue</t>
+        </is>
+      </c>
+      <c r="C229" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D229" s="2" t="inlineStr">
+        <is>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+        </is>
+      </c>
+      <c r="E229" s="2" t="inlineStr">
+        <is>
+          <t>2024 - </t>
+        </is>
+      </c>
+      <c r="F229" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G229" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H229" s="2" t="inlineStr">
+        <is>
+          <t>jersey</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="1" t="n">
         <v>100820</v>
       </c>
-      <c r="B229" s="2" t="inlineStr">
+      <c r="B230" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
-      <c r="C229" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D229" s="2" t="inlineStr">
+      <c r="C230" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Vaillant, Alice / Vaillant</t>
         </is>
       </c>
-      <c r="E229" s="2" t="inlineStr">
+      <c r="E230" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F229" s="2" t="inlineStr">
+      <c r="F230" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
-      <c r="G229" s="2" t="inlineStr">
+      <c r="G230" s="2" t="inlineStr">
         <is>
           <t>polyester, lyocell</t>
         </is>
       </c>
-      <c r="H229" s="2" t="inlineStr">
+      <c r="H230" s="2" t="inlineStr">
         <is>
           <t>tulle, jersey, dentelle mécanique</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">