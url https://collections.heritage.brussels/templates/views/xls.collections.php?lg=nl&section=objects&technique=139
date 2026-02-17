--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -179,110 +179,110 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>66929</v>
+        <v>99749</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Jacques Esterel</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G2" s="2"/>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99749</v>
+        <v>66929</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Jacques Esterel</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>103690</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
@@ -535,221 +535,221 @@
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>jersey, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>31082</v>
+        <v>37139</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Pyjama</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
-[...2 lines deleted...]
-      <c r="F12" s="2"/>
+          <t>1930 - 1940</t>
+        </is>
+      </c>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>maillot de bain 1 pièce</t>
+        </is>
+      </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>37139</v>
+        <v>37140</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>37140</v>
+        <v>37141</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>37141</v>
+        <v>37190</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>dentelle mécanique, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>37190</v>
+        <v>31082</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Pyjama</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1939</t>
+        </is>
+      </c>
+      <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>37146</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ensemble barboteuse et gilet</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1933 - 1934</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
@@ -783,711 +783,711 @@
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>maillot de bain et vêtement de plage</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>59468</v>
+        <v>100513</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Maillot de bain 1-pièce</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>60616</v>
+        <v>92412</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>65157</v>
+        <v>60616</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet et pantalon</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>61071</v>
+        <v>65157</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Barboteuse</t>
+          <t>Ensemble gilet et pantalon</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>100513</v>
+        <v>61071</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1-pièce</t>
+          <t>Barboteuse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>92412</v>
+        <v>59468</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>mousseline, jersey</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>74126</v>
+        <v>87303</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1965</t>
+          <t>1955 - 1960</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>87303</v>
+        <v>74126</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1960</t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57723</v>
+        <v>81358</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Valens</t>
+        </is>
+      </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99201</v>
+        <v>92413</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Robe bain-de-soleil</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>99289</v>
+        <v>99201</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Robe bain-de-soleil</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99966</v>
+        <v>99289</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>81358</v>
+        <v>99966</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92413</v>
+        <v>57723</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>86998</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1963 - 1970</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>59893</v>
+        <v>86999</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau et pantalon</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1970</t>
+          <t>1965 - 1975</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>86999</v>
+        <v>99165</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Yves Saint Laurent</t>
+        </is>
+      </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1975</t>
+          <t>1965 - 1967</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>99165</v>
+        <v>59893</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble manteau et pantalon</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D36" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1967</t>
+          <t>1965 - 1970</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>60654</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1539,200 +1539,200 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>57946</v>
+        <v>87840</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Emilio Pucci</t>
+          <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>cachemire</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>87840</v>
+        <v>99935</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Maison Dujardin</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>99935</v>
+        <v>90102</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ungaro, Emanuel</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>90102</v>
+        <v>57946</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Ungaro, Emanuel</t>
+          <t>Emilio Pucci</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cachemire</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>99120</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Jumpsuit et veste</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
@@ -1819,1385 +1819,1389 @@
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>57709</v>
+        <v>87301</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Tiktiner, J.</t>
+          <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1970 - 1975</t>
         </is>
       </c>
-      <c r="F46" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>coton, viscose</t>
+        </is>
+      </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>57842</v>
+        <v>99200</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+        </is>
+      </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57844</v>
+        <v>87842</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ensemble brassière, jupe longue et châle</t>
+          <t>Robe-chasuble</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D48" s="2"/>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Absorba</t>
+        </is>
+      </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>57852</v>
+        <v>87843</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble de grenouillères</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D49" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57945</v>
+        <v>87844</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Ensemble de barboteuses</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D50" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1972</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57977</v>
+        <v>87846</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et cape</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Prémaman</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>57979</v>
+        <v>87847</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Bikini</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D52" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G52" s="2"/>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>57993</v>
+        <v>74540</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe droite</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D53" s="2"/>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Stephen Burrows,  / Burrows, Stephen</t>
+        </is>
+      </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>58017</v>
+        <v>74709</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Ensemble tunique et pantalon </t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...6 lines deleted...]
-      </c>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>74540</v>
+        <v>57945</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Stephen Burrows,  / Burrows, Stephen</t>
+          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1972</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>74709</v>
+        <v>57977</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tunique et pantalon </t>
+          <t>Ensemble tailleur et cape</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...2 lines deleted...]
-      <c r="G56" s="2"/>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>87301</v>
+        <v>57979</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
-[...2 lines deleted...]
-      <c r="F57" s="2"/>
+          <t>1970 - </t>
+        </is>
+      </c>
+      <c r="F57" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>99200</v>
+        <v>57993</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Robe droite</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D58" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>jersey, vernis</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>87842</v>
+        <v>58017</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe-chasuble</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D59" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lapin, laine</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>87843</v>
+        <v>57709</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de grenouillères</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D60" s="2"/>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Tiktiner, J.</t>
+        </is>
+      </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>87844</v>
+        <v>57842</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de barboteuses</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>87846</v>
+        <v>57844</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Ensemble brassière, jupe longue et châle</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D62" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>87847</v>
+        <v>57852</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Bikini</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D63" s="2"/>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Sonia Rykiel,  / Rykiel, Sonia</t>
+        </is>
+      </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G63" s="2"/>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>laine, fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>57856</v>
+        <v>98515</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Jupe longue</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1972</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>74470</v>
+        <v>99180</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cinq pièces </t>
+          <t>Mini robe-short </t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>74696</v>
+        <v>99933</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1972</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>76186</v>
+        <v>74470</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ensemble trois pièces </t>
+          <t>Ensemble cinq pièces </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99180</v>
+        <v>74696</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Mini robe-short </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1972</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>99933</v>
+        <v>76186</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble trois pièces </t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>98515</v>
+        <v>57856</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Jupe longue</t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1972</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>75919</v>
+        <v>88054</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et jupe </t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1974</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>88054</v>
+        <v>100509</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D72" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie, ensemble</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>100509</v>
+        <v>88603</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D73" s="2"/>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1974</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, ensemble</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>88603</v>
+        <v>91086</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1974</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...2 lines deleted...]
-      <c r="G74" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>91086</v>
+        <v>92134</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>92134</v>
+        <v>75919</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Ensemble veste et jupe </t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1974</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>60081</v>
+        <v>74594</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Ensemble pull, jupe et ceinture</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Quant, Mary / Mary Quant's Ginger Group</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>fibres synthétiques, laine</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>57992</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1973 - 1975</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>74594</v>
+        <v>60081</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, jupe et ceinture</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Quant, Mary / Mary Quant's Ginger Group</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>59277</v>
+        <v>76018</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et ceinture</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D80" s="2"/>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1979</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>laine, matière plastique</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>57857</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
@@ -3227,397 +3231,393 @@
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>76018</v>
+        <v>59277</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Ensemble robe et ceinture</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1979</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine, matière plastique</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>57855</v>
+        <v>60529</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1975 - 1980</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>60529</v>
+        <v>65701</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe bain de soleil</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1975 - 1980</t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>65701</v>
+        <v>57855</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Robe bain de soleil</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>59580</v>
+        <v>58012</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>58012</v>
+        <v>59580</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>66509</v>
+        <v>81460</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Ensemble caraco et jupe </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1979</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>polyester, soie</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>81460</v>
+        <v>81462</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1977 - 1979</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>81462</v>
+        <v>66509</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble caraco et jupe </t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D91" s="2"/>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1979</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>polyester, soie</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>58844</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1980 - 1989</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
@@ -3691,1433 +3691,1433 @@
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Verbeke, Annemie / Annemie Verbeke</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1987 - 1988</t>
         </is>
       </c>
       <c r="F94" s="2"/>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>laine, polyester</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>102294</v>
+        <v>105178</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Ensemble du soir</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Loris Azzaro,  / Azzaro, Loris</t>
+          <t>Chris Mestdagh,  / Mestdagh, Chris</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2000</t>
+          <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>robe longue, veste d'intérieur, deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>105178</v>
+        <v>105179</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Chris Mestdagh,  / Mestdagh, Chris</t>
+          <t>Olivier Strelli,  / Strelli, Olivier</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>105179</v>
+        <v>102294</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Ensemble du soir</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Olivier Strelli,  / Strelli, Olivier</t>
+          <t>Loris Azzaro,  / Azzaro, Loris</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1990 - 1995</t>
+          <t>1990 - 2000</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>passementerie, dentelle mécanique, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>59052</v>
+        <v>61769</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 2 pièces</t>
+          <t>Chemise </t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D98" s="2"/>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
+        </is>
+      </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2010</t>
+          <t>1990 - 2000</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G98" s="2"/>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G98" s="2" t="inlineStr">
+        <is>
+          <t>coton, viscose</t>
+        </is>
+      </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>59053</v>
+        <v>59050</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>59054</v>
+        <v>59051</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>59055</v>
+        <v>59052</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>59050</v>
+        <v>59053</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>59051</v>
+        <v>59054</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>61769</v>
+        <v>59055</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Chemise </t>
+          <t>Maillot de bain 2 pièces</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2000</t>
+          <t>1990 - 2010</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>55761</v>
+        <v>61491</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Écharpe </t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>61491</v>
+        <v>55761</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Écharpe </t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>100330</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Vivienne Westwood,  / Westwood, Vivienne</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1992 - 1993</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>55740</v>
+        <v>61506</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste vareuse, pull et chemise</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey, feutre</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>53834</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Ensemble cardigan et jupe</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>coton, acétate, viscose</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>61506</v>
+        <v>55740</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Ensemble veste vareuse, pull et chemise</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, jersey, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>105869</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>jersey, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>54318</v>
+        <v>60163</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
         <v>61504</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>polyester, coton</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>60163</v>
+        <v>54318</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>53754</v>
+        <v>63110</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe trois-trous réversible</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Paszkowska, Aleksandra / Y-dress</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>jersey, cannelé</t>
+          <t>jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>61503</v>
+        <v>63111</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Kimono</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>polyester, matière plastique</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>63110</v>
+        <v>72360</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous réversible</t>
+          <t>Jupe crayon </t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>jersey, sergé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>63111</v>
+        <v>61503</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Kimono</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>polyester, matière plastique</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>72360</v>
+        <v>53754</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Paszkowska, Aleksandra / Y-dress</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>56411</v>
+        <v>77993</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Walter Van Beirendonck</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, coton</t>
+          <t>polyester, fourrure synthétique, fibres synthétiques</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>56414</v>
+        <v>74391</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton, modal</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>jersey, floqué</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>56416</v>
+        <v>61507</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>74391</v>
+        <v>74635</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>coton, modal</t>
+          <t>viscose, élasthane</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>61507</v>
+        <v>77045</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D124" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>74635</v>
+        <v>56411</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>viscose, élasthane</t>
+          <t>fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>77045</v>
+        <v>56414</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D126" s="2"/>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+        </is>
+      </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>77993</v>
+        <v>56416</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>polyester, fourrure synthétique, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>56417</v>
+        <v>61701</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>jersey, floqué</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>56420</v>
+        <v>56417</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et pantalon</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit, broderie, dentelle</t>
+          <t>jersey, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>61701</v>
+        <v>56420</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Ensemble débardeur et pantalon</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>laine, laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, enduit, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>60088</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
@@ -5159,3057 +5159,3061 @@
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>55703</v>
+        <v>95335</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Débardeur </t>
+          <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Yamamoto, Yohji / Yohji Yamamoto</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2009</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>veste d'intérieur, ensemble, pantalon, robe, bijou, chaussure</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>résine synthétique, laine, ébène, métal, viscose, papier mâché, acrylique</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin, sergé, drap, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>55730</v>
+        <v>95502</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe-pull</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>A-POC,  / Miyake, Issey</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, polyamide (=nylon), fibres synthétiques</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>56097</v>
+        <v>61845</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>61844</v>
+        <v>60213</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>T-Shirt manches longues</t>
+          <t>T-shirt </t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2010</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>61845</v>
+        <v>61844</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>T-Shirt manches longues</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2010</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>60213</v>
+        <v>55703</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>T-shirt </t>
+          <t>Débardeur </t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>95335</v>
+        <v>55730</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Tenue portée par Franc'Pairon</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Yamamoto, Yohji / Yohji Yamamoto</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2009</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur, ensemble, pantalon, robe, bijou, chaussure</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>résine synthétique, laine, ébène, métal, viscose, papier mâché, acrylique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé, drap, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>95502</v>
+        <v>56097</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Robe-pull</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>A-POC,  / Miyake, Issey</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), fibres synthétiques</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>dentelle mécanique, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
         <v>54319</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Ensemble blouse et jupe</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>soie, matière végétale, coton</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>jersey, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>60085</v>
+        <v>81229</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe portefeuille </t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Oña Selfa José Enrique</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>81229</v>
+        <v>60085</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille </t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Oña Selfa José Enrique</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>59579</v>
+        <v>60320</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe t-shirt</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Issey Miyake,  / Takizawa, Naoki</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>36595</v>
+        <v>73552</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester, acétate, élasthane, coton</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>44040</v>
+        <v>61708</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>T-Shirt</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>73552</v>
+        <v>60154</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>polyester, acétate, élasthane, coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>61708</v>
+        <v>44040</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>T-Shirt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>60154</v>
+        <v>59579</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>60320</v>
+        <v>36595</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Robe t-shirt</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Issey Miyake,  / Takizawa, Naoki</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>55707</v>
+        <v>60208</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Pantalon de jogging</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>60208</v>
+        <v>55707</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Pantalon de jogging</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
         <v>60169</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
           <t>Blazer "Jude"</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>59362</v>
+        <v>85460</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse "Nigeria" et jupe "Schnabel"</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>2006 - 2007</t>
-[...6 lines deleted...]
-      </c>
+          <t>2006 - </t>
+        </is>
+      </c>
+      <c r="F154" s="2"/>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>viscose, soie, acétate</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>56400</v>
+        <v>60155</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Robe-pull</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Christian Wijnants,  / Wijnants, Christian</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>2006 - 2007</t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>viscose, laine</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>60155</v>
+        <v>59362</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble blouse "Nigeria" et jupe "Schnabel"</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2006 - 2007</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>85460</v>
+        <v>56400</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Robe-pull</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Christian Wijnants,  / Wijnants, Christian</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
-[...2 lines deleted...]
-      <c r="F157" s="2"/>
+          <t>2006 - 2007</t>
+        </is>
+      </c>
+      <c r="F157" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>viscose, soie, acétate</t>
+          <t>viscose, laine</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
         <v>59932</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
           <t>Chaussettes "Swing"</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Chevalier-Masson,  / Masson, Anne / Chevalier, Eric</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement chaussant</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>laine, élasthane</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>72770</v>
+        <v>88319</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Combinaison </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Comme des garçons,  / Watanabe, Junya</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>viscose, élasthane</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>88319</v>
+        <v>72770</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Combinaison </t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Watanabe, Junya</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>viscose, élasthane</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>59234</v>
+        <v>61771</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Grenouillère</t>
+          <t>Cravate</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D161" s="2"/>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Ossendrijver, Lucas / Lanvin</t>
+        </is>
+      </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2018</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>61771</v>
+        <v>59234</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Cravate</t>
+          <t>Grenouillère</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D162" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2018</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>37069</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Ensemble pull et jupe</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>acrylique</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>37078</v>
+        <v>87737</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sweat-shirt et jupe</t>
+          <t>Combi-short</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Gap,  / Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>coton, modal</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
         <v>61828</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Maison Margiela,  / Maison Martin Margiela,  / H&amp;M</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>87737</v>
+        <v>37078</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Combi-short</t>
+          <t>Ensemble sweat-shirt et jupe</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Gap,  / Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>coton, modal</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>37074</v>
+        <v>85590</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, écharpe et pantalon</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fourrure, viscose, coton, polyester, élasthane</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>37076</v>
+        <v>88131</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Jumpsuit</t>
+          <t>T-shirt "Jeanne"</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>88131</v>
+        <v>37074</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Jeanne"</t>
+          <t>Ensemble pull, écharpe et pantalon</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>85590</v>
+        <v>37076</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>Jumpsuit</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>fourrure, viscose, coton, polyester, élasthane</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>37099</v>
+        <v>88138</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2022</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, jersey</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>63130</v>
+        <v>88139</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Culotte</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Léa Peckre,  / Peckre, Léa</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2022</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>jersey, tulle</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>88138</v>
+        <v>63130</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Léa Peckre,  / Peckre, Léa</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2022</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>88139</v>
+        <v>37099</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Culotte</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2022</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>61500</v>
+        <v>61850</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Dries Van Noten,  / Van Noten, Dries</t>
+          <t>Versace,  / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>61850</v>
+        <v>61500</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Versace,  / Vaccarello, Anthony</t>
+          <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>61589</v>
+        <v>61849</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Givenchy,  / Tisci, Riccardo</t>
+          <t>Versace,  / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>2016 - 2017</t>
+          <t>2016 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>viscose, élasthane, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>61849</v>
+        <v>63129</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Versace,  / Vaccarello, Anthony</t>
+          <t>Léa Peckre,  / Peckre, Léa</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>viscose, élasthane, polyamide (=nylon)</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>63129</v>
+        <v>61589</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Léa Peckre,  / Peckre, Léa</t>
+          <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2016 - 2017</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>viscose, coton</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>54101</v>
+        <v>78518</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, sous-pull et bermuda</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Christian Wijnants,  / Wijnants, Christian</t>
+          <t>Anne Kurris</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester</t>
+          <t>fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>61499</v>
+        <v>60790</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Vetements,  / Champion</t>
+          <t>Mosaert</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>74726</v>
+        <v>61498</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et jupe</t>
+          <t>Pantalon de jogging</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Dossena, Julien / Paco Rabanne</t>
+          <t>Vetements,  / Champion</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>60790</v>
+        <v>61499</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Mosaert</t>
+          <t>Vetements,  / Champion</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>61498</v>
+        <v>74726</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Pantalon de jogging</t>
+          <t>Ensemble débardeur et jupe</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Vetements,  / Champion</t>
+          <t>Dossena, Julien / Paco Rabanne</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>jersey, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>78518</v>
+        <v>54101</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble manteau, sous-pull et bermuda</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D185" s="2"/>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>Christian Wijnants,  / Wijnants, Christian</t>
+        </is>
+      </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, coton</t>
+          <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>54882</v>
+        <v>85622</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe-pull et bottes</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose, cuir</t>
+          <t>coton, viscose, polyamide (=nylon), lin</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>56323</v>
+        <v>85676</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse-cape, short et pantalon</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), coton, polyester</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>tulle, toile, jersey, imprimé</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>61502</v>
+        <v>90650</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble cardigan, chemise, jupe et cravate</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Mosaert</t>
+          <t>Thom Browne,  / Browne, Thom</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ensemble, jupe, haut à manches courtes ou longues, accessoire textile</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>61505</v>
+        <v>61502</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+          <t>Mosaert</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>61606</v>
+        <v>61505</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de football "Mercurial Superfly 360"</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D190" s="2"/>
+      <c r="D190" s="2" t="inlineStr">
+        <is>
+          <t>Walter Van Beirendonck,  / Van Beirendonck, Walter</t>
+        </is>
+      </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
-[...2 lines deleted...]
-      <c r="G190" s="2"/>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G190" s="2" t="inlineStr">
+        <is>
+          <t>polyamide (=nylon), élasthane</t>
+        </is>
+      </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>61796</v>
+        <v>61606</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Noeud papillon</t>
+          <t>Chaussures de football "Mercurial Superfly 360"</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D191" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>chaussage et accessoire de chaussage</t>
+        </is>
+      </c>
+      <c r="G191" s="2"/>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>61797</v>
+        <v>61796</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
           <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Edmunds</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>90650</v>
+        <v>61797</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cardigan, chemise, jupe et cravate</t>
+          <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Thom Browne,  / Browne, Thom</t>
+          <t>Edmunds</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>ensemble, jupe, haut à manches courtes ou longues, accessoire textile</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>85622</v>
+        <v>54882</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe-pull et bottes</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, polyamide (=nylon), lin</t>
+          <t>polyester, viscose, cuir</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>jersey, appliqué</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>85676</v>
+        <v>56323</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble blouse-cape, short et pantalon</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>polyamide (=nylon), coton, polyester</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>tulle, toile, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>53312</v>
+        <v>85698</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Wheelie"</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Filles à Papa</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, polyester</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>61612</v>
+        <v>88133</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>T-shirt "Margot"</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Vetements</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>61737</v>
+        <v>61612</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Ensemble t-shirt, pantalon et ceinture</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Vetements</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, métal, polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, jersey, sergé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>61742</v>
+        <v>61737</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Ada"</t>
+          <t>Ensemble t-shirt, pantalon et ceinture</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>GmbH</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane</t>
+          <t>coton, viscose, métal, polyester</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, broderie, jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>88133</v>
+        <v>61742</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Margot"</t>
+          <t>T-shirt "Ada"</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>GmbH</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>85698</v>
+        <v>53312</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>T-shirt "Wheelie"</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Filles à Papa</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>acétate, viscose, polyester</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
         <v>105126</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F202" s="2"/>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>coton, papier</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>74687</v>
+        <v>95305</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>T-shirt       </t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2021</t>
+          <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>77043</v>
+        <v>74687</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Masque</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D204" s="2"/>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+        </is>
+      </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2020 - 2021</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>masque</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>61798</v>
+        <v>77043</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Slip</t>
+          <t>Masque</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D205" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>masque</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>95305</v>
+        <v>61798</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>T-shirt       </t>
+          <t>Slip</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Versace</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2023</t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
         <v>106555</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>77233</v>
+        <v>95304</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Off-White</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2021 - 2023</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
         <v>87476</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
           <t>Robe tunique </t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Laetitia Bica x Lion Ascendant Connasse,  / Bica, Laetitia / Neri-Lindfors, Matteo</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
@@ -8463,109 +8467,113 @@
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>coton, polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
         <v>81256</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D216" s="2"/>
+      <c r="D216" s="2" t="inlineStr">
+        <is>
+          <t>JBC</t>
+        </is>
+      </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>95304</v>
+        <v>77233</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Off-White</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2023</t>
+          <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>jersey, dentelle mécanique</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
         <v>102804</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut et boucle d'oreille</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
@@ -8647,245 +8655,245 @@
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2022 - 2023</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>élasthane, polyester, matière plastique</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>87749</v>
+        <v>95483</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Ensemble trois pièces </t>
+          <t>Ensemble "Clown"</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>di Felice , Nicolas  / Courrèges</t>
+          <t>Neri-Lindfors, Matteo / Lion Ascendant Connasse</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>ensemble, robe longue, vêtement d'intérieur, manteau, chapeau, accessoire textile</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), vinyle, élasthane</t>
+          <t>fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, peint, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>99757</v>
+        <v>87749</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble trois pièces </t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
+          <t>di Felice , Nicolas  / Courrèges</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>2022 - 2023</t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>élasthane, polyester</t>
+          <t>polyamide (=nylon), vinyle, élasthane</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>88132</v>
+        <v>99757</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Eléonore"</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
+          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
+          <t>2022 - 2023</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, viscose</t>
+          <t>élasthane, polyester</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>88136</v>
+        <v>88132</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Robe t-shirt "Raphaëlle"</t>
+          <t>T-shirt "Eléonore"</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>coton, élasthane, viscose</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>95483</v>
+        <v>88136</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Ensemble "Clown"</t>
+          <t>Robe t-shirt "Raphaëlle"</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Neri-Lindfors, Matteo / Lion Ascendant Connasse</t>
+          <t>Valérie Berckmans,  / Berckmans, Valérie</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>ensemble, robe longue, vêtement d'intérieur, manteau, chapeau, accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, coton</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>jersey, peint, toile, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
         <v>106556</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>