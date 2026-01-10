--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -287,189 +287,189 @@
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>31085</v>
+        <v>66993</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble de baptême</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>jersey, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>66993</v>
+        <v>31085</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de baptême</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>jersey, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>92125</v>
+        <v>81487</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1969</t>
+          <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>broderie, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>81487</v>
+        <v>92125</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
+          <t>1940 - 1969</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>broderie, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>100531</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
@@ -619,112 +619,112 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1965 - 1975</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>polyester, fil de métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>87838</v>
+        <v>58023</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe-pull</t>
+          <t>Ensemble robe et cardigan</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>acrylique</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>58023</v>
+        <v>87838</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et cardigan</t>
+          <t>Robe-pull</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>acrylique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>67923</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Ensemble gilet, pull et chemisier</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sonia Rykiel,  / Rykiel, Sonia</t>
@@ -1323,401 +1323,401 @@
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>86369</v>
+        <v>102778</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Pollet, Valérie / mais il est où le soleil ?</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1999</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), fibres synthétiques, plume</t>
+          <t>polyester, laine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>53401</v>
+        <v>63124</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>laine, acrylique, élasthane</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>toile, maille</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>55697</v>
+        <v>63128</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>102778</v>
+        <v>105863</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Pollet, Valérie / mais il est où le soleil ?</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1999</t>
-[...6 lines deleted...]
-      </c>
+          <t>1997 - 1998</t>
+        </is>
+      </c>
+      <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>polyester, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>63124</v>
+        <v>105865</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>63128</v>
+        <v>105866</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>105863</v>
+        <v>86369</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
-[...2 lines deleted...]
-      <c r="F38" s="2"/>
+          <t>1997 - </t>
+        </is>
+      </c>
+      <c r="F38" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon), fibres synthétiques, plume</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>105865</v>
+        <v>53401</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, acrylique, élasthane</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>105866</v>
+        <v>55697</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>105873</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Moufles</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
@@ -1879,160 +1879,160 @@
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>laine, polyamide (=nylon), coton, acétate</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>105872</v>
+        <v>59308</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Porte-jarretelles</t>
+          <t>Ensemble robe tunique et jupe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, polyamide (=nylon), résine synthétique</t>
+          <t>coton, viscose, acétate</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>59308</v>
+        <v>74241</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe tunique et jupe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, acétate</t>
+          <t>mouton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>74241</v>
+        <v>105872</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Porte-jarretelles</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>mouton</t>
+          <t>coton, élasthane, polyamide (=nylon), résine synthétique</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>105876</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Sami Tillouche,  / Tillouche , Sami</t>
@@ -2395,365 +2395,365 @@
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>54035</v>
+        <v>56325</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, satin</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>56325</v>
+        <v>54035</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>59938</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>KRJST,  / Schillebeeckx, Erika / de Moriamé, Justine</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>laine, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>85620</v>
+        <v>101043</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, haut et pantalon</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Maison Margiela</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2017 - 2018</t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), coton, acétate, polyester</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>maille, toile, sergé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>101043</v>
+        <v>61609</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Baskets "Triple S"</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Maison Margiela</t>
+          <t>Balenciaga</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2017 - 2018</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>polyamide (=nylon), viscose, cuir</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>61609</v>
+        <v>85620</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Baskets "Triple S"</t>
+          <t>Ensemble pull, haut et pantalon</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Balenciaga</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2017 - 2018</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), viscose, cuir</t>
+          <t>laine, polyamide (=nylon), coton, acétate, polyester</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>85698</v>
+        <v>105123</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>polyester, élasthane, fil de métal</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>105123</v>
+        <v>85698</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane, fil de métal</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
         <v>105127</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>Ceinture</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
@@ -2911,401 +2911,401 @@
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>coton, cachemire</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>patchwork, sergé, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>96903</v>
+        <v>109358</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Paire de sneakers</t>
+          <t>Ensemble haut, combinaison et jupe</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Lavigna, Nicolas / Norm</t>
+          <t>Repetto</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>basket</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>polyester, caoutchouc</t>
+          <t>coton, acrylique, polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>maille, moulé</t>
+          <t>maille, jersey, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99758</v>
+        <v>102521</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Ensemble pull et jupe</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Natan,  / Vermeulen, Edouard</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2023 - 2024</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane, terre cuite, métal</t>
+          <t>cachemire, soie, polyester, coton</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99759</v>
+        <v>102808</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull et cycliste</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
-      <c r="F74" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F74" s="2"/>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, polyester</t>
+          <t>polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>99760</v>
+        <v>96903</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et pantalon</t>
+          <t>Paire de sneakers</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Lavigna, Nicolas / Norm</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>basket</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>élasthane, polyester</t>
+          <t>polyester, caoutchouc</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>maille, ciré</t>
+          <t>maille, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>99761</v>
+        <v>99758</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, pull, pantalon</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, polyester, élasthane</t>
+          <t>polyamide (=nylon), élasthane, terre cuite, métal</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>maille, dentelle mécanique</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>102521</v>
+        <v>99759</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull et jupe</t>
+          <t>Ensemble pull et cycliste</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Natan,  / Vermeulen, Edouard</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>cachemire, soie, polyester, coton</t>
+          <t>fil de métal, polyester</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>maille, shantung</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>102808</v>
+        <v>99760</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble haut et pantalon</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
-      <c r="F78" s="2"/>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane</t>
+          <t>élasthane, polyester</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, ciré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>106559</v>
+        <v>99761</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble haut, pull, pantalon</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2023 - 2024</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>coton, élasthane, polyester, élasthane</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>maille, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>99154</v>
+        <v>106559</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>105112</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut, short, chaussures et chaussettes</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Menuge, Julie</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
@@ -3347,165 +3347,165 @@
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>105114</v>
+        <v>105119</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe et pantalon</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Zouagui, Nourredine / Puma,  / Nike</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>2024 - 2025</t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>organza, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>105119</v>
+        <v>105120</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine / Puma,  / Nike</t>
+          <t>Zouagui, Nourredine</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
+          <t>élasthane, coton, polyester</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>organza, maille, imprimé</t>
+          <t>passementerie, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>105120</v>
+        <v>99154</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>élasthane, coton, polyester</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>passementerie, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>106557</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Ensemble soutien-gorge et culotte</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Chantelle,  / Cambuzat, Renaud</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>