--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -1007,1037 +1007,1037 @@
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>laine, cuir</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>crêpe, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>54320</v>
+        <v>55761</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Pull col roulé</t>
+          <t>Écharpe </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>55761</v>
+        <v>54320</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Écharpe </t>
+          <t>Pull col roulé</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>105882</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1994 - 2000</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>105886</v>
+        <v>77046</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Ensemble robe, chaussures et broche</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1995 - 2005</t>
+          <t>1995 - 2020</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces, robe longue, chaussure, broche</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>acrylique, polyamide (=nylon), élasthane</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>77046</v>
+        <v>105886</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe, chaussures et broche</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand Sottiaux,  / Sottiaux, Bertrand</t>
+        </is>
+      </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1995 - 2020</t>
+          <t>1995 - 2005</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, robe longue, chaussure, broche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>acrylique, polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>105877</v>
+        <v>102778</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Short</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Pollet, Valérie / mais il est où le soleil ?</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1999</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>pantalon court</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), coton, résine synthétique, élasthane</t>
+          <t>polyester, laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>105881</v>
+        <v>63124</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Polo</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>105883</v>
+        <v>63128</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>102778</v>
+        <v>105863</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Pollet, Valérie / mais il est où le soleil ?</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1999</t>
-[...6 lines deleted...]
-      </c>
+          <t>1997 - 1998</t>
+        </is>
+      </c>
+      <c r="F32" s="2"/>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>polyester, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>63124</v>
+        <v>105865</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>63128</v>
+        <v>105866</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>105863</v>
+        <v>86369</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
-[...2 lines deleted...]
-      <c r="F35" s="2"/>
+          <t>1997 - </t>
+        </is>
+      </c>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon), fibres synthétiques, plume</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>105865</v>
+        <v>53401</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, acrylique, élasthane</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>105866</v>
+        <v>55697</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>86369</v>
+        <v>105877</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Short</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>pantalon court</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), fibres synthétiques, plume</t>
+          <t>polyamide (=nylon), coton, résine synthétique, élasthane</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>53401</v>
+        <v>105881</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Polo</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laine, acrylique, élasthane</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>toile, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>55697</v>
+        <v>105883</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>105873</v>
+        <v>55764</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Moufles</t>
+          <t>Écharpe-collier</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>moufle</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), élasthane, résine synthétique</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>105874</v>
+        <v>105873</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Écharpe</t>
+          <t>Moufles</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>moufle</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine, acrylique</t>
+          <t>laine, polyamide (=nylon), élasthane, résine synthétique</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>55701</v>
+        <v>105874</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Écharpe</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>laine, acrylique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>55764</v>
+        <v>55701</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Écharpe-collier</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>maille, velours</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>105888</v>
+        <v>59308</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Ensemble robe tunique et jupe</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2007</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), coton, acétate</t>
+          <t>coton, viscose, acétate</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>toile, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>59308</v>
+        <v>74241</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe tunique et jupe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, acétate</t>
+          <t>mouton</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>74241</v>
+        <v>105872</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Porte-jarretelles</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>mouton</t>
+          <t>coton, élasthane, polyamide (=nylon), résine synthétique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>105872</v>
+        <v>105888</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Porte-jarretelles</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, polyamide (=nylon), résine synthétique</t>
+          <t>laine, polyamide (=nylon), coton, acétate</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>105876</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2000 - 2003</t>
@@ -2355,145 +2355,145 @@
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>106062</v>
+        <v>56325</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, satin</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>56325</v>
+        <v>54035</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>54035</v>
+        <v>106062</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
@@ -2911,681 +2911,681 @@
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>coton, cachemire</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>patchwork, sergé, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>109358</v>
+        <v>99760</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, combinaison et jupe</t>
+          <t>Ensemble haut et pantalon</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Repetto</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>coton, acrylique, polyamide (=nylon), élasthane</t>
+          <t>élasthane, polyester</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, tulle, dentelle mécanique</t>
+          <t>maille, ciré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>102521</v>
+        <v>99761</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull et jupe</t>
+          <t>Ensemble haut, pull, pantalon</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Natan,  / Vermeulen, Edouard</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>2023 - 2024</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>cachemire, soie, polyester, coton</t>
+          <t>coton, élasthane, polyester, élasthane</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>maille, shantung</t>
+          <t>maille, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>102808</v>
+        <v>102521</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble pull et jupe</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Natan,  / Vermeulen, Edouard</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
-[...2 lines deleted...]
-      <c r="F74" s="2"/>
+          <t>2023 - 2024</t>
+        </is>
+      </c>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane</t>
+          <t>cachemire, soie, polyester, coton</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>96903</v>
+        <v>102808</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Paire de sneakers</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Lavigna, Nicolas / Norm</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
-      <c r="F75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>polyester, caoutchouc</t>
+          <t>polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>maille, moulé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>99758</v>
+        <v>96903</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Paire de sneakers</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Lavigna, Nicolas / Norm</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>basket</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane, terre cuite, métal</t>
+          <t>polyester, caoutchouc</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>99759</v>
+        <v>99758</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull et cycliste</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, polyester</t>
+          <t>polyamide (=nylon), élasthane, terre cuite, métal</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99760</v>
+        <v>99759</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et pantalon</t>
+          <t>Ensemble pull et cycliste</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>élasthane, polyester</t>
+          <t>fil de métal, polyester</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>maille, ciré</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99761</v>
+        <v>109358</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, pull, pantalon</t>
+          <t>Ensemble haut, combinaison et jupe</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Repetto</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane, polyester, élasthane</t>
+          <t>coton, acrylique, polyamide (=nylon), élasthane</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>maille, dentelle mécanique</t>
+          <t>maille, jersey, tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>106559</v>
+        <v>105112</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble haut, short, chaussures et chaussettes</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
+          <t>Menuge, Julie</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>coton, polyester, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>jersey, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>105112</v>
+        <v>105113</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, short, chaussures et chaussettes</t>
+          <t>Ensemble débardeur et bermuda </t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Menuge, Julie</t>
+          <t>Mipinta,  / Miro, Fernando</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester, cuir, caoutchouc</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>jersey, maille, imprimé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>105113</v>
+        <v>105119</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et bermuda </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Mipinta,  / Miro, Fernando</t>
+          <t>Zouagui, Nourredine / Puma,  / Nike</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>organza, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>105119</v>
+        <v>105120</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine / Puma,  / Nike</t>
+          <t>Zouagui, Nourredine</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
+          <t>élasthane, coton, polyester</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>organza, maille, imprimé</t>
+          <t>passementerie, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>105120</v>
+        <v>99154</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>élasthane, coton, polyester</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>passementerie, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>99154</v>
+        <v>106559</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>106557</v>
+        <v>105121</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ensemble soutien-gorge et culotte</t>
+          <t>Ensemble veste et collant</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Chantelle,  / Cambuzat, Renaud</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), viscose, élasthane, coton</t>
+          <t>polyamide (=nylon), élasthane, cuir</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, tulle, maille</t>
+          <t>tulle, maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>105121</v>
+        <v>106557</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et collant</t>
+          <t>Ensemble soutien-gorge et culotte</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Chantelle,  / Cambuzat, Renaud</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane, cuir</t>
+          <t>polyamide (=nylon), viscose, élasthane, coton</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille, teint</t>
+          <t>dentelle mécanique, tulle, maille</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>