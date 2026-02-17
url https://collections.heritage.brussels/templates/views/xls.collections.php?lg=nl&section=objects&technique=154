--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -179,141 +179,141 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>86169</v>
+        <v>66420</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Lithographie  couleur, par Grisha Bruskine planche de la "série Kabbalah",1990</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D2" s="2"/>
+          <t>Musée Juif de Belgique</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Bruskine, Grisha</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
-[...6 lines deleted...]
-      </c>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jacquard ou façonné</t>
+          <t>sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79912</v>
+        <v>86169</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>66420</v>
+        <v>79912</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Lithographie  couleur, par Grisha Bruskine planche de la "série Kabbalah",1990</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...2 lines deleted...]
-      <c r="G4" s="2"/>
+          <t>accessoire textile</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>58445</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Jupon</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1740 - 1745</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -455,81 +455,81 @@
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1825 - 1835</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>54192</v>
+        <v>59874</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1860</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin, ciré, toile</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>83315</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Liste des victimes de la Révolution belge en 1830 </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1830 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
@@ -559,153 +559,153 @@
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1830 - 1930</t>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>59874</v>
+        <v>54192</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1860</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>imprimé, satin, ciré, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>45967</v>
+        <v>80347</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1835 - 1845</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>organdi, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>80347</v>
+        <v>45967</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1835 - 1845</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>organdi, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>45980</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
@@ -883,225 +883,225 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1848 - 1849</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>tissage, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>58528</v>
+        <v>59683</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1855</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, gaze</t>
+          <t>taillé, imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>80968</v>
+        <v>59885</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, dentelle</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>59885</v>
+        <v>58677</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>58677</v>
+        <v>80968</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>imprimé, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>59683</v>
+        <v>58528</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, peint</t>
+          <t>imprimé sur chaîne, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>75364</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Ruban du Général Boulanger 1837-1937</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1856 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
@@ -1167,117 +1167,117 @@
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1869 - 1873</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>58530</v>
+        <v>59606</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne</t>
+          <t>taillé, imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>59606</v>
+        <v>58530</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, toile</t>
+          <t>imprimé sur chaîne</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>36982</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Robe à tournure</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1872 - 1874</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
@@ -1307,333 +1307,333 @@
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1880 - 1930</t>
         </is>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>métal, coton, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>80205</v>
+        <v>59812</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bois, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>90504</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bois, coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>59812</v>
+        <v>80205</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bois, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>80204</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1893 - 1940</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>87830</v>
+        <v>59709</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>métal, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>88120</v>
+        <v>90507</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé, technique de sculpture, ottoman</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>90507</v>
+        <v>87830</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59709</v>
+        <v>88120</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>métal, papier</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>toile, imprimé, technique de sculpture, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>87883</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Robe d'été</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -1855,513 +1855,513 @@
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>imprimé, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>37132</v>
+        <v>59682</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1924</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>37133</v>
+        <v>59710</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>imprimé, vernis, taillé, toile</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>95594</v>
+        <v>58876</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>verre, résine synthétique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, jacquard ou façonné</t>
+          <t>broderie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>87984</v>
+        <v>73767</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>coton, bois, résine synthétique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>imprimé, technique de sculpture, toile</t>
+          <t>imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>73767</v>
+        <v>87984</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, résine synthétique</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>imprimé, technique de sculpture</t>
+          <t>imprimé, technique de sculpture, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59710</v>
+        <v>37132</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>58876</v>
+        <v>37133</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>verre, résine synthétique</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>broderie, imprimé</t>
+          <t>imprimé, vernis, taillé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>59682</v>
+        <v>95594</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1924</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>imprimé, mousseline, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>58465</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Robe à diner</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>imprimé, mousseline, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>37144</v>
+        <v>59481</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>87999</v>
+        <v>59482</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>imprimé, velours, ciselé, toile</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>59481</v>
+        <v>87999</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, velours, ciselé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>59482</v>
+        <v>37144</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>37134</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1927 - 1929</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
@@ -2395,112 +2395,112 @@
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1928 - 1935</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>58024</v>
+        <v>37113</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>37113</v>
+        <v>58024</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>100333</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Fortuny, Mariano</t>
@@ -2543,113 +2543,113 @@
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>74588</v>
+        <v>81050</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Dix-sept drapeaux nationaux de l'Allemagne nazie</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1933 - 1945</t>
+        </is>
+      </c>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>taffetas, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>81050</v>
+        <v>74588</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Dix-sept drapeaux nationaux de l'Allemagne nazie</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D69" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Laurencin, Marie</t>
+        </is>
+      </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1945</t>
-[...3 lines deleted...]
-      <c r="G69" s="2"/>
+          <t>1933 - </t>
+        </is>
+      </c>
+      <c r="F69" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G69" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>taffetas, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>37104</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Peignoir</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1935 - 1939</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
@@ -2715,1009 +2715,1009 @@
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>98734</v>
+        <v>59626</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1965</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>100522</v>
+        <v>60624</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D74" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe courte, robe longue</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>imprimé, pékin</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>100523</v>
+        <v>60625</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble boléro et robe courte</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>100524</v>
+        <v>59468</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D76" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>104789</v>
+        <v>81292</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D77" s="2"/>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Balmain, Pierre / Balmain</t>
+        </is>
+      </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>87795</v>
+        <v>81352</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Parapluie</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1969</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>parapluie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), métal, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>tissage, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>81292</v>
+        <v>87795</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Parapluie</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D79" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1969</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>parapluie</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyamide (=nylon), métal, cuir</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>tissage, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>81352</v>
+        <v>98734</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1965</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>60624</v>
+        <v>100522</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D81" s="2"/>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>robe courte, robe longue</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé, pékin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>60625</v>
+        <v>100523</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Ensemble boléro et robe courte</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>59468</v>
+        <v>100524</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D83" s="2"/>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>59626</v>
+        <v>104789</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>81528</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>80316</v>
+        <v>58930</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et escarpins</t>
+          <t>Ensemble corsage et jupe </t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D86" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>chaussure, robe courte, deux pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>cannelé, imprimé sur chaîne</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>58930</v>
+        <v>58933</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>58933</v>
+        <v>59458</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>59458</v>
+        <v>80316</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble robe et escarpins</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Natan</t>
+        </is>
+      </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure, robe courte, deux pièces</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>cannelé, imprimé sur chaîne</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
         <v>86931</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe, boléro et broche</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>57796</v>
+        <v>59807</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1963</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble, robe, veste d'intérieur</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>57812</v>
+        <v>59924</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Imperméable</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D92" s="2"/>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>de Givenchy, Hubert / Givenchy</t>
+        </is>
+      </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1979</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, toile, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>57813</v>
+        <v>59455</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Turban</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D93" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie, plume</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>92413</v>
+        <v>81456</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Ensemble mini-robe et cape</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>robe courte, deux pièces</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>81456</v>
+        <v>57812</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Ensemble mini-robe et cape</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>robe courte, deux pièces</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>59807</v>
+        <v>57813</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D96" s="2"/>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Jean Patou</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>ensemble, robe, veste d'intérieur</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, plume</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>59924</v>
+        <v>57796</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Imperméable</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>de Givenchy, Hubert / Givenchy</t>
+          <t>Maggy Rouff</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1979</t>
+          <t>1960 - 1963</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...2 lines deleted...]
-      <c r="G97" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G97" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile, enduit</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>59455</v>
+        <v>92413</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Turban</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>95275</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
@@ -3839,597 +3839,597 @@
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1969 - 1972</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>57844</v>
+        <v>61871</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Ensemble brassière, jupe longue et châle</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>57971</v>
+        <v>59819</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - 2000</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier, métal</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>57975</v>
+        <v>58931</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Ensemble jupe et blouse</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D105" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>53299</v>
+        <v>81327</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Robe de suite de mariage</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>58007</v>
+        <v>81346</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble robe et étole</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Laura Ashley,  / Ashley, Laura</t>
+          <t>Féraud, Louis</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces, robe, accessoire textile</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>58010</v>
+        <v>73777</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>58014</v>
+        <v>87847</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Bikini</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>95438</v>
+        <v>57844</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble brassière, jupe longue et châle</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>87847</v>
+        <v>57971</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Bikini</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G111" s="2"/>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G111" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>81327</v>
+        <v>57975</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble jupe et blouse</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D112" s="2"/>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Marimekko</t>
+        </is>
+      </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>81346</v>
+        <v>53299</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et étole</t>
+          <t>Robe de suite de mariage</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D113" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe, accessoire textile</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>73777</v>
+        <v>58007</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D114" s="2"/>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Laura Ashley,  / Ashley, Laura</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>59819</v>
+        <v>58010</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1970 - 2000</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>papier, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>58931</v>
+        <v>58014</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D116" s="2"/>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>Manguin, Brigitte</t>
+        </is>
+      </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>61871</v>
+        <v>95438</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
         <v>57968</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1971 - 1973</t>
@@ -4511,616 +4511,612 @@
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>piqué, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>92133</v>
+        <v>60081</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>92348</v>
+        <v>92133</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>60081</v>
+        <v>92348</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>57974</v>
+        <v>73387</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d'été</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D124" s="2"/>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Zandra Rhodes ,  / Rhodes, Zandra</t>
+        </is>
+      </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
-[...2 lines deleted...]
-      <c r="G124" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G124" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>mousseline, sérigraphié, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>58001</v>
+        <v>81471</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et chapeau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>velours, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>58006</v>
+        <v>57974</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble d'été</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>imprimé, piqué</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>58009</v>
+        <v>58001</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Robe d'hiver</t>
+          <t>Ensemble robe courte et chapeau</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1976</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>99131</v>
+        <v>58006</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D128" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, piqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>73387</v>
+        <v>58009</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe d'hiver</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D129" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - 1976</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sérigraphié, satin</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>81471</v>
+        <v>99131</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D130" s="2"/>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>velours, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>57859</v>
+        <v>59580</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1976 - 1978</t>
+          <t>1976 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>59580</v>
+        <v>57859</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Dior, Christian / Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1976 - </t>
+          <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>57726</v>
+        <v>65684</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Laura Ashley,  / Ashley, Laura</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>65684</v>
+        <v>57726</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Laura Ashley,  / Ashley, Laura</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>mousseline, taffetas, imprimé, lamé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>57966</v>
+        <v>58655</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe de grossesse</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D135" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1978 - </t>
+          <t>1978 - 1978</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
         <v>91094</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Pièce de tissu</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
@@ -5163,345 +5159,349 @@
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>imprimé, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>58655</v>
+        <v>57966</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Robe de grossesse</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D138" s="2"/>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1978</t>
+          <t>1978 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>57850</v>
+        <v>81330</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D139" s="2"/>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>Laroche, Guy</t>
+        </is>
+      </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1979 - </t>
+          <t>1979 - 1981</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>57978</v>
+        <v>57850</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D140" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>imprimé, drap</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>81330</v>
+        <v>57978</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Laroche, Guy</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1979 - 1981</t>
+          <t>1979 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>81484</v>
+        <v>58844</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Robe d'été</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D142" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1985</t>
+          <t>1980 - 1989</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>58844</v>
+        <v>59005</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1989</t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>59005</v>
+        <v>60378</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Salopette</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>60378</v>
+        <v>81484</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Salopette</t>
+          <t>Robe d'été</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D145" s="2"/>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Louis Scherrer</t>
+        </is>
+      </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - 1985</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
         <v>81472</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
           <t>Robe d'été</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
@@ -6135,327 +6135,327 @@
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>56246</v>
+        <v>59804</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et cravates</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D163" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>56416</v>
+        <v>77993</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Walter Van Beirendonck</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>polyester, fourrure synthétique, fibres synthétiques</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>105883</v>
+        <v>56246</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble robe courte et cravates</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Delcampe, Tony  / Tony Delcampe et Sandrine Rombaux ,  / Sandrine Rombaux</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>77993</v>
+        <v>56416</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Walter Van Beirendonck</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>polyester, fourrure synthétique, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>59804</v>
+        <v>105883</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D167" s="2"/>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+        </is>
+      </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>95603</v>
+        <v>60150</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2001</t>
+          <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>lin, polyester, coton, cupro</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>60150</v>
+        <v>95603</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2007</t>
+          <t>1999 - 2001</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, polyester, coton, cupro</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>55730</v>
+        <v>61845</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
           <t>Débardeur</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
@@ -6491,485 +6491,485 @@
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>61845</v>
+        <v>55730</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
           <t>Débardeur</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>54304</v>
+        <v>59359</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>maille, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>56342</v>
+        <v>54304</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Stetson</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>taupé, imprimé</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>59359</v>
+        <v>56342</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
+          <t>Stetson</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé, imprimé</t>
+          <t>taupé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
         <v>60117</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Gants</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>gant</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>tricot, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>85454</v>
+        <v>60149</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>toile, sérigraphié</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>60149</v>
+        <v>59579</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>59579</v>
+        <v>85454</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>55707</v>
+        <v>60159</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Pantalon de jogging</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>60159</v>
+        <v>59445</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe courte "Guillemette"</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>David Szeto</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>59445</v>
+        <v>55707</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Robe courte "Guillemette"</t>
+          <t>Pantalon de jogging</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>David Szeto</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
         <v>85458</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
@@ -7051,525 +7051,525 @@
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>imprimé, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>106473</v>
+        <v>76021</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, chemise et bermuda</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>élasthane, soie</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, satin</t>
+          <t>imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>76021</v>
+        <v>106473</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble haut, chemise et bermuda</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>élasthane, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin</t>
+          <t>imprimé sur chaîne, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>56406</v>
+        <v>63138</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Cathy Pill,  / Pill, Cathy</t>
+          <t>Girls from OMSK,  / Siniouchkina, Valéria / Koeune, Philippe</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), triacétate</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>76027</v>
+        <v>61599</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Undercover</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir, laine, matière plastique</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline</t>
+          <t>tricot, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>88319</v>
+        <v>76027</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Watanabe, Junya</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>63138</v>
+        <v>88319</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Girls from OMSK,  / Siniouchkina, Valéria / Koeune, Philippe</t>
+          <t>Comme des garçons,  / Watanabe, Junya</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>61599</v>
+        <v>56406</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Undercover</t>
+          <t>Cathy Pill,  / Pill, Cathy</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, matière plastique</t>
+          <t>laine, polyamide (=nylon), triacétate</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>tricot, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>54135</v>
+        <v>87852</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Robe housse</t>
+          <t>Ensemble chemise, pantalon et lunettes</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Cathy Pill,  / Pill, Cathy</t>
+          <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>soie, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>54145</v>
+        <v>87853</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble chemise, pantalon et lunettes</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Givenchy,  / Tisci, Riccardo</t>
+          <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, acrylique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sergé, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>87852</v>
+        <v>87854</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
           <t>Ensemble chemise, pantalon et lunettes</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>87853</v>
+        <v>54135</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemise, pantalon et lunettes</t>
+          <t>Robe housse</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
+          <t>Cathy Pill,  / Pill, Cathy</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, viscose</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>87854</v>
+        <v>54145</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemise, pantalon et lunettes</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
+          <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, polyester, acrylique</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>mousseline, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
         <v>37066</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
           <t>Mini robe bustier et boléro</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
@@ -7611,165 +7611,165 @@
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>54131</v>
+        <v>61828</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Maison Margiela,  / Maison Martin Margiela,  / H&amp;M</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>2012 - 2013</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
         <v>85554</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Stephano, Rosette</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>satin, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>61828</v>
+        <v>54131</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Maison Margiela,  / Maison Martin Margiela,  / H&amp;M</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
         <v>54134</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
           <t>Robe patineuse</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
@@ -7931,1501 +7931,1501 @@
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>37100</v>
+        <v>59408</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
-[...2 lines deleted...]
-      <c r="F208" s="2"/>
+          <t>2015 - 2016</t>
+        </is>
+      </c>
+      <c r="F208" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>37101</v>
+        <v>61220</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Undercover,  / Takahashi, Jun</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>77044</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Éventail plié La Démence</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>moulé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>59408</v>
+        <v>37100</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F211" s="2"/>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>61220</v>
+        <v>37101</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Undercover,  / Takahashi, Jun</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
         <v>61589</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
           <t>Bomber</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>2016 - 2017</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>viscose, coton</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>54101</v>
+        <v>60790</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, sous-pull et bermuda</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Christian Wijnants,  / Wijnants, Christian</t>
+          <t>Mosaert</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>60790</v>
+        <v>54101</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble manteau, sous-pull et bermuda</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Mosaert</t>
+          <t>Christian Wijnants,  / Wijnants, Christian</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>sergé, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>54882</v>
+        <v>61797</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe-pull et bottes</t>
+          <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Edmunds</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>56323</v>
+        <v>61606</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse-cape, short et pantalon</t>
+          <t>Chaussures de football "Mercurial Superfly 360"</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D217" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
-[...6 lines deleted...]
-      </c>
+          <t>chaussage et accessoire de chaussage</t>
+        </is>
+      </c>
+      <c r="G217" s="2"/>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>tulle, toile, jersey, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>53311</v>
+        <v>61796</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Blouson "Fury"</t>
+          <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Filles à Papa</t>
+          <t>Edmunds</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur, manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>54102</v>
+        <v>53311</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tunique et pantalon</t>
+          <t>Blouson "Fury"</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Filles à Papa</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur, manteau</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir, viscose</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>61606</v>
+        <v>54102</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de football "Mercurial Superfly 360"</t>
+          <t>Ensemble tunique et pantalon</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D220" s="2"/>
+      <c r="D220" s="2" t="inlineStr">
+        <is>
+          <t>Wijnants, Christian / Christian Wijnants</t>
+        </is>
+      </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
-[...2 lines deleted...]
-      <c r="G220" s="2"/>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G220" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>61796</v>
+        <v>54882</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Noeud papillon</t>
+          <t>Ensemble robe-pull et bottes</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Edmunds</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester, viscose, cuir</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>61797</v>
+        <v>56323</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Noeud papillon</t>
+          <t>Ensemble blouse-cape, short et pantalon</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Edmunds</t>
+          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyamide (=nylon), coton, polyester</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>tulle, toile, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>53312</v>
+        <v>61854</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Wheelie"</t>
+          <t>Déshabillé</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Filles à Papa</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>satin, dentelle mécanique, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>67303</v>
+        <v>64416</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Lé</t>
+          <t>Baby-doll</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>lé</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sérigraphié</t>
+          <t>sérigraphié, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>64416</v>
+        <v>61737</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Baby-doll</t>
+          <t>Ensemble t-shirt, pantalon et ceinture</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose, métal, polyester</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, dentelle mécanique</t>
+          <t>imprimé, broderie, jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>61737</v>
+        <v>67303</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Ensemble t-shirt, pantalon et ceinture</t>
+          <t>Lé</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>lé</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, métal, polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, jersey, sergé</t>
+          <t>taffetas, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>61854</v>
+        <v>53312</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Déshabillé</t>
+          <t>T-shirt "Wheelie"</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Filles à Papa</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>acétate, viscose, polyester</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique, sérigraphié</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>95336</v>
+        <v>61798</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Tenue portée par Franc'Pairon</t>
+          <t>Slip</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D228" s="2"/>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>Versace</t>
+        </is>
+      </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2023</t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>ensemble, pantalon, haut à manches courtes ou longues, veste d'intérieur, chaussure, bijou</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé, imprimé, moulé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>105126</v>
+        <v>88613</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Robe chemisier "Delphine"</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Kaba, Siré / Erratum Fashion</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
-      <c r="F229" s="2"/>
+      <c r="F229" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>coton, papier</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>88613</v>
+        <v>95336</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier "Delphine"</t>
+          <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D230" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble, pantalon, haut à manches courtes ou longues, veste d'intérieur, chaussure, bijou</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, sergé, imprimé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>61798</v>
+        <v>105126</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Slip</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Versace</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
-      <c r="F231" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F231" s="2"/>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>coton, papier</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>106555</v>
+        <v>77233</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Off-White</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>77233</v>
+        <v>77234</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Off-White</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jacquard ou façonné, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>77234</v>
+        <v>78388</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>T-shirt - "Coco"</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Off-White</t>
+          <t>Bonjour Maurice</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>78388</v>
+        <v>80359</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>T-shirt - "Coco"</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Bonjour Maurice</t>
+          <t>Maison Margiela</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>80359</v>
+        <v>106555</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Maison Margiela</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon), polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé, taffetas</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>95450</v>
+        <v>88601</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Ensemble doudoune, chemise, cycliste et sandales </t>
+          <t>Ensemble robe longue, foulard et sandales</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Haumont, Pauline</t>
+          <t>Leitner, Florentina / Florentina Leitner</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>pantalon court, manteau, ensemble</t>
+          <t>trois pièces, robe longue, accessoire textile, chaussure</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, cuir</t>
+          <t>autruche, cuir, résine synthétique, coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, enduit, sérigraphié</t>
+          <t>imprimé, vernis, organdi, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>106556</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>88601</v>
+        <v>95450</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue, foulard et sandales</t>
+          <t>Ensemble doudoune, chemise, cycliste et sandales </t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Leitner, Florentina / Florentina Leitner</t>
+          <t>Haumont, Pauline</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, robe longue, accessoire textile, chaussure</t>
+          <t>pantalon court, manteau, ensemble</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>autruche, cuir, résine synthétique, coton, fibres synthétiques</t>
+          <t>fibres synthétiques, cuir</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>imprimé, vernis, organdi, jacquard ou façonné</t>
+          <t>dentelle mécanique, enduit, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>99001</v>
+        <v>106559</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Velum Magneticus - tenture de la salle des mariages</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Henry, Daniel</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>tenture, broderie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>métal, viscose</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, broderie, cotelé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>105112</v>
+        <v>99001</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, short, chaussures et chaussettes</t>
+          <t>Velum Magneticus - tenture de la salle des mariages</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Menuge, Julie</t>
+          <t>Henry, Daniel</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>tenture, broderie</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester, cuir, caoutchouc</t>
+          <t>métal, viscose</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>jersey, maille, imprimé</t>
+          <t>sérigraphié, broderie, cotelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>105113</v>
+        <v>105112</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et bermuda </t>
+          <t>Ensemble haut, short, chaussures et chaussettes</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Mipinta,  / Miro, Fernando</t>
+          <t>Menuge, Julie</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>coton, polyester, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>jersey, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>105119</v>
+        <v>105113</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble débardeur et bermuda </t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine / Puma,  / Nike</t>
+          <t>Mipinta,  / Miro, Fernando</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>organza, maille, imprimé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>106559</v>
+        <v>105119</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
+          <t>Zouagui, Nourredine / Puma,  / Nike</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>organza, maille, imprimé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>