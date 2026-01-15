--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -651,165 +651,165 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2007 - 2008</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>cachemire, soie, laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>drap, satin, toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>67303</v>
+        <v>61854</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Lé</t>
+          <t>Déshabillé</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>lé</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sérigraphié</t>
+          <t>satin, dentelle mécanique, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>61854</v>
+        <v>64416</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Déshabillé</t>
+          <t>Baby-doll</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique, sérigraphié</t>
+          <t>sérigraphié, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>64416</v>
+        <v>67303</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Baby-doll</t>
+          <t>Lé</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>lé</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, dentelle mécanique</t>
+          <t>taffetas, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>95450</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ensemble doudoune, chemise, cycliste et sandales </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Haumont, Pauline</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>