--- v0 (2025-10-23)
+++ v1 (2026-03-12)
@@ -539,553 +539,553 @@
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>51597</v>
+        <v>59853</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Van Campenhout chantant la Brabançonne</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1949</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bois, autruche</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>taillé, teint, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>59853</v>
+        <v>59706</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint, broderie, peint</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>59706</v>
+        <v>51597</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Van Campenhout chantant la Brabançonne</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D14" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Witterwulghe, Joseph</t>
+        </is>
+      </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1949</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>37045</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1910 - 1913</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>chevreau</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>59843</v>
+        <v>59848</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>59844</v>
+        <v>59851</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>59845</v>
+        <v>59867</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>plume, matière plastique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>collé, moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>59846</v>
+        <v>59832</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>59848</v>
+        <v>59833</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>59851</v>
+        <v>59834</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>59867</v>
+        <v>59843</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>plume, matière plastique</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>collé, moulé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>59832</v>
+        <v>59844</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>59833</v>
+        <v>59845</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>59834</v>
+        <v>59846</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>moulé, teint</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>37050</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
@@ -2399,171 +2399,171 @@
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>44016</v>
+        <v>56325</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>embossé, teint</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>56325</v>
+        <v>63139</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Sac "Baudrionze"</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>63139</v>
+        <v>59295</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Sac "Baudrionze"</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>59295</v>
+        <v>44016</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>